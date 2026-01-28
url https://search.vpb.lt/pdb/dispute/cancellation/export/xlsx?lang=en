--- v0 (2025-12-06)
+++ v1 (2026-01-28)
@@ -6,635 +6,665 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="252">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Request no.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Application no.</t>
   </si>
   <si>
     <t>Decision date</t>
   </si>
   <si>
     <t>Decision no.</t>
   </si>
   <si>
     <t>Contested trademark</t>
   </si>
   <si>
     <t>Registration no.</t>
   </si>
   <si>
     <t>Indication of goods and services</t>
   </si>
   <si>
     <t>Legal basis</t>
   </si>
   <si>
     <t>Decision</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>PPNZ-33</t>
+  </si>
+  <si>
+    <t>2007 0436</t>
+  </si>
+  <si>
+    <t>UVIC</t>
+  </si>
+  <si>
+    <t>56508</t>
+  </si>
+  <si>
+    <t>16, 29, 30, 35</t>
+  </si>
+  <si>
+    <t>23 str. Panaikinimas dėl ženklo nenaudojimo</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>PPNZ-32</t>
+  </si>
+  <si>
+    <t>2019 0832</t>
+  </si>
+  <si>
+    <t>FORUS</t>
+  </si>
+  <si>
+    <t>81698</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
     <t>PPNZ-31</t>
   </si>
   <si>
     <t>2018 2639</t>
   </si>
   <si>
     <t>BOLD BRANDS</t>
   </si>
   <si>
     <t>80528</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>23 str. Panaikinimas dėl ženklo nenaudojimo</t>
-[...4 lines deleted...]
-  <si>
     <t>PPNZ-30</t>
   </si>
   <si>
     <t>2020 1020</t>
   </si>
   <si>
     <t>Marijampolės cukrus</t>
   </si>
   <si>
     <t>87085</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>24 str. Panaikinimas ženklui tapus bendriniu pavadinimu arba klaidinančia nuoroda</t>
   </si>
   <si>
     <t>PPNZ-29</t>
   </si>
   <si>
     <t>2010 1339</t>
   </si>
   <si>
+    <t>2Ap-2418</t>
+  </si>
+  <si>
     <t>TAUTINIS</t>
   </si>
   <si>
     <t>64144</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
+    <t>Granted</t>
+  </si>
+  <si>
     <t>PPNZ-28</t>
   </si>
   <si>
     <t>2012 2287</t>
   </si>
   <si>
     <t>VIČI SNOW CRAB</t>
   </si>
   <si>
     <t>68137</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
+    <t>PPNZ-27</t>
+  </si>
+  <si>
+    <t>2010 1500</t>
+  </si>
+  <si>
+    <t>SNOW CRAB</t>
+  </si>
+  <si>
+    <t>64145</t>
+  </si>
+  <si>
+    <t>PPNZ-26</t>
+  </si>
+  <si>
+    <t>2016 1693</t>
+  </si>
+  <si>
+    <t>BUTAUTŲ ANTI-DRINKER</t>
+  </si>
+  <si>
+    <t>75899</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Withdrawn</t>
+  </si>
+  <si>
+    <t>PPNZ-25</t>
+  </si>
+  <si>
+    <t>2016 0322</t>
+  </si>
+  <si>
+    <t>BUTAUTŲ DVARO BRAVORAS</t>
+  </si>
+  <si>
+    <t>76246</t>
+  </si>
+  <si>
+    <t>PPNZ-24</t>
+  </si>
+  <si>
+    <t>2007 1192</t>
+  </si>
+  <si>
+    <t>BUTAUTŲ KRIŠTOLINIS</t>
+  </si>
+  <si>
+    <t>57129</t>
+  </si>
+  <si>
+    <t>PPNZ-23</t>
+  </si>
+  <si>
+    <t>2006 1636</t>
+  </si>
+  <si>
+    <t>BUTAUTŲ DVARO</t>
+  </si>
+  <si>
+    <t>55017</t>
+  </si>
+  <si>
+    <t>PPNZ-22</t>
+  </si>
+  <si>
+    <t>2015 0287</t>
+  </si>
+  <si>
+    <t>72213</t>
+  </si>
+  <si>
+    <t>PPNZ-21</t>
+  </si>
+  <si>
+    <t>2018 0319</t>
+  </si>
+  <si>
+    <t>Stumbro Starka. Čia nėra vietos švelnumui.</t>
+  </si>
+  <si>
+    <t>78758</t>
+  </si>
+  <si>
+    <t>PPNZ-20</t>
+  </si>
+  <si>
+    <t>2004 0208</t>
+  </si>
+  <si>
+    <t>2Ap-2400</t>
+  </si>
+  <si>
+    <t>Originalios receptūros Trauktinė STARKA MANO</t>
+  </si>
+  <si>
+    <t>51140</t>
+  </si>
+  <si>
+    <t>PPNZ-19</t>
+  </si>
+  <si>
+    <t>2002 1352</t>
+  </si>
+  <si>
+    <t>2Ap-2399</t>
+  </si>
+  <si>
+    <t>STARKA MANO</t>
+  </si>
+  <si>
+    <t>47204</t>
+  </si>
+  <si>
+    <t>PPNZ-18</t>
+  </si>
+  <si>
+    <t>2002 1351</t>
+  </si>
+  <si>
+    <t>2Ap-2398</t>
+  </si>
+  <si>
+    <t>47203</t>
+  </si>
+  <si>
+    <t>PPNZ-17</t>
+  </si>
+  <si>
+    <t>95-3211</t>
+  </si>
+  <si>
+    <t>STARKA</t>
+  </si>
+  <si>
+    <t>24674</t>
+  </si>
+  <si>
+    <t>PPNZ-16</t>
+  </si>
+  <si>
+    <t>2019 0888</t>
+  </si>
+  <si>
+    <t>2Ap-2393</t>
+  </si>
+  <si>
+    <t>HOUSE MAKERS</t>
+  </si>
+  <si>
+    <t>81738</t>
+  </si>
+  <si>
+    <t>37, 42</t>
+  </si>
+  <si>
+    <t>PPTZ-17</t>
+  </si>
+  <si>
+    <t>1466470</t>
+  </si>
+  <si>
+    <t>Sendo</t>
+  </si>
+  <si>
+    <t>3, 35</t>
+  </si>
+  <si>
+    <t>PPNZ-15</t>
+  </si>
+  <si>
+    <t>2002 0474</t>
+  </si>
+  <si>
+    <t>2Ap-2373</t>
+  </si>
+  <si>
+    <t>Lactrase</t>
+  </si>
+  <si>
+    <t>46231</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>PPNZ-14</t>
+  </si>
+  <si>
+    <t>2018 2692</t>
+  </si>
+  <si>
+    <t>10 TILTŲ KAVINĖ</t>
+  </si>
+  <si>
+    <t>80846</t>
+  </si>
+  <si>
+    <t>PPNZ-13</t>
+  </si>
+  <si>
+    <t>2006 1514</t>
+  </si>
+  <si>
+    <t>2Ap-2396</t>
+  </si>
+  <si>
+    <t>69 DANGUJE</t>
+  </si>
+  <si>
+    <t>55028</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>PPNZ-12</t>
+  </si>
+  <si>
+    <t>2018 1425</t>
+  </si>
+  <si>
+    <t>BRO</t>
+  </si>
+  <si>
+    <t>79524</t>
+  </si>
+  <si>
+    <t>35, 37</t>
+  </si>
+  <si>
+    <t>PPNZ-11</t>
+  </si>
+  <si>
+    <t>2011 2199</t>
+  </si>
+  <si>
+    <t>2Ap-2322</t>
+  </si>
+  <si>
+    <t>SUPERMIESTAS</t>
+  </si>
+  <si>
+    <t>66391</t>
+  </si>
+  <si>
+    <t>35, 38, 41</t>
+  </si>
+  <si>
+    <t>PPTZ-16</t>
+  </si>
+  <si>
+    <t>966766</t>
+  </si>
+  <si>
+    <t>VIKING VIKING</t>
+  </si>
+  <si>
+    <t>9, 25</t>
+  </si>
+  <si>
+    <t>PPTZ-15</t>
+  </si>
+  <si>
+    <t>771333</t>
+  </si>
+  <si>
+    <t>2Ap-2319</t>
+  </si>
+  <si>
+    <t>SHUSTOFF</t>
+  </si>
+  <si>
+    <t>30, 33, 34</t>
+  </si>
+  <si>
+    <t>PPNZ-10</t>
+  </si>
+  <si>
+    <t>2018 0358</t>
+  </si>
+  <si>
+    <t>Prowallet</t>
+  </si>
+  <si>
+    <t>79100</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Inadmissible</t>
+  </si>
+  <si>
+    <t>PPTZ-14</t>
+  </si>
+  <si>
+    <t>787298</t>
+  </si>
+  <si>
+    <t>2Ap-2318</t>
+  </si>
+  <si>
+    <t>THE OLYMPICS</t>
+  </si>
+  <si>
+    <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
+  </si>
+  <si>
+    <t>PPNZ-9</t>
+  </si>
+  <si>
+    <t>2015 0660</t>
+  </si>
+  <si>
+    <t>2Ap-2304</t>
+  </si>
+  <si>
+    <t>LITUANIKA</t>
+  </si>
+  <si>
+    <t>72140</t>
+  </si>
+  <si>
+    <t>35, 41</t>
+  </si>
+  <si>
+    <t>PPTZ-13</t>
+  </si>
+  <si>
+    <t>1230805</t>
+  </si>
+  <si>
+    <t>2Ap-2293</t>
+  </si>
+  <si>
+    <t>GRANDFAR</t>
+  </si>
+  <si>
+    <t>8, 9, 11, 12</t>
+  </si>
+  <si>
+    <t>PPTZ-12</t>
+  </si>
+  <si>
+    <t>1148220</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>PPTZ-11</t>
+  </si>
+  <si>
+    <t>1185523</t>
+  </si>
+  <si>
+    <t>2Ap-2290</t>
+  </si>
+  <si>
+    <t>vivre</t>
+  </si>
+  <si>
+    <t>35, 42</t>
+  </si>
+  <si>
+    <t>PPNZ-8</t>
+  </si>
+  <si>
+    <t>2005 1693</t>
+  </si>
+  <si>
+    <t>2Ap-2282</t>
+  </si>
+  <si>
+    <t>SUPER SEGWAY</t>
+  </si>
+  <si>
+    <t>53732</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>PPTZ-10</t>
+  </si>
+  <si>
+    <t>1186526</t>
+  </si>
+  <si>
+    <t>2Ap-2271</t>
+  </si>
+  <si>
+    <t>AYONA</t>
+  </si>
+  <si>
+    <t>5, 9, 14, 16, 18, 20, 21, 24, 25, 28, 35, 36, 37, 38, 39, 41, 42, 43, 44, 45</t>
+  </si>
+  <si>
+    <t>PPTZ-9</t>
+  </si>
+  <si>
+    <t>827885</t>
+  </si>
+  <si>
+    <t>2Ap-2234</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>3, 5, 8, 9, 11, 16, 18, 20, 21, 23, 24, 25, 26, 28, 29, 30, 32, 33, 35, 43</t>
+  </si>
+  <si>
+    <t>PPTZ-8</t>
+  </si>
+  <si>
+    <t>1288399</t>
+  </si>
+  <si>
+    <t>LOEWE</t>
+  </si>
+  <si>
+    <t>7, 8, 11, 21</t>
+  </si>
+  <si>
+    <t>PPTZ-7</t>
+  </si>
+  <si>
+    <t>431407</t>
+  </si>
+  <si>
+    <t>HELIXOR</t>
+  </si>
+  <si>
+    <t>PPTZ-6</t>
+  </si>
+  <si>
+    <t>775799</t>
+  </si>
+  <si>
+    <t>9, 16, 35, 38, 41</t>
+  </si>
+  <si>
+    <t>PPTZ-5</t>
+  </si>
+  <si>
+    <t>945837</t>
+  </si>
+  <si>
+    <t>2Ap-2161</t>
+  </si>
+  <si>
+    <t>PEPCO</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>PPTZ-4</t>
+  </si>
+  <si>
+    <t>841773A</t>
+  </si>
+  <si>
+    <t>AZZARO</t>
+  </si>
+  <si>
     <t>Suspended</t>
-  </si>
-[...475 lines deleted...]
-    <t>AZZARO</t>
   </si>
   <si>
     <t>PPTZ-3</t>
   </si>
   <si>
     <t>841773C</t>
   </si>
   <si>
     <t>2Ap-2152</t>
   </si>
   <si>
     <t>PPNZ-7</t>
   </si>
   <si>
     <t>2011 1556</t>
   </si>
   <si>
     <t>PAŠTOMATAS</t>
   </si>
   <si>
     <t>65841</t>
   </si>
   <si>
     <t>9, 39</t>
   </si>
@@ -779,51 +809,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K49"/>
+  <dimension ref="A1:K51"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.8125" customWidth="true"/>
     <col min="2" max="2" width="15.625" customWidth="true"/>
     <col min="3" max="3" width="15.625" customWidth="true"/>
     <col min="4" max="4" width="15.625" customWidth="true"/>
     <col min="5" max="5" width="15.625" customWidth="true"/>
     <col min="6" max="6" width="31.25" customWidth="true"/>
     <col min="7" max="7" width="15.625" customWidth="true"/>
     <col min="8" max="8" width="15.625" customWidth="true"/>
     <col min="9" max="9" width="15.625" customWidth="true"/>
     <col min="10" max="10" width="15.625" customWidth="true"/>
     <col min="11" max="11" width="15.625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -884,1513 +914,1577 @@
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>2.0</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="J3"/>
       <c r="K3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>3.0</v>
       </c>
       <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
+        <v>26</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
       <c r="J4"/>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>4.0</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>5.0</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="n">
+        <v>46035.0</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="D6"/>
-      <c r="E6"/>
       <c r="F6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
         <v>17</v>
       </c>
-      <c r="J6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
       <c r="K6" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>6.0</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>7.0</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H8" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I8" t="s">
         <v>17</v>
       </c>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>8.0</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H9" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="I9" t="s">
         <v>17</v>
       </c>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>9.0</v>
       </c>
       <c r="B10" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G10" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="H10" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="I10" t="s">
         <v>17</v>
       </c>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>10.0</v>
       </c>
       <c r="B11" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="G11" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="H11" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="I11" t="s">
         <v>17</v>
       </c>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>11.0</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C12" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H12" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="I12" t="s">
         <v>17</v>
       </c>
       <c r="J12"/>
       <c r="K12" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>12.0</v>
       </c>
       <c r="B13" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13"/>
+      <c r="F13" t="s">
         <v>67</v>
       </c>
-      <c r="F13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H13" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="I13" t="s">
         <v>17</v>
       </c>
-      <c r="J13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J13"/>
       <c r="K13" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>13.0</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="E14" t="s">
         <v>73</v>
       </c>
+      <c r="D14"/>
+      <c r="E14"/>
       <c r="F14" t="s">
         <v>74</v>
       </c>
       <c r="G14" t="s">
         <v>75</v>
       </c>
       <c r="H14" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
-      <c r="J14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J14"/>
       <c r="K14" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>14.0</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="s">
         <v>77</v>
       </c>
       <c r="D15" t="n">
         <v>45853.0</v>
       </c>
       <c r="E15" t="s">
         <v>78</v>
       </c>
       <c r="F15" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="G15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H15" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="I15" t="s">
         <v>17</v>
       </c>
       <c r="J15" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K15" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>15.0</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C16" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-      <c r="E16"/>
+        <v>82</v>
+      </c>
+      <c r="D16" t="n">
+        <v>45853.0</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
       <c r="F16" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="G16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H16" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="I16" t="s">
         <v>17</v>
       </c>
-      <c r="J16"/>
+      <c r="J16" t="s">
+        <v>41</v>
+      </c>
       <c r="K16" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>16.0</v>
       </c>
       <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="n">
+        <v>45853.0</v>
+      </c>
+      <c r="E17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" t="s">
         <v>84</v>
       </c>
-      <c r="C17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H17" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="I17" t="s">
         <v>17</v>
       </c>
       <c r="J17" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K17" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>17.0</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
       <c r="C18" t="s">
         <v>91</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>92</v>
       </c>
       <c r="G18" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H18" t="s">
-        <v>93</v>
+        <v>55</v>
       </c>
       <c r="I18" t="s">
         <v>17</v>
       </c>
       <c r="J18"/>
       <c r="K18" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>18.0</v>
       </c>
       <c r="B19" t="s">
         <v>94</v>
       </c>
       <c r="C19" t="s">
         <v>95</v>
       </c>
       <c r="D19" t="n">
-        <v>45707.0</v>
+        <v>45812.0</v>
       </c>
       <c r="E19" t="s">
         <v>96</v>
       </c>
       <c r="F19" t="s">
         <v>97</v>
       </c>
       <c r="G19" t="s">
         <v>98</v>
       </c>
       <c r="H19" t="s">
         <v>99</v>
       </c>
       <c r="I19" t="s">
         <v>17</v>
       </c>
       <c r="J19" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K19" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>19.0</v>
       </c>
       <c r="B20" t="s">
         <v>100</v>
       </c>
       <c r="C20" t="s">
         <v>101</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>102</v>
       </c>
       <c r="G20" t="s">
+        <v>101</v>
+      </c>
+      <c r="H20" t="s">
         <v>103</v>
       </c>
-      <c r="H20" t="s">
-[...2 lines deleted...]
-      <c r="I20"/>
+      <c r="I20" t="s">
+        <v>17</v>
+      </c>
       <c r="J20"/>
       <c r="K20" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>20.0</v>
       </c>
       <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
         <v>105</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="n">
+        <v>45707.0</v>
+      </c>
+      <c r="E21" t="s">
         <v>106</v>
       </c>
-      <c r="D21" t="n">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>107</v>
       </c>
-      <c r="F21" t="s">
+      <c r="G21" t="s">
         <v>108</v>
       </c>
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>109</v>
       </c>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I21" t="s">
         <v>17</v>
       </c>
       <c r="J21" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K21" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>21.0</v>
       </c>
       <c r="B22" t="s">
+        <v>110</v>
+      </c>
+      <c r="C22" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
+        <v>112</v>
+      </c>
+      <c r="G22" t="s">
         <v>113</v>
       </c>
-      <c r="G22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I22"/>
       <c r="J22"/>
       <c r="K22" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>22.0</v>
       </c>
       <c r="B23" t="s">
+        <v>114</v>
+      </c>
+      <c r="C23" t="s">
+        <v>115</v>
+      </c>
+      <c r="D23" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="E23" t="s">
         <v>116</v>
       </c>
-      <c r="C23" t="s">
+      <c r="F23" t="s">
         <v>117</v>
       </c>
-      <c r="D23" t="n">
-[...2 lines deleted...]
-      <c r="E23" t="s">
+      <c r="G23" t="s">
         <v>118</v>
       </c>
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>119</v>
       </c>
-      <c r="G23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I23" t="s">
         <v>17</v>
       </c>
       <c r="J23" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K23" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>23.0</v>
       </c>
       <c r="B24" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C24" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="G24" t="s">
         <v>123</v>
       </c>
       <c r="H24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I24" t="s">
         <v>17</v>
       </c>
       <c r="J24"/>
       <c r="K24" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>24.0</v>
       </c>
       <c r="B25" t="s">
+        <v>125</v>
+      </c>
+      <c r="C25" t="s">
         <v>126</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="n">
+        <v>45321.0</v>
+      </c>
+      <c r="E25" t="s">
         <v>127</v>
       </c>
-      <c r="D25" t="n">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>128</v>
       </c>
-      <c r="F25" t="s">
+      <c r="G25" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="H25" t="s">
         <v>130</v>
       </c>
       <c r="I25" t="s">
         <v>17</v>
       </c>
       <c r="J25" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K25" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>25.0</v>
       </c>
       <c r="B26" t="s">
         <v>131</v>
       </c>
       <c r="C26" t="s">
         <v>132</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>133</v>
       </c>
       <c r="G26" t="s">
+        <v>132</v>
+      </c>
+      <c r="H26" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="I26" t="s">
         <v>17</v>
       </c>
       <c r="J26"/>
       <c r="K26" t="s">
-        <v>136</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>26.0</v>
       </c>
       <c r="B27" t="s">
+        <v>135</v>
+      </c>
+      <c r="C27" t="s">
+        <v>136</v>
+      </c>
+      <c r="D27" t="n">
+        <v>45296.0</v>
+      </c>
+      <c r="E27" t="s">
         <v>137</v>
       </c>
-      <c r="C27" t="s">
+      <c r="F27" t="s">
         <v>138</v>
       </c>
-      <c r="D27" t="n">
-[...2 lines deleted...]
-      <c r="E27" t="s">
+      <c r="G27" t="s">
+        <v>136</v>
+      </c>
+      <c r="H27" t="s">
         <v>139</v>
       </c>
-      <c r="F27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I27" t="s">
         <v>17</v>
       </c>
       <c r="J27" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K27" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>27.0</v>
       </c>
       <c r="B28" t="s">
+        <v>140</v>
+      </c>
+      <c r="C28" t="s">
+        <v>141</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28"/>
+      <c r="F28" t="s">
         <v>142</v>
       </c>
-      <c r="C28" t="s">
+      <c r="G28" t="s">
         <v>143</v>
       </c>
-      <c r="D28" t="n">
-[...2 lines deleted...]
-      <c r="E28" t="s">
+      <c r="H28" t="s">
         <v>144</v>
       </c>
-      <c r="F28" t="s">
+      <c r="I28" t="s">
+        <v>17</v>
+      </c>
+      <c r="J28"/>
+      <c r="K28" t="s">
         <v>145</v>
-      </c>
-[...13 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>28.0</v>
       </c>
       <c r="B29" t="s">
+        <v>146</v>
+      </c>
+      <c r="C29" t="s">
+        <v>147</v>
+      </c>
+      <c r="D29" t="n">
+        <v>45281.0</v>
+      </c>
+      <c r="E29" t="s">
         <v>148</v>
       </c>
-      <c r="C29" t="s">
+      <c r="F29" t="s">
         <v>149</v>
       </c>
-      <c r="D29" t="n">
-[...2 lines deleted...]
-      <c r="E29" t="s">
+      <c r="G29" t="s">
+        <v>147</v>
+      </c>
+      <c r="H29" t="s">
         <v>150</v>
       </c>
-      <c r="F29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I29" t="s">
         <v>17</v>
       </c>
       <c r="J29" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K29" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>29.0</v>
       </c>
       <c r="B30" t="s">
+        <v>151</v>
+      </c>
+      <c r="C30" t="s">
+        <v>152</v>
+      </c>
+      <c r="D30" t="n">
+        <v>45205.0</v>
+      </c>
+      <c r="E30" t="s">
         <v>153</v>
       </c>
-      <c r="C30" t="s">
+      <c r="F30" t="s">
         <v>154</v>
       </c>
-      <c r="D30" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="G30" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H30" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I30" t="s">
         <v>17</v>
       </c>
       <c r="J30" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K30" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>30.0</v>
       </c>
       <c r="B31" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C31" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D31" t="n">
-        <v>45104.0</v>
+        <v>45145.0</v>
       </c>
       <c r="E31" t="s">
+        <v>159</v>
+      </c>
+      <c r="F31" t="s">
+        <v>160</v>
+      </c>
+      <c r="G31" t="s">
         <v>158</v>
       </c>
-      <c r="F31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I31" t="s">
         <v>17</v>
       </c>
       <c r="J31" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K31" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>31.0</v>
       </c>
       <c r="B32" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C32" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D32" t="n">
-        <v>45065.0</v>
+        <v>45145.0</v>
       </c>
       <c r="E32" t="s">
+        <v>159</v>
+      </c>
+      <c r="F32" t="s">
+        <v>160</v>
+      </c>
+      <c r="G32" t="s">
         <v>163</v>
       </c>
-      <c r="F32" t="s">
+      <c r="H32" t="s">
         <v>164</v>
       </c>
-      <c r="G32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I32" t="s">
         <v>17</v>
       </c>
       <c r="J32" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K32" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>32.0</v>
       </c>
       <c r="B33" t="s">
+        <v>165</v>
+      </c>
+      <c r="C33" t="s">
+        <v>166</v>
+      </c>
+      <c r="D33" t="n">
+        <v>45104.0</v>
+      </c>
+      <c r="E33" t="s">
         <v>167</v>
       </c>
-      <c r="C33" t="s">
+      <c r="F33" t="s">
         <v>168</v>
       </c>
-      <c r="D33" t="n">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="G33" t="s">
+        <v>166</v>
+      </c>
+      <c r="H33" t="s">
         <v>169</v>
       </c>
-      <c r="F33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I33" t="s">
         <v>17</v>
       </c>
       <c r="J33" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K33" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>33.0</v>
       </c>
       <c r="B34" t="s">
+        <v>170</v>
+      </c>
+      <c r="C34" t="s">
+        <v>171</v>
+      </c>
+      <c r="D34" t="n">
+        <v>45065.0</v>
+      </c>
+      <c r="E34" t="s">
         <v>172</v>
       </c>
-      <c r="C34" t="s">
+      <c r="F34" t="s">
         <v>173</v>
       </c>
-      <c r="D34" t="n">
-[...2 lines deleted...]
-      <c r="E34" t="s">
+      <c r="G34" t="s">
         <v>174</v>
       </c>
-      <c r="F34" t="s">
+      <c r="H34" t="s">
         <v>175</v>
       </c>
-      <c r="G34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I34" t="s">
         <v>17</v>
       </c>
       <c r="J34" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K34" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>34.0</v>
       </c>
       <c r="B35" t="s">
+        <v>176</v>
+      </c>
+      <c r="C35" t="s">
         <v>177</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="n">
+        <v>44993.0</v>
+      </c>
+      <c r="E35" t="s">
         <v>178</v>
       </c>
-      <c r="D35"/>
-      <c r="E35"/>
       <c r="F35" t="s">
         <v>179</v>
       </c>
       <c r="G35" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="H35" t="s">
         <v>180</v>
       </c>
       <c r="I35" t="s">
         <v>17</v>
       </c>
-      <c r="J35"/>
+      <c r="J35" t="s">
+        <v>41</v>
+      </c>
       <c r="K35" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>35.0</v>
       </c>
       <c r="B36" t="s">
         <v>181</v>
       </c>
       <c r="C36" t="s">
         <v>182</v>
       </c>
-      <c r="D36"/>
-      <c r="E36"/>
+      <c r="D36" t="n">
+        <v>44774.0</v>
+      </c>
+      <c r="E36" t="s">
+        <v>183</v>
+      </c>
       <c r="F36" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G36" t="s">
         <v>182</v>
       </c>
       <c r="H36" t="s">
-        <v>99</v>
+        <v>185</v>
       </c>
       <c r="I36" t="s">
         <v>17</v>
       </c>
-      <c r="J36"/>
+      <c r="J36" t="s">
+        <v>41</v>
+      </c>
       <c r="K36" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>36.0</v>
       </c>
       <c r="B37" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C37" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
-      <c r="F37"/>
+      <c r="F37" t="s">
+        <v>188</v>
+      </c>
       <c r="G37" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="H37" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="I37" t="s">
         <v>17</v>
       </c>
       <c r="J37"/>
       <c r="K37" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>37.0</v>
       </c>
       <c r="B38" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C38" t="s">
-        <v>188</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38"/>
       <c r="F38" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G38" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="H38" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="I38" t="s">
+        <v>17</v>
+      </c>
+      <c r="J38"/>
       <c r="K38" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C39" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
-      <c r="F39" t="s">
+      <c r="F39"/>
+      <c r="G39" t="s">
         <v>194</v>
       </c>
-      <c r="G39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H39" t="s">
-        <v>130</v>
+        <v>195</v>
       </c>
       <c r="I39" t="s">
         <v>17</v>
       </c>
       <c r="J39"/>
       <c r="K39" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>39.0</v>
       </c>
       <c r="B40" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C40" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D40" t="n">
-        <v>44342.0</v>
+        <v>44403.0</v>
       </c>
       <c r="E40" t="s">
+        <v>198</v>
+      </c>
+      <c r="F40" t="s">
+        <v>199</v>
+      </c>
+      <c r="G40" t="s">
         <v>197</v>
       </c>
-      <c r="F40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H40" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K40" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>40.0</v>
       </c>
       <c r="B41" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C41" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="G41" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H41" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="I41" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="J41"/>
       <c r="K41" t="s">
-        <v>45</v>
+        <v>204</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>41.0</v>
       </c>
       <c r="B42" t="s">
+        <v>205</v>
+      </c>
+      <c r="C42" t="s">
+        <v>206</v>
+      </c>
+      <c r="D42" t="n">
+        <v>44342.0</v>
+      </c>
+      <c r="E42" t="s">
+        <v>207</v>
+      </c>
+      <c r="F42" t="s">
         <v>203</v>
       </c>
-      <c r="C42" t="s">
-[...8 lines deleted...]
-      <c r="F42" t="s">
+      <c r="G42" t="s">
         <v>206</v>
       </c>
-      <c r="G42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H42" t="s">
-        <v>191</v>
+        <v>139</v>
       </c>
       <c r="I42" t="s">
         <v>17</v>
       </c>
       <c r="J42" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="K42" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>42.0</v>
       </c>
       <c r="B43" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C43" t="s">
-        <v>208</v>
-[...4 lines deleted...]
-      <c r="E43" t="s">
         <v>209</v>
       </c>
+      <c r="D43"/>
+      <c r="E43"/>
       <c r="F43" t="s">
         <v>210</v>
       </c>
       <c r="G43" t="s">
         <v>211</v>
       </c>
       <c r="H43" t="s">
         <v>212</v>
       </c>
       <c r="I43" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="J43"/>
       <c r="K43" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>43.0</v>
       </c>
       <c r="B44" t="s">
         <v>213</v>
       </c>
       <c r="C44" t="s">
         <v>214</v>
       </c>
-      <c r="D44"/>
-      <c r="E44"/>
+      <c r="D44" t="n">
+        <v>44174.0</v>
+      </c>
+      <c r="E44" t="s">
+        <v>215</v>
+      </c>
       <c r="F44" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G44" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="H44" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="I44" t="s">
         <v>17</v>
       </c>
-      <c r="J44"/>
+      <c r="J44" t="s">
+        <v>41</v>
+      </c>
       <c r="K44" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>44.0</v>
       </c>
       <c r="B45" t="s">
         <v>217</v>
       </c>
       <c r="C45" t="s">
         <v>218</v>
       </c>
       <c r="D45" t="n">
-        <v>44117.0</v>
+        <v>44169.0</v>
       </c>
       <c r="E45" t="s">
         <v>219</v>
       </c>
       <c r="F45" t="s">
         <v>220</v>
       </c>
       <c r="G45" t="s">
         <v>221</v>
       </c>
       <c r="H45" t="s">
         <v>222</v>
       </c>
       <c r="I45" t="s">
         <v>17</v>
       </c>
       <c r="J45" t="s">
-        <v>223</v>
+        <v>41</v>
       </c>
       <c r="K45" t="s">
-        <v>223</v>
+        <v>41</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
+        <v>223</v>
+      </c>
+      <c r="C46" t="s">
         <v>224</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46"/>
+      <c r="E46"/>
+      <c r="F46" t="s">
         <v>225</v>
       </c>
-      <c r="D46" t="n">
-[...2 lines deleted...]
-      <c r="E46" t="s">
+      <c r="G46" t="s">
         <v>226</v>
       </c>
-      <c r="F46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H46" t="s">
-        <v>229</v>
+        <v>200</v>
       </c>
       <c r="I46" t="s">
         <v>17</v>
       </c>
-      <c r="J46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J46"/>
       <c r="K46" t="s">
-        <v>2</v>
+        <v>56</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>46.0</v>
       </c>
       <c r="B47" t="s">
+        <v>227</v>
+      </c>
+      <c r="C47" t="s">
+        <v>228</v>
+      </c>
+      <c r="D47" t="n">
+        <v>44117.0</v>
+      </c>
+      <c r="E47" t="s">
+        <v>229</v>
+      </c>
+      <c r="F47" t="s">
         <v>230</v>
       </c>
-      <c r="C47" t="s">
+      <c r="G47" t="s">
         <v>231</v>
       </c>
-      <c r="D47"/>
-[...1 lines deleted...]
-      <c r="F47" t="s">
+      <c r="H47" t="s">
         <v>232</v>
       </c>
-      <c r="G47" t="s">
+      <c r="I47" t="s">
+        <v>17</v>
+      </c>
+      <c r="J47" t="s">
         <v>233</v>
       </c>
-      <c r="H47" t="s">
-[...5 lines deleted...]
-      <c r="J47"/>
       <c r="K47" t="s">
-        <v>45</v>
+        <v>233</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>47.0</v>
       </c>
       <c r="B48" t="s">
         <v>234</v>
       </c>
       <c r="C48" t="s">
         <v>235</v>
       </c>
       <c r="D48" t="n">
-        <v>43838.0</v>
+        <v>44575.0</v>
       </c>
       <c r="E48" t="s">
         <v>236</v>
       </c>
       <c r="F48" t="s">
         <v>237</v>
       </c>
       <c r="G48" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="H48" t="s">
-        <v>166</v>
+        <v>239</v>
       </c>
       <c r="I48" t="s">
         <v>17</v>
       </c>
       <c r="J48" t="s">
-        <v>70</v>
+        <v>233</v>
       </c>
       <c r="K48" t="s">
-        <v>223</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>48.0</v>
       </c>
       <c r="B49" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C49" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G49" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H49" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="I49"/>
+        <v>28</v>
+      </c>
+      <c r="I49" t="s">
+        <v>17</v>
+      </c>
       <c r="J49"/>
       <c r="K49" t="s">
-        <v>136</v>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="B50" t="s">
+        <v>244</v>
+      </c>
+      <c r="C50" t="s">
+        <v>245</v>
+      </c>
+      <c r="D50" t="n">
+        <v>43838.0</v>
+      </c>
+      <c r="E50" t="s">
+        <v>246</v>
+      </c>
+      <c r="F50" t="s">
+        <v>247</v>
+      </c>
+      <c r="G50" t="s">
+        <v>245</v>
+      </c>
+      <c r="H50" t="s">
+        <v>175</v>
+      </c>
+      <c r="I50" t="s">
+        <v>17</v>
+      </c>
+      <c r="J50" t="s">
+        <v>41</v>
+      </c>
+      <c r="K50" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="B51" t="s">
+        <v>248</v>
+      </c>
+      <c r="C51" t="s">
+        <v>249</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51"/>
+      <c r="F51" t="s">
+        <v>250</v>
+      </c>
+      <c r="G51" t="s">
+        <v>251</v>
+      </c>
+      <c r="H51" t="s">
+        <v>109</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51"/>
+      <c r="K51" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>