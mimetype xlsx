--- v1 (2026-01-28)
+++ v2 (2026-03-18)
@@ -6,157 +6,172 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="415" uniqueCount="252">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Request no.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Application no.</t>
   </si>
   <si>
     <t>Decision date</t>
   </si>
   <si>
     <t>Decision no.</t>
   </si>
   <si>
     <t>Contested trademark</t>
   </si>
   <si>
     <t>Registration no.</t>
   </si>
   <si>
     <t>Indication of goods and services</t>
   </si>
   <si>
     <t>Legal basis</t>
   </si>
   <si>
     <t>Decision</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>PPTZ-18</t>
+  </si>
+  <si>
+    <t>1542963</t>
+  </si>
+  <si>
+    <t>By Vixi</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>23 str. Panaikinimas dėl ženklo nenaudojimo</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
     <t>PPNZ-33</t>
   </si>
   <si>
     <t>2007 0436</t>
   </si>
   <si>
     <t>UVIC</t>
   </si>
   <si>
     <t>56508</t>
   </si>
   <si>
     <t>16, 29, 30, 35</t>
   </si>
   <si>
-    <t>23 str. Panaikinimas dėl ženklo nenaudojimo</t>
-[...4 lines deleted...]
-  <si>
     <t>PPNZ-32</t>
   </si>
   <si>
     <t>2019 0832</t>
   </si>
   <si>
     <t>FORUS</t>
   </si>
   <si>
     <t>81698</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>PPNZ-31</t>
   </si>
   <si>
     <t>2018 2639</t>
   </si>
   <si>
     <t>BOLD BRANDS</t>
   </si>
   <si>
     <t>80528</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PPNZ-30</t>
   </si>
   <si>
     <t>2020 1020</t>
   </si>
   <si>
     <t>Marijampolės cukrus</t>
   </si>
   <si>
     <t>87085</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>24 str. Panaikinimas ženklui tapus bendriniu pavadinimu arba klaidinančia nuoroda</t>
   </si>
   <si>
+    <t>Suspended</t>
+  </si>
+  <si>
     <t>PPNZ-29</t>
   </si>
   <si>
     <t>2010 1339</t>
   </si>
   <si>
     <t>2Ap-2418</t>
   </si>
   <si>
     <t>TAUTINIS</t>
   </si>
   <si>
     <t>64144</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Granted</t>
   </si>
   <si>
     <t>PPNZ-28</t>
   </si>
   <si>
     <t>2012 2287</t>
@@ -620,53 +635,50 @@
   <si>
     <t>PPTZ-5</t>
   </si>
   <si>
     <t>945837</t>
   </si>
   <si>
     <t>2Ap-2161</t>
   </si>
   <si>
     <t>PEPCO</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PPTZ-4</t>
   </si>
   <si>
     <t>841773A</t>
   </si>
   <si>
     <t>AZZARO</t>
   </si>
   <si>
-    <t>Suspended</t>
-[...1 lines deleted...]
-  <si>
     <t>PPTZ-3</t>
   </si>
   <si>
     <t>841773C</t>
   </si>
   <si>
     <t>2Ap-2152</t>
   </si>
   <si>
     <t>PPNZ-7</t>
   </si>
   <si>
     <t>2011 1556</t>
   </si>
   <si>
     <t>PAŠTOMATAS</t>
   </si>
   <si>
     <t>65841</t>
   </si>
   <si>
     <t>9, 39</t>
   </si>
   <si>
     <t>PPTZ-2</t>
@@ -750,62 +762,50 @@
     <t>37, 39</t>
   </si>
   <si>
     <t>PPNZ-2</t>
   </si>
   <si>
     <t>95-3487</t>
   </si>
   <si>
     <t>AUGMA</t>
   </si>
   <si>
     <t>30650</t>
   </si>
   <si>
     <t>PPTZ-1</t>
   </si>
   <si>
     <t>790769</t>
   </si>
   <si>
     <t>2Ap-2047</t>
   </si>
   <si>
     <t>WEST LAKE</t>
-  </si>
-[...10 lines deleted...]
-    <t>72516</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -879,1612 +879,1614 @@
         <v>9</v>
       </c>
       <c r="J1" t="s">
         <v>10</v>
       </c>
       <c r="K1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
         <v>1.0</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>2.0</v>
       </c>
       <c r="B3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>3.0</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>4.0</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>5.0</v>
       </c>
       <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6"/>
+      <c r="F6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="n">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
       </c>
-      <c r="G6" t="s">
+      <c r="J6"/>
+      <c r="K6" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>6.0</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="n">
+        <v>46035.0</v>
+      </c>
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
         <v>43</v>
       </c>
-      <c r="D7"/>
-[...1 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>45</v>
       </c>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J7"/>
+        <v>16</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
       <c r="K7" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>7.0</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
       <c r="C8" t="s">
         <v>48</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>50</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="I8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>8.0</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I9" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>9.0</v>
       </c>
       <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
+        <v>58</v>
+      </c>
+      <c r="G10" t="s">
         <v>59</v>
       </c>
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I10" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>10.0</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H11" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="I11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>11.0</v>
       </c>
       <c r="B12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H12" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="I12" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J12"/>
       <c r="K12" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>12.0</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H13" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="I13" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J13"/>
       <c r="K13" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>13.0</v>
       </c>
       <c r="B14" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H14" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="I14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J14"/>
       <c r="K14" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>14.0</v>
       </c>
       <c r="B15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
-[...4 lines deleted...]
-      <c r="E15" t="s">
         <v>78</v>
       </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15" t="s">
         <v>79</v>
       </c>
       <c r="G15" t="s">
         <v>80</v>
       </c>
       <c r="H15" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="I15" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="J15"/>
       <c r="K15" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>15.0</v>
       </c>
       <c r="B16" t="s">
         <v>81</v>
       </c>
       <c r="C16" t="s">
         <v>82</v>
       </c>
       <c r="D16" t="n">
         <v>45853.0</v>
       </c>
       <c r="E16" t="s">
         <v>83</v>
       </c>
       <c r="F16" t="s">
         <v>84</v>
       </c>
       <c r="G16" t="s">
         <v>85</v>
       </c>
       <c r="H16" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="I16" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J16" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K16" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>16.0</v>
       </c>
       <c r="B17" t="s">
         <v>86</v>
       </c>
       <c r="C17" t="s">
         <v>87</v>
       </c>
       <c r="D17" t="n">
         <v>45853.0</v>
       </c>
       <c r="E17" t="s">
         <v>88</v>
       </c>
       <c r="F17" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="G17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H17" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="I17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>17.0</v>
       </c>
       <c r="B18" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C18" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-      <c r="E18"/>
+        <v>92</v>
+      </c>
+      <c r="D18" t="n">
+        <v>45853.0</v>
+      </c>
+      <c r="E18" t="s">
+        <v>93</v>
+      </c>
       <c r="F18" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H18" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="I18" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J18"/>
+        <v>16</v>
+      </c>
+      <c r="J18" t="s">
+        <v>46</v>
+      </c>
       <c r="K18" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>18.0</v>
       </c>
       <c r="B19" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C19" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-      <c r="E19" t="s">
         <v>96</v>
       </c>
+      <c r="D19"/>
+      <c r="E19"/>
       <c r="F19" t="s">
         <v>97</v>
       </c>
       <c r="G19" t="s">
         <v>98</v>
       </c>
       <c r="H19" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="I19" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="J19"/>
       <c r="K19" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>19.0</v>
       </c>
       <c r="B20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" t="s">
         <v>100</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="n">
+        <v>45812.0</v>
+      </c>
+      <c r="E20" t="s">
         <v>101</v>
       </c>
-      <c r="D20"/>
-      <c r="E20"/>
       <c r="F20" t="s">
         <v>102</v>
       </c>
       <c r="G20" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H20" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I20" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J20"/>
+        <v>16</v>
+      </c>
+      <c r="J20" t="s">
+        <v>46</v>
+      </c>
       <c r="K20" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>20.0</v>
       </c>
       <c r="B21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C21" t="s">
-        <v>105</v>
-[...4 lines deleted...]
-      <c r="E21" t="s">
         <v>106</v>
       </c>
+      <c r="D21"/>
+      <c r="E21"/>
       <c r="F21" t="s">
         <v>107</v>
       </c>
       <c r="G21" t="s">
+        <v>106</v>
+      </c>
+      <c r="H21" t="s">
         <v>108</v>
       </c>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I21" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="J21"/>
       <c r="K21" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>21.0</v>
       </c>
       <c r="B22" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" t="s">
         <v>110</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="n">
+        <v>45707.0</v>
+      </c>
+      <c r="E22" t="s">
         <v>111</v>
       </c>
-      <c r="D22"/>
-      <c r="E22"/>
       <c r="F22" t="s">
         <v>112</v>
       </c>
       <c r="G22" t="s">
         <v>113</v>
       </c>
       <c r="H22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="J22"/>
+        <v>114</v>
+      </c>
+      <c r="I22" t="s">
+        <v>16</v>
+      </c>
+      <c r="J22" t="s">
+        <v>46</v>
+      </c>
       <c r="K22" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>22.0</v>
       </c>
       <c r="B23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C23" t="s">
-        <v>115</v>
-[...4 lines deleted...]
-      <c r="E23" t="s">
         <v>116</v>
       </c>
+      <c r="D23"/>
+      <c r="E23"/>
       <c r="F23" t="s">
         <v>117</v>
       </c>
       <c r="G23" t="s">
         <v>118</v>
       </c>
       <c r="H23" t="s">
-        <v>119</v>
-[...6 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23"/>
       <c r="K23" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>23.0</v>
       </c>
       <c r="B24" t="s">
+        <v>119</v>
+      </c>
+      <c r="C24" t="s">
         <v>120</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="E24" t="s">
         <v>121</v>
       </c>
-      <c r="D24"/>
-      <c r="E24"/>
       <c r="F24" t="s">
         <v>122</v>
       </c>
       <c r="G24" t="s">
         <v>123</v>
       </c>
       <c r="H24" t="s">
         <v>124</v>
       </c>
       <c r="I24" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J24"/>
+        <v>16</v>
+      </c>
+      <c r="J24" t="s">
+        <v>46</v>
+      </c>
       <c r="K24" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>24.0</v>
       </c>
       <c r="B25" t="s">
         <v>125</v>
       </c>
       <c r="C25" t="s">
         <v>126</v>
       </c>
-      <c r="D25" t="n">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="D25"/>
+      <c r="E25"/>
+      <c r="F25" t="s">
         <v>127</v>
       </c>
-      <c r="F25" t="s">
+      <c r="G25" t="s">
         <v>128</v>
       </c>
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>129</v>
       </c>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I25" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="J25"/>
       <c r="K25" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>25.0</v>
       </c>
       <c r="B26" t="s">
+        <v>130</v>
+      </c>
+      <c r="C26" t="s">
         <v>131</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="n">
+        <v>45321.0</v>
+      </c>
+      <c r="E26" t="s">
         <v>132</v>
       </c>
-      <c r="D26"/>
-      <c r="E26"/>
       <c r="F26" t="s">
         <v>133</v>
       </c>
       <c r="G26" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H26" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I26" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J26"/>
+        <v>16</v>
+      </c>
+      <c r="J26" t="s">
+        <v>46</v>
+      </c>
       <c r="K26" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>26.0</v>
       </c>
       <c r="B27" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C27" t="s">
-        <v>136</v>
-[...4 lines deleted...]
-      <c r="E27" t="s">
         <v>137</v>
       </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27" t="s">
         <v>138</v>
       </c>
       <c r="G27" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H27" t="s">
         <v>139</v>
       </c>
       <c r="I27" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="J27"/>
       <c r="K27" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>27.0</v>
       </c>
       <c r="B28" t="s">
         <v>140</v>
       </c>
       <c r="C28" t="s">
         <v>141</v>
       </c>
-      <c r="D28"/>
-      <c r="E28"/>
+      <c r="D28" t="n">
+        <v>45296.0</v>
+      </c>
+      <c r="E28" t="s">
+        <v>142</v>
+      </c>
       <c r="F28" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G28" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="H28" t="s">
         <v>144</v>
       </c>
       <c r="I28" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J28"/>
+        <v>16</v>
+      </c>
+      <c r="J28" t="s">
+        <v>46</v>
+      </c>
       <c r="K28" t="s">
-        <v>145</v>
+        <v>46</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>28.0</v>
       </c>
       <c r="B29" t="s">
+        <v>145</v>
+      </c>
+      <c r="C29" t="s">
         <v>146</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29"/>
+      <c r="E29"/>
+      <c r="F29" t="s">
         <v>147</v>
       </c>
-      <c r="D29" t="n">
-[...2 lines deleted...]
-      <c r="E29" t="s">
+      <c r="G29" t="s">
         <v>148</v>
       </c>
-      <c r="F29" t="s">
+      <c r="H29" t="s">
         <v>149</v>
       </c>
-      <c r="G29" t="s">
-[...2 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
+        <v>16</v>
+      </c>
+      <c r="J29"/>
+      <c r="K29" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>29.0</v>
       </c>
       <c r="B30" t="s">
         <v>151</v>
       </c>
       <c r="C30" t="s">
         <v>152</v>
       </c>
       <c r="D30" t="n">
-        <v>45205.0</v>
+        <v>45281.0</v>
       </c>
       <c r="E30" t="s">
         <v>153</v>
       </c>
       <c r="F30" t="s">
         <v>154</v>
       </c>
       <c r="G30" t="s">
+        <v>152</v>
+      </c>
+      <c r="H30" t="s">
         <v>155</v>
       </c>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I30" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J30" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K30" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>30.0</v>
       </c>
       <c r="B31" t="s">
+        <v>156</v>
+      </c>
+      <c r="C31" t="s">
         <v>157</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="n">
+        <v>45205.0</v>
+      </c>
+      <c r="E31" t="s">
         <v>158</v>
       </c>
-      <c r="D31" t="n">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>159</v>
       </c>
-      <c r="F31" t="s">
+      <c r="G31" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="H31" t="s">
         <v>161</v>
       </c>
       <c r="I31" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J31" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K31" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>31.0</v>
       </c>
       <c r="B32" t="s">
         <v>162</v>
       </c>
       <c r="C32" t="s">
         <v>163</v>
       </c>
       <c r="D32" t="n">
         <v>45145.0</v>
       </c>
       <c r="E32" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F32" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="G32" t="s">
         <v>163</v>
       </c>
       <c r="H32" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I32" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J32" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K32" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>32.0</v>
       </c>
       <c r="B33" t="s">
+        <v>167</v>
+      </c>
+      <c r="C33" t="s">
+        <v>168</v>
+      </c>
+      <c r="D33" t="n">
+        <v>45145.0</v>
+      </c>
+      <c r="E33" t="s">
+        <v>164</v>
+      </c>
+      <c r="F33" t="s">
         <v>165</v>
       </c>
-      <c r="C33" t="s">
-[...8 lines deleted...]
-      <c r="F33" t="s">
+      <c r="G33" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="H33" t="s">
         <v>169</v>
       </c>
       <c r="I33" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J33" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K33" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>33.0</v>
       </c>
       <c r="B34" t="s">
         <v>170</v>
       </c>
       <c r="C34" t="s">
         <v>171</v>
       </c>
       <c r="D34" t="n">
-        <v>45065.0</v>
+        <v>45104.0</v>
       </c>
       <c r="E34" t="s">
         <v>172</v>
       </c>
       <c r="F34" t="s">
         <v>173</v>
       </c>
       <c r="G34" t="s">
+        <v>171</v>
+      </c>
+      <c r="H34" t="s">
         <v>174</v>
       </c>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J34" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K34" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>34.0</v>
       </c>
       <c r="B35" t="s">
+        <v>175</v>
+      </c>
+      <c r="C35" t="s">
         <v>176</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="n">
+        <v>45065.0</v>
+      </c>
+      <c r="E35" t="s">
         <v>177</v>
       </c>
-      <c r="D35" t="n">
-[...2 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>178</v>
       </c>
-      <c r="F35" t="s">
+      <c r="G35" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="H35" t="s">
         <v>180</v>
       </c>
       <c r="I35" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J35" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K35" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>35.0</v>
       </c>
       <c r="B36" t="s">
         <v>181</v>
       </c>
       <c r="C36" t="s">
         <v>182</v>
       </c>
       <c r="D36" t="n">
-        <v>44774.0</v>
+        <v>44993.0</v>
       </c>
       <c r="E36" t="s">
         <v>183</v>
       </c>
       <c r="F36" t="s">
         <v>184</v>
       </c>
       <c r="G36" t="s">
         <v>182</v>
       </c>
       <c r="H36" t="s">
         <v>185</v>
       </c>
       <c r="I36" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J36" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K36" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>36.0</v>
       </c>
       <c r="B37" t="s">
         <v>186</v>
       </c>
       <c r="C37" t="s">
         <v>187</v>
       </c>
-      <c r="D37"/>
-      <c r="E37"/>
+      <c r="D37" t="n">
+        <v>44774.0</v>
+      </c>
+      <c r="E37" t="s">
+        <v>188</v>
+      </c>
       <c r="F37" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G37" t="s">
         <v>187</v>
       </c>
       <c r="H37" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="I37" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J37"/>
+        <v>16</v>
+      </c>
+      <c r="J37" t="s">
+        <v>46</v>
+      </c>
       <c r="K37" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>37.0</v>
       </c>
       <c r="B38" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C38" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
+        <v>193</v>
+      </c>
+      <c r="G38" t="s">
         <v>192</v>
       </c>
-      <c r="G38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H38" t="s">
-        <v>109</v>
+        <v>194</v>
       </c>
       <c r="I38" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C39" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
-      <c r="F39"/>
+      <c r="F39" t="s">
+        <v>197</v>
+      </c>
       <c r="G39" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H39" t="s">
-        <v>195</v>
+        <v>114</v>
       </c>
       <c r="I39" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J39"/>
       <c r="K39" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>39.0</v>
       </c>
       <c r="B40" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C40" t="s">
-        <v>197</v>
-[...7 lines deleted...]
-      <c r="F40" t="s">
         <v>199</v>
       </c>
+      <c r="D40"/>
+      <c r="E40"/>
+      <c r="F40"/>
       <c r="G40" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="H40" t="s">
         <v>200</v>
       </c>
-      <c r="I40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I40" t="s">
+        <v>16</v>
+      </c>
+      <c r="J40"/>
       <c r="K40" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>40.0</v>
       </c>
       <c r="B41" t="s">
         <v>201</v>
       </c>
       <c r="C41" t="s">
         <v>202</v>
       </c>
-      <c r="D41"/>
-      <c r="E41"/>
+      <c r="D41" t="n">
+        <v>44403.0</v>
+      </c>
+      <c r="E41" t="s">
+        <v>203</v>
+      </c>
       <c r="F41" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G41" t="s">
         <v>202</v>
       </c>
       <c r="H41" t="s">
-        <v>139</v>
-[...4 lines deleted...]
-      <c r="J41"/>
+        <v>205</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>46</v>
+      </c>
       <c r="K41" t="s">
-        <v>204</v>
+        <v>46</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>41.0</v>
       </c>
       <c r="B42" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C42" t="s">
-        <v>206</v>
-[...4 lines deleted...]
-      <c r="E42" t="s">
         <v>207</v>
       </c>
+      <c r="D42"/>
+      <c r="E42"/>
       <c r="F42" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="G42" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H42" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="I42" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="J42"/>
       <c r="K42" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>42.0</v>
       </c>
       <c r="B43" t="s">
+        <v>209</v>
+      </c>
+      <c r="C43" t="s">
+        <v>210</v>
+      </c>
+      <c r="D43" t="n">
+        <v>44342.0</v>
+      </c>
+      <c r="E43" t="s">
+        <v>211</v>
+      </c>
+      <c r="F43" t="s">
         <v>208</v>
       </c>
-      <c r="C43" t="s">
-[...4 lines deleted...]
-      <c r="F43" t="s">
+      <c r="G43" t="s">
         <v>210</v>
       </c>
-      <c r="G43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" t="s">
-        <v>212</v>
+        <v>144</v>
       </c>
       <c r="I43" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="J43"/>
+        <v>16</v>
+      </c>
+      <c r="J43" t="s">
+        <v>46</v>
+      </c>
       <c r="K43" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>43.0</v>
       </c>
       <c r="B44" t="s">
+        <v>212</v>
+      </c>
+      <c r="C44" t="s">
         <v>213</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44"/>
+      <c r="E44"/>
+      <c r="F44" t="s">
         <v>214</v>
       </c>
-      <c r="D44" t="n">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="G44" t="s">
         <v>215</v>
       </c>
-      <c r="F44" t="s">
+      <c r="H44" t="s">
         <v>216</v>
       </c>
-      <c r="G44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I44" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="J44"/>
       <c r="K44" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>44.0</v>
       </c>
       <c r="B45" t="s">
         <v>217</v>
       </c>
       <c r="C45" t="s">
         <v>218</v>
       </c>
       <c r="D45" t="n">
-        <v>44169.0</v>
+        <v>44174.0</v>
       </c>
       <c r="E45" t="s">
         <v>219</v>
       </c>
       <c r="F45" t="s">
         <v>220</v>
       </c>
       <c r="G45" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="H45" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="I45" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J45" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K45" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
+        <v>221</v>
+      </c>
+      <c r="C46" t="s">
+        <v>222</v>
+      </c>
+      <c r="D46" t="n">
+        <v>44169.0</v>
+      </c>
+      <c r="E46" t="s">
         <v>223</v>
       </c>
-      <c r="C46" t="s">
+      <c r="F46" t="s">
         <v>224</v>
       </c>
-      <c r="D46"/>
-[...1 lines deleted...]
-      <c r="F46" t="s">
+      <c r="G46" t="s">
         <v>225</v>
       </c>
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>226</v>
       </c>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I46" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J46"/>
+        <v>16</v>
+      </c>
+      <c r="J46" t="s">
+        <v>46</v>
+      </c>
       <c r="K46" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>46.0</v>
       </c>
       <c r="B47" t="s">
         <v>227</v>
       </c>
       <c r="C47" t="s">
         <v>228</v>
       </c>
-      <c r="D47" t="n">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="D47"/>
+      <c r="E47"/>
+      <c r="F47" t="s">
         <v>229</v>
       </c>
-      <c r="F47" t="s">
+      <c r="G47" t="s">
         <v>230</v>
       </c>
-      <c r="G47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H47" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
       <c r="I47" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="J47"/>
       <c r="K47" t="s">
-        <v>233</v>
+        <v>61</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>47.0</v>
       </c>
       <c r="B48" t="s">
+        <v>231</v>
+      </c>
+      <c r="C48" t="s">
+        <v>232</v>
+      </c>
+      <c r="D48" t="n">
+        <v>44117.0</v>
+      </c>
+      <c r="E48" t="s">
+        <v>233</v>
+      </c>
+      <c r="F48" t="s">
         <v>234</v>
       </c>
-      <c r="C48" t="s">
+      <c r="G48" t="s">
         <v>235</v>
       </c>
-      <c r="D48" t="n">
-[...2 lines deleted...]
-      <c r="E48" t="s">
+      <c r="H48" t="s">
         <v>236</v>
       </c>
-      <c r="F48" t="s">
+      <c r="I48" t="s">
+        <v>16</v>
+      </c>
+      <c r="J48" t="s">
         <v>237</v>
       </c>
-      <c r="G48" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K48" t="s">
-        <v>2</v>
+        <v>237</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>48.0</v>
       </c>
       <c r="B49" t="s">
+        <v>238</v>
+      </c>
+      <c r="C49" t="s">
+        <v>239</v>
+      </c>
+      <c r="D49" t="n">
+        <v>44575.0</v>
+      </c>
+      <c r="E49" t="s">
         <v>240</v>
       </c>
-      <c r="C49" t="s">
+      <c r="F49" t="s">
         <v>241</v>
       </c>
-      <c r="D49"/>
-[...1 lines deleted...]
-      <c r="F49" t="s">
+      <c r="G49" t="s">
         <v>242</v>
       </c>
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>243</v>
       </c>
-      <c r="H49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I49" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J49"/>
+        <v>16</v>
+      </c>
+      <c r="J49" t="s">
+        <v>237</v>
+      </c>
       <c r="K49" t="s">
-        <v>56</v>
+        <v>2</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>49.0</v>
       </c>
       <c r="B50" t="s">
         <v>244</v>
       </c>
       <c r="C50" t="s">
         <v>245</v>
       </c>
-      <c r="D50" t="n">
-[...2 lines deleted...]
-      <c r="E50" t="s">
+      <c r="D50"/>
+      <c r="E50"/>
+      <c r="F50" t="s">
         <v>246</v>
       </c>
-      <c r="F50" t="s">
+      <c r="G50" t="s">
         <v>247</v>
       </c>
-      <c r="G50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H50" t="s">
-        <v>175</v>
+        <v>32</v>
       </c>
       <c r="I50" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="J50"/>
       <c r="K50" t="s">
-        <v>233</v>
+        <v>61</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
         <v>248</v>
       </c>
       <c r="C51" t="s">
         <v>249</v>
       </c>
-      <c r="D51"/>
-      <c r="E51"/>
+      <c r="D51" t="n">
+        <v>43838.0</v>
+      </c>
+      <c r="E51" t="s">
+        <v>250</v>
+      </c>
       <c r="F51" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G51" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="H51" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="J51"/>
+        <v>180</v>
+      </c>
+      <c r="I51" t="s">
+        <v>16</v>
+      </c>
+      <c r="J51" t="s">
+        <v>46</v>
+      </c>
       <c r="K51" t="s">
-        <v>145</v>
+        <v>237</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>