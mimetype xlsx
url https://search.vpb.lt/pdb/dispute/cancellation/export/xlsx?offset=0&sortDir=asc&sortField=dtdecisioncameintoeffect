--- v0 (2026-01-28)
+++ v1 (2026-03-18)
@@ -587,75 +587,75 @@
   <si>
     <t>PPNZ-23</t>
   </si>
   <si>
     <t>2006 1636</t>
   </si>
   <si>
     <t>BUTAUTŲ DVARO</t>
   </si>
   <si>
     <t>55017</t>
   </si>
   <si>
     <t>PPNZ-5</t>
   </si>
   <si>
     <t>2008 2411</t>
   </si>
   <si>
     <t>Inkariukai</t>
   </si>
   <si>
     <t>60769</t>
   </si>
   <si>
+    <t>PPNZ-21</t>
+  </si>
+  <si>
+    <t>2018 0319</t>
+  </si>
+  <si>
+    <t>Stumbro Starka. Čia nėra vietos švelnumui.</t>
+  </si>
+  <si>
+    <t>78758</t>
+  </si>
+  <si>
     <t>PPNZ-33</t>
   </si>
   <si>
     <t>2007 0436</t>
   </si>
   <si>
     <t>UVIC</t>
   </si>
   <si>
     <t>56508</t>
   </si>
   <si>
     <t>16, 29, 30, 35</t>
-  </si>
-[...10 lines deleted...]
-    <t>78758</t>
   </si>
   <si>
     <t>PPNZ-1</t>
   </si>
   <si>
     <t>2015 0232</t>
   </si>
   <si>
     <t>VIDERAL</t>
   </si>
   <si>
     <t>72516</t>
   </si>
   <si>
     <t>PPTZ-7</t>
   </si>
   <si>
     <t>431407</t>
   </si>
   <si>
     <t>HELIXOR</t>
   </si>
   <si>
     <t>PPTZ-16</t>
   </si>
@@ -2040,87 +2040,87 @@
       </c>
       <c r="J36"/>
       <c r="K36" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>36.0</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>195</v>
       </c>
       <c r="G37" t="s">
         <v>196</v>
       </c>
       <c r="H37" t="s">
-        <v>197</v>
+        <v>125</v>
       </c>
       <c r="I37" t="s">
         <v>17</v>
       </c>
       <c r="J37"/>
       <c r="K37" t="s">
-        <v>172</v>
+        <v>146</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>37.0</v>
       </c>
       <c r="B38" t="s">
+        <v>197</v>
+      </c>
+      <c r="C38" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
+        <v>199</v>
+      </c>
+      <c r="G38" t="s">
         <v>200</v>
       </c>
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="I38" t="s">
         <v>17</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
         <v>202</v>
       </c>
       <c r="C39" t="s">
         <v>203</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>204</v>
       </c>
       <c r="G39" t="s">
         <v>205</v>
       </c>
       <c r="H39" t="s">
         <v>107</v>
       </c>
       <c r="I39"/>
       <c r="J39"/>
@@ -2449,45 +2449,45 @@
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
         <v>248</v>
       </c>
       <c r="C51" t="s">
         <v>249</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>250</v>
       </c>
       <c r="G51" t="s">
         <v>251</v>
       </c>
       <c r="H51" t="s">
         <v>252</v>
       </c>
       <c r="I51" t="s">
         <v>152</v>
       </c>
       <c r="J51"/>
       <c r="K51" t="s">
-        <v>172</v>
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>