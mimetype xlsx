--- v0 (2026-01-28)
+++ v1 (2026-03-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="412" uniqueCount="252">
   <si>
     <t>Eilės Nr</t>
   </si>
   <si>
     <t>Prašymo numeris</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Paraiškos numeris</t>
   </si>
   <si>
     <t>Sprendimo data</t>
   </si>
   <si>
     <t>Sprendimo numeris</t>
   </si>
   <si>
     <t>Ginčijamas ženklas</t>
   </si>
   <si>
     <t>Registracijos numeris</t>
   </si>
   <si>
@@ -416,50 +416,53 @@
   <si>
     <t>37, 39</t>
   </si>
   <si>
     <t>Prašymą atmesti</t>
   </si>
   <si>
     <t>PPNZ-30</t>
   </si>
   <si>
     <t>2020 1020</t>
   </si>
   <si>
     <t>Marijampolės cukrus</t>
   </si>
   <si>
     <t>87085</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>24 str. Panaikinimas ženklui tapus bendriniu pavadinimu arba klaidinančia nuoroda</t>
   </si>
   <si>
+    <t>Sustabdytas</t>
+  </si>
+  <si>
     <t>PPNZ-31</t>
   </si>
   <si>
     <t>2018 2639</t>
   </si>
   <si>
     <t>BOLD BRANDS</t>
   </si>
   <si>
     <t>80528</t>
   </si>
   <si>
     <t>PPNZ-32</t>
   </si>
   <si>
     <t>2019 0832</t>
   </si>
   <si>
     <t>FORUS</t>
   </si>
   <si>
     <t>81698</t>
   </si>
   <si>
     <t>PPNZ-33</t>
@@ -677,138 +680,132 @@
   <si>
     <t>PPTZ-16</t>
   </si>
   <si>
     <t>966766</t>
   </si>
   <si>
     <t>VIKING VIKING</t>
   </si>
   <si>
     <t>9, 25</t>
   </si>
   <si>
     <t>PPTZ-17</t>
   </si>
   <si>
     <t>1466470</t>
   </si>
   <si>
     <t>Sendo</t>
   </si>
   <si>
     <t>3, 35</t>
   </si>
   <si>
+    <t>PPTZ-18</t>
+  </si>
+  <si>
+    <t>1542963</t>
+  </si>
+  <si>
+    <t>By Vixi</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>PPTZ-2</t>
   </si>
   <si>
     <t>752247</t>
   </si>
   <si>
     <t>2Ap-2121</t>
   </si>
   <si>
     <t>LEXUS</t>
   </si>
   <si>
     <t>PPTZ-3</t>
   </si>
   <si>
     <t>841773C</t>
   </si>
   <si>
     <t>2Ap-2152</t>
   </si>
   <si>
     <t>AZZARO</t>
   </si>
   <si>
     <t>PPTZ-4</t>
   </si>
   <si>
     <t>841773A</t>
   </si>
   <si>
-    <t>Sustabdytas</t>
-[...1 lines deleted...]
-  <si>
     <t>PPTZ-5</t>
   </si>
   <si>
     <t>945837</t>
   </si>
   <si>
     <t>2Ap-2161</t>
   </si>
   <si>
     <t>PEPCO</t>
   </si>
   <si>
     <t>PPTZ-6</t>
   </si>
   <si>
     <t>775799</t>
   </si>
   <si>
     <t>9, 16, 35, 38, 41</t>
   </si>
   <si>
     <t>PPTZ-7</t>
   </si>
   <si>
     <t>431407</t>
   </si>
   <si>
     <t>HELIXOR</t>
   </si>
   <si>
     <t>PPTZ-8</t>
   </si>
   <si>
     <t>1288399</t>
   </si>
   <si>
     <t>LOEWE</t>
   </si>
   <si>
     <t>7, 8, 11, 21</t>
-  </si>
-[...13 lines deleted...]
-    <t>3, 5, 8, 9, 11, 16, 18, 20, 21, 23, 24, 25, 26, 28, 29, 30, 32, 33, 35, 43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1609,885 +1606,879 @@
       <c r="A25" t="n">
         <v>24.0</v>
       </c>
       <c r="B25" t="s">
         <v>130</v>
       </c>
       <c r="C25" t="s">
         <v>131</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>132</v>
       </c>
       <c r="G25" t="s">
         <v>133</v>
       </c>
       <c r="H25" t="s">
         <v>134</v>
       </c>
       <c r="I25" t="s">
         <v>135</v>
       </c>
       <c r="J25"/>
       <c r="K25" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>25.0</v>
       </c>
       <c r="B26" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H26" t="s">
         <v>78</v>
       </c>
       <c r="I26" t="s">
         <v>23</v>
       </c>
       <c r="J26"/>
       <c r="K26" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>26.0</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H27" t="s">
         <v>48</v>
       </c>
       <c r="I27" t="s">
         <v>23</v>
       </c>
       <c r="J27"/>
       <c r="K27" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>27.0</v>
       </c>
       <c r="B28" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C28" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I28" t="s">
         <v>23</v>
       </c>
       <c r="J28"/>
       <c r="K28" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>28.0</v>
       </c>
       <c r="B29" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C29" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D29" t="n">
         <v>44117.0</v>
       </c>
       <c r="E29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I29" t="s">
         <v>23</v>
       </c>
       <c r="J29" t="s">
         <v>129</v>
       </c>
       <c r="K29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>29.0</v>
       </c>
       <c r="B30" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C30" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I30" t="s">
         <v>23</v>
       </c>
       <c r="J30"/>
       <c r="K30" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>30.0</v>
       </c>
       <c r="B31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D31" t="n">
         <v>44169.0</v>
       </c>
       <c r="E31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I31" t="s">
         <v>23</v>
       </c>
       <c r="J31" t="s">
         <v>30</v>
       </c>
       <c r="K31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>31.0</v>
       </c>
       <c r="B32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I32" t="s">
         <v>135</v>
       </c>
       <c r="J32"/>
       <c r="K32" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>32.0</v>
       </c>
       <c r="B33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D33" t="n">
         <v>45065.0</v>
       </c>
       <c r="E33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G33" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I33" t="s">
         <v>23</v>
       </c>
       <c r="J33" t="s">
         <v>30</v>
       </c>
       <c r="K33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>33.0</v>
       </c>
       <c r="B34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D34" t="n">
         <v>45205.0</v>
       </c>
       <c r="E34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F34" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G34" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H34" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I34" t="s">
         <v>23</v>
       </c>
       <c r="J34" t="s">
         <v>30</v>
       </c>
       <c r="K34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>34.0</v>
       </c>
       <c r="B35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D35" t="n">
         <v>43838.0</v>
       </c>
       <c r="E35" t="s">
+        <v>186</v>
+      </c>
+      <c r="F35" t="s">
+        <v>187</v>
+      </c>
+      <c r="G35" t="s">
         <v>185</v>
       </c>
-      <c r="F35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H35" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I35" t="s">
         <v>23</v>
       </c>
       <c r="J35" t="s">
         <v>30</v>
       </c>
       <c r="K35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>35.0</v>
       </c>
       <c r="B36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D36" t="n">
         <v>44993.0</v>
       </c>
       <c r="E36" t="s">
+        <v>190</v>
+      </c>
+      <c r="F36" t="s">
+        <v>191</v>
+      </c>
+      <c r="G36" t="s">
         <v>189</v>
       </c>
-      <c r="F36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I36" t="s">
         <v>23</v>
       </c>
       <c r="J36" t="s">
         <v>30</v>
       </c>
       <c r="K36" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>36.0</v>
       </c>
       <c r="B37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D37" t="n">
         <v>45104.0</v>
       </c>
       <c r="E37" t="s">
+        <v>195</v>
+      </c>
+      <c r="F37" t="s">
+        <v>196</v>
+      </c>
+      <c r="G37" t="s">
         <v>194</v>
       </c>
-      <c r="F37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I37" t="s">
         <v>23</v>
       </c>
       <c r="J37" t="s">
         <v>30</v>
       </c>
       <c r="K37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>37.0</v>
       </c>
       <c r="B38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D38" t="n">
         <v>45145.0</v>
       </c>
       <c r="E38" t="s">
+        <v>200</v>
+      </c>
+      <c r="F38" t="s">
+        <v>201</v>
+      </c>
+      <c r="G38" t="s">
         <v>199</v>
       </c>
-      <c r="F38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I38" t="s">
         <v>23</v>
       </c>
       <c r="J38" t="s">
         <v>30</v>
       </c>
       <c r="K38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D39" t="n">
         <v>45145.0</v>
       </c>
       <c r="E39" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F39" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>23</v>
       </c>
       <c r="J39" t="s">
         <v>30</v>
       </c>
       <c r="K39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>39.0</v>
       </c>
       <c r="B40" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D40" t="n">
         <v>45281.0</v>
       </c>
       <c r="E40" t="s">
+        <v>208</v>
+      </c>
+      <c r="F40" t="s">
+        <v>209</v>
+      </c>
+      <c r="G40" t="s">
         <v>207</v>
       </c>
-      <c r="F40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I40" t="s">
         <v>23</v>
       </c>
       <c r="J40" t="s">
         <v>30</v>
       </c>
       <c r="K40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>40.0</v>
       </c>
       <c r="B41" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D41" t="n">
         <v>45296.0</v>
       </c>
       <c r="E41" t="s">
+        <v>213</v>
+      </c>
+      <c r="F41" t="s">
+        <v>214</v>
+      </c>
+      <c r="G41" t="s">
         <v>212</v>
       </c>
-      <c r="F41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I41" t="s">
         <v>23</v>
       </c>
       <c r="J41" t="s">
         <v>30</v>
       </c>
       <c r="K41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>41.0</v>
       </c>
       <c r="B42" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C42" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
+        <v>218</v>
+      </c>
+      <c r="G42" t="s">
         <v>217</v>
       </c>
-      <c r="G42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H42" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I42" t="s">
         <v>23</v>
       </c>
       <c r="J42"/>
       <c r="K42" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>42.0</v>
       </c>
       <c r="B43" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C43" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
+        <v>222</v>
+      </c>
+      <c r="G43" t="s">
         <v>221</v>
       </c>
-      <c r="G43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="I43" t="s">
         <v>23</v>
       </c>
       <c r="J43"/>
       <c r="K43" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>43.0</v>
       </c>
       <c r="B44" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C44" t="s">
-        <v>224</v>
-[...4 lines deleted...]
-      <c r="E44" t="s">
         <v>225</v>
       </c>
+      <c r="D44"/>
+      <c r="E44"/>
       <c r="F44" t="s">
         <v>226</v>
       </c>
       <c r="G44" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H44" t="s">
-        <v>159</v>
+        <v>227</v>
       </c>
       <c r="I44" t="s">
         <v>23</v>
       </c>
-      <c r="J44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J44"/>
       <c r="K44" t="s">
-        <v>31</v>
+        <v>113</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>44.0</v>
       </c>
       <c r="B45" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C45" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D45" t="n">
-        <v>44342.0</v>
+        <v>44174.0</v>
       </c>
       <c r="E45" t="s">
+        <v>230</v>
+      </c>
+      <c r="F45" t="s">
+        <v>231</v>
+      </c>
+      <c r="G45" t="s">
         <v>229</v>
       </c>
-      <c r="F45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H45" t="s">
-        <v>214</v>
+        <v>160</v>
       </c>
       <c r="I45" t="s">
         <v>23</v>
       </c>
       <c r="J45" t="s">
         <v>30</v>
       </c>
       <c r="K45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C46" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-      <c r="E46"/>
+        <v>233</v>
+      </c>
+      <c r="D46" t="n">
+        <v>44342.0</v>
+      </c>
+      <c r="E46" t="s">
+        <v>234</v>
+      </c>
       <c r="F46" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="G46" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H46" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I46" t="s">
         <v>23</v>
       </c>
-      <c r="J46"/>
+      <c r="J46" t="s">
+        <v>30</v>
+      </c>
       <c r="K46" t="s">
-        <v>233</v>
+        <v>31</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>46.0</v>
       </c>
       <c r="B47" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C47" t="s">
+        <v>237</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47"/>
+      <c r="F47" t="s">
         <v>235</v>
       </c>
-      <c r="D47" t="n">
-[...5 lines deleted...]
-      <c r="F47" t="s">
+      <c r="G47" t="s">
         <v>237</v>
       </c>
-      <c r="G47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H47" t="s">
-        <v>159</v>
-[...4 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="I47" t="s">
+        <v>23</v>
+      </c>
+      <c r="J47"/>
       <c r="K47" t="s">
-        <v>31</v>
+        <v>136</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>47.0</v>
       </c>
       <c r="B48" t="s">
         <v>238</v>
       </c>
       <c r="C48" t="s">
         <v>239</v>
       </c>
-      <c r="D48"/>
-[...1 lines deleted...]
-      <c r="F48"/>
+      <c r="D48" t="n">
+        <v>44403.0</v>
+      </c>
+      <c r="E48" t="s">
+        <v>240</v>
+      </c>
+      <c r="F48" t="s">
+        <v>241</v>
+      </c>
       <c r="G48" t="s">
         <v>239</v>
       </c>
       <c r="H48" t="s">
-        <v>240</v>
-[...4 lines deleted...]
-      <c r="J48"/>
+        <v>160</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>30</v>
+      </c>
       <c r="K48" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>48.0</v>
       </c>
       <c r="B49" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C49" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
-      <c r="F49" t="s">
+      <c r="F49"/>
+      <c r="G49" t="s">
         <v>243</v>
       </c>
-      <c r="G49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H49" t="s">
-        <v>16</v>
+        <v>244</v>
       </c>
       <c r="I49" t="s">
         <v>23</v>
       </c>
       <c r="J49"/>
       <c r="K49" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>49.0</v>
       </c>
       <c r="B50" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C50" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
+        <v>247</v>
+      </c>
+      <c r="G50" t="s">
         <v>246</v>
       </c>
-      <c r="G50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H50" t="s">
-        <v>247</v>
+        <v>16</v>
       </c>
       <c r="I50" t="s">
         <v>23</v>
       </c>
       <c r="J50"/>
       <c r="K50" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
         <v>248</v>
       </c>
       <c r="C51" t="s">
         <v>249</v>
       </c>
-      <c r="D51" t="n">
-[...2 lines deleted...]
-      <c r="E51" t="s">
+      <c r="D51"/>
+      <c r="E51"/>
+      <c r="F51" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="G51" t="s">
         <v>249</v>
       </c>
       <c r="H51" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="I51" t="s">
         <v>23</v>
       </c>
-      <c r="J51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J51"/>
       <c r="K51" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>