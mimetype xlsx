--- v0 (2026-01-28)
+++ v1 (2026-03-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="412" uniqueCount="254">
   <si>
     <t>Eilės Nr</t>
   </si>
   <si>
     <t>Prašymo numeris</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Paraiškos numeris</t>
   </si>
   <si>
     <t>Sprendimo data</t>
   </si>
   <si>
     <t>Sprendimo numeris</t>
   </si>
   <si>
     <t>Ginčijamas ženklas</t>
   </si>
   <si>
     <t>Registracijos numeris</t>
   </si>
   <si>
@@ -266,86 +266,86 @@
   <si>
     <t>HELIXOR</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PPNZ-30</t>
   </si>
   <si>
     <t>2020 1020</t>
   </si>
   <si>
     <t>Marijampolės cukrus</t>
   </si>
   <si>
     <t>87085</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>24 str. Panaikinimas ženklui tapus bendriniu pavadinimu arba klaidinančia nuoroda</t>
   </si>
   <si>
+    <t>PPNZ-16</t>
+  </si>
+  <si>
+    <t>2019 0888</t>
+  </si>
+  <si>
+    <t>2Ap-2393</t>
+  </si>
+  <si>
+    <t>HOUSE MAKERS</t>
+  </si>
+  <si>
+    <t>81738</t>
+  </si>
+  <si>
+    <t>37, 42</t>
+  </si>
+  <si>
+    <t>PPNZ-32</t>
+  </si>
+  <si>
+    <t>2019 0832</t>
+  </si>
+  <si>
+    <t>FORUS</t>
+  </si>
+  <si>
+    <t>81698</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
     <t>Priimtas</t>
   </si>
   <si>
-    <t>PPNZ-16</t>
-[...31 lines deleted...]
-  <si>
     <t>PPNZ-14</t>
   </si>
   <si>
     <t>2018 2692</t>
   </si>
   <si>
     <t>10 TILTŲ KAVINĖ</t>
   </si>
   <si>
     <t>80846</t>
   </si>
   <si>
     <t>PPNZ-31</t>
   </si>
   <si>
     <t>2018 2639</t>
   </si>
   <si>
     <t>BOLD BRANDS</t>
   </si>
   <si>
     <t>80528</t>
   </si>
   <si>
     <t>PPNZ-12</t>
@@ -689,50 +689,62 @@
   <si>
     <t>2002 1351</t>
   </si>
   <si>
     <t>2Ap-2398</t>
   </si>
   <si>
     <t>47203</t>
   </si>
   <si>
     <t>PPNZ-15</t>
   </si>
   <si>
     <t>2002 0474</t>
   </si>
   <si>
     <t>2Ap-2373</t>
   </si>
   <si>
     <t>Lactrase</t>
   </si>
   <si>
     <t>46231</t>
   </si>
   <si>
+    <t>PPTZ-18</t>
+  </si>
+  <si>
+    <t>1542963</t>
+  </si>
+  <si>
+    <t>By Vixi</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>PPTZ-17</t>
   </si>
   <si>
     <t>1466470</t>
   </si>
   <si>
     <t>Sendo</t>
   </si>
   <si>
     <t>3, 35</t>
   </si>
   <si>
     <t>PPTZ-8</t>
   </si>
   <si>
     <t>1288399</t>
   </si>
   <si>
     <t>LOEWE</t>
   </si>
   <si>
     <t>7, 8, 11, 21</t>
   </si>
   <si>
     <t>PPTZ-13</t>
@@ -756,59 +768,50 @@
     <t>1186526</t>
   </si>
   <si>
     <t>2Ap-2271</t>
   </si>
   <si>
     <t>AYONA</t>
   </si>
   <si>
     <t>5, 9, 14, 16, 18, 20, 21, 24, 25, 28, 35, 36, 37, 38, 39, 41, 42, 43, 44, 45</t>
   </si>
   <si>
     <t>PPTZ-11</t>
   </si>
   <si>
     <t>1185523</t>
   </si>
   <si>
     <t>2Ap-2290</t>
   </si>
   <si>
     <t>vivre</t>
   </si>
   <si>
     <t>35, 42</t>
-  </si>
-[...7 lines deleted...]
-    <t>7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1342,171 +1345,171 @@
       <c r="A16" t="n">
         <v>15.0</v>
       </c>
       <c r="B16" t="s">
         <v>80</v>
       </c>
       <c r="C16" t="s">
         <v>81</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>82</v>
       </c>
       <c r="G16" t="s">
         <v>83</v>
       </c>
       <c r="H16" t="s">
         <v>84</v>
       </c>
       <c r="I16" t="s">
         <v>85</v>
       </c>
       <c r="J16"/>
       <c r="K16" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>16.0</v>
       </c>
       <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D17" t="n">
         <v>45812.0</v>
       </c>
       <c r="E17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" t="s">
         <v>89</v>
       </c>
-      <c r="F17" t="s">
+      <c r="G17" t="s">
         <v>90</v>
       </c>
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="I17" t="s">
         <v>16</v>
       </c>
       <c r="J17" t="s">
         <v>41</v>
       </c>
       <c r="K17" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>17.0</v>
       </c>
       <c r="B18" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
+        <v>94</v>
+      </c>
+      <c r="G18" t="s">
         <v>95</v>
       </c>
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="I18" t="s">
         <v>16</v>
       </c>
       <c r="J18"/>
       <c r="K18" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>18.0</v>
       </c>
       <c r="B19" t="s">
         <v>98</v>
       </c>
       <c r="C19" t="s">
         <v>99</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>100</v>
       </c>
       <c r="G19" t="s">
         <v>101</v>
       </c>
       <c r="H19" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="I19"/>
       <c r="J19"/>
       <c r="K19" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>19.0</v>
       </c>
       <c r="B20" t="s">
         <v>102</v>
       </c>
       <c r="C20" t="s">
         <v>103</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>104</v>
       </c>
       <c r="G20" t="s">
         <v>105</v>
       </c>
       <c r="H20" t="s">
         <v>22</v>
       </c>
       <c r="I20" t="s">
         <v>16</v>
       </c>
       <c r="J20"/>
       <c r="K20" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>20.0</v>
       </c>
       <c r="B21" t="s">
         <v>106</v>
       </c>
       <c r="C21" t="s">
         <v>107</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>108</v>
       </c>
       <c r="G21" t="s">
         <v>109</v>
       </c>
       <c r="H21" t="s">
         <v>110</v>
       </c>
       <c r="I21" t="s">
         <v>16</v>
@@ -1762,51 +1765,51 @@
       <c r="A30" t="n">
         <v>29.0</v>
       </c>
       <c r="B30" t="s">
         <v>150</v>
       </c>
       <c r="C30" t="s">
         <v>151</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>152</v>
       </c>
       <c r="G30" t="s">
         <v>153</v>
       </c>
       <c r="H30" t="s">
         <v>154</v>
       </c>
       <c r="I30" t="s">
         <v>16</v>
       </c>
       <c r="J30"/>
       <c r="K30" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>30.0</v>
       </c>
       <c r="B31" t="s">
         <v>155</v>
       </c>
       <c r="C31" t="s">
         <v>156</v>
       </c>
       <c r="D31" t="n">
         <v>45321.0</v>
       </c>
       <c r="E31" t="s">
         <v>157</v>
       </c>
       <c r="F31" t="s">
         <v>158</v>
       </c>
       <c r="G31" t="s">
         <v>159</v>
       </c>
       <c r="H31" t="s">
@@ -1855,51 +1858,51 @@
       <c r="A33" t="n">
         <v>32.0</v>
       </c>
       <c r="B33" t="s">
         <v>166</v>
       </c>
       <c r="C33" t="s">
         <v>167</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>168</v>
       </c>
       <c r="G33" t="s">
         <v>169</v>
       </c>
       <c r="H33" t="s">
         <v>154</v>
       </c>
       <c r="I33" t="s">
         <v>16</v>
       </c>
       <c r="J33"/>
       <c r="K33" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>33.0</v>
       </c>
       <c r="B34" t="s">
         <v>170</v>
       </c>
       <c r="C34" t="s">
         <v>171</v>
       </c>
       <c r="D34" t="n">
         <v>46035.0</v>
       </c>
       <c r="E34" t="s">
         <v>172</v>
       </c>
       <c r="F34" t="s">
         <v>173</v>
       </c>
       <c r="G34" t="s">
         <v>174</v>
       </c>
       <c r="H34" t="s">
@@ -2012,51 +2015,51 @@
       <c r="A38" t="n">
         <v>37.0</v>
       </c>
       <c r="B38" t="s">
         <v>189</v>
       </c>
       <c r="C38" t="s">
         <v>190</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" t="s">
         <v>192</v>
       </c>
       <c r="H38" t="s">
         <v>193</v>
       </c>
       <c r="I38" t="s">
         <v>16</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
         <v>194</v>
       </c>
       <c r="C39" t="s">
         <v>195</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>138</v>
       </c>
       <c r="G39" t="s">
         <v>196</v>
       </c>
       <c r="H39" t="s">
         <v>129</v>
       </c>
       <c r="I39" t="s">
         <v>16</v>
@@ -2280,211 +2283,205 @@
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>229</v>
       </c>
       <c r="G46" t="s">
         <v>228</v>
       </c>
       <c r="H46" t="s">
         <v>230</v>
       </c>
       <c r="I46" t="s">
         <v>16</v>
       </c>
       <c r="J46"/>
       <c r="K46" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>46.0</v>
       </c>
       <c r="B47" t="s">
         <v>231</v>
       </c>
       <c r="C47" t="s">
         <v>232</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>233</v>
       </c>
       <c r="G47" t="s">
         <v>232</v>
       </c>
       <c r="H47" t="s">
         <v>234</v>
       </c>
       <c r="I47" t="s">
         <v>16</v>
       </c>
       <c r="J47"/>
       <c r="K47" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>47.0</v>
       </c>
       <c r="B48" t="s">
         <v>235</v>
       </c>
       <c r="C48" t="s">
         <v>236</v>
       </c>
-      <c r="D48" t="n">
-[...2 lines deleted...]
-      <c r="E48" t="s">
+      <c r="D48"/>
+      <c r="E48"/>
+      <c r="F48" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="G48" t="s">
         <v>236</v>
       </c>
       <c r="H48" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="I48" t="s">
         <v>16</v>
       </c>
-      <c r="J48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J48"/>
       <c r="K48" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>48.0</v>
       </c>
       <c r="B49" t="s">
+        <v>239</v>
+      </c>
+      <c r="C49" t="s">
         <v>240</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="n">
+        <v>45145.0</v>
+      </c>
+      <c r="E49" t="s">
         <v>241</v>
       </c>
-      <c r="D49" t="n">
-[...2 lines deleted...]
-      <c r="E49" t="s">
+      <c r="F49" t="s">
         <v>242</v>
       </c>
-      <c r="F49" t="s">
+      <c r="G49" t="s">
+        <v>240</v>
+      </c>
+      <c r="H49" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="I49" t="s">
         <v>16</v>
       </c>
       <c r="J49" t="s">
         <v>41</v>
       </c>
       <c r="K49" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>49.0</v>
       </c>
       <c r="B50" t="s">
+        <v>244</v>
+      </c>
+      <c r="C50" t="s">
         <v>245</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="n">
+        <v>44993.0</v>
+      </c>
+      <c r="E50" t="s">
         <v>246</v>
       </c>
-      <c r="D50" t="n">
-[...2 lines deleted...]
-      <c r="E50" t="s">
+      <c r="F50" t="s">
         <v>247</v>
       </c>
-      <c r="F50" t="s">
+      <c r="G50" t="s">
+        <v>245</v>
+      </c>
+      <c r="H50" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
       <c r="I50" t="s">
         <v>16</v>
       </c>
       <c r="J50" t="s">
         <v>41</v>
       </c>
       <c r="K50" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
+        <v>249</v>
+      </c>
+      <c r="C51" t="s">
         <v>250</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="n">
+        <v>45104.0</v>
+      </c>
+      <c r="E51" t="s">
         <v>251</v>
       </c>
-      <c r="D51" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
       <c r="G51" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="H51" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I51" t="s">
         <v>16</v>
       </c>
       <c r="J51" t="s">
         <v>41</v>
       </c>
       <c r="K51" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>