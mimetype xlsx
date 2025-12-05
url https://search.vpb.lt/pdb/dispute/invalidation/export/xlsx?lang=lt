--- v0 (2025-10-03)
+++ v1 (2025-12-05)
@@ -6,229 +6,295 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="418" uniqueCount="281">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="282">
   <si>
     <t>Eilės Nr</t>
   </si>
   <si>
     <t>Prašymo numeris</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Paraiškos numeris</t>
   </si>
   <si>
     <t>Sprendimo data</t>
   </si>
   <si>
     <t>Sprendimo numeris</t>
   </si>
   <si>
     <t>Ginčijamas ženklas</t>
   </si>
   <si>
     <t>Registracijos numeris</t>
   </si>
   <si>
     <t>Prekių ir paslaugų indeksas</t>
   </si>
   <si>
     <t>Teisinis pagrindas</t>
   </si>
   <si>
     <t>Sprendimas</t>
   </si>
   <si>
     <t>Prašymo statusas</t>
   </si>
   <si>
+    <t>PNNZ-66</t>
+  </si>
+  <si>
+    <t>2024 0252</t>
+  </si>
+  <si>
+    <t>ARMADURA</t>
+  </si>
+  <si>
+    <t>91291</t>
+  </si>
+  <si>
+    <t>1, 5</t>
+  </si>
+  <si>
+    <t>7.3</t>
+  </si>
+  <si>
+    <t>Priimtas</t>
+  </si>
+  <si>
+    <t>PNNZ-65</t>
+  </si>
+  <si>
+    <t>2020 1020</t>
+  </si>
+  <si>
+    <t>Marijampolės cukrus</t>
+  </si>
+  <si>
+    <t>87085</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>7.3, 7.1.7</t>
+  </si>
+  <si>
+    <t>PNNZ-64</t>
+  </si>
+  <si>
+    <t>2021 0820</t>
+  </si>
+  <si>
+    <t>gobold</t>
+  </si>
+  <si>
+    <t>85461</t>
+  </si>
+  <si>
+    <t>35, 41</t>
+  </si>
+  <si>
+    <t>8.1.2</t>
+  </si>
+  <si>
+    <t>Sustabdytas</t>
+  </si>
+  <si>
+    <t>PNNZ-63</t>
+  </si>
+  <si>
+    <t>2024 2392</t>
+  </si>
+  <si>
+    <t>Memorija</t>
+  </si>
+  <si>
+    <t>93185</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>8.1.5(d)</t>
+  </si>
+  <si>
     <t>PNNZ-62</t>
   </si>
   <si>
     <t>2024 2426</t>
   </si>
   <si>
+    <t>2Ap-2413</t>
+  </si>
+  <si>
     <t>Go Mix</t>
   </si>
   <si>
     <t>93215</t>
   </si>
   <si>
     <t>21, 30, 32, 35</t>
   </si>
   <si>
-    <t>8.1.2</t>
-[...2 lines deleted...]
-    <t>Priimtas</t>
+    <t>Prašymą tenkinti</t>
+  </si>
+  <si>
+    <t>Išnagrinėtas</t>
   </si>
   <si>
     <t>PNNZ-61</t>
   </si>
   <si>
     <t>2024 1244</t>
   </si>
   <si>
     <t>FORTIS</t>
   </si>
   <si>
     <t>92080</t>
   </si>
   <si>
     <t>6, 7, 8, 9</t>
   </si>
   <si>
     <t>PNNZ-60</t>
   </si>
   <si>
     <t>2019 0040</t>
   </si>
   <si>
     <t>IŠMINTIS IŠ GAMTOS Starka TRADICINĖ AUTENTIŠKA RECEPTŪRA</t>
   </si>
   <si>
     <t>81071</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>Sustabdytas</t>
-[...1 lines deleted...]
-  <si>
     <t>PNNZ-59</t>
   </si>
   <si>
     <t>2015 1621</t>
   </si>
   <si>
     <t>Stumbro STARKA</t>
   </si>
   <si>
     <t>73395</t>
   </si>
   <si>
     <t>PNTZ-8</t>
   </si>
   <si>
     <t>1753200</t>
   </si>
   <si>
     <t>2Ap-2397</t>
   </si>
   <si>
     <t>BARCLAYS</t>
   </si>
   <si>
-    <t>Prašymą tenkinti</t>
-[...4 lines deleted...]
-  <si>
     <t>PNNZ-58</t>
   </si>
   <si>
     <t>2023 0929</t>
   </si>
   <si>
     <t>EPSOG</t>
   </si>
   <si>
     <t>89681</t>
   </si>
   <si>
     <t>35, 36, 38, 41, 42, 45</t>
   </si>
   <si>
     <t>8.1.2, 8.1.3</t>
   </si>
   <si>
     <t>Nutrauktas</t>
   </si>
   <si>
     <t>PNNZ-57</t>
   </si>
   <si>
     <t>2021 0732</t>
   </si>
   <si>
     <t>Knygų dama</t>
   </si>
   <si>
     <t>85403</t>
   </si>
   <si>
-    <t>35, 41</t>
-[...1 lines deleted...]
-  <si>
     <t>8.1.5(a), 7.3</t>
   </si>
   <si>
     <t>PNNZ-56</t>
   </si>
   <si>
     <t>2023 1674</t>
   </si>
   <si>
     <t>ELEKTRĖNŲ VERSMĖ FUTBOLO KLUBAS 2013</t>
   </si>
   <si>
     <t>90339</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>7.3</t>
-[...1 lines deleted...]
-  <si>
     <t>PNNZ-55</t>
   </si>
   <si>
     <t>2023 2343</t>
   </si>
   <si>
     <t>BRO</t>
   </si>
   <si>
     <t>90993</t>
   </si>
   <si>
     <t>9, 12, 35, 37, 41</t>
   </si>
   <si>
     <t>PNNZ-54</t>
   </si>
   <si>
     <t>2024 0478</t>
   </si>
   <si>
     <t>2Ap-2403</t>
   </si>
   <si>
     <t>9 DANGUJE</t>
@@ -275,74 +341,74 @@
   <si>
     <t>PNNZ-52</t>
   </si>
   <si>
     <t>2020 1720</t>
   </si>
   <si>
     <t>2Ap-2387</t>
   </si>
   <si>
     <t>YUTIKA</t>
   </si>
   <si>
     <t>84333</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PNNZ-51</t>
   </si>
   <si>
     <t>2021 1985</t>
   </si>
   <si>
+    <t>2Ap-2410</t>
+  </si>
+  <si>
     <t>FLAMBO</t>
   </si>
   <si>
     <t>86465</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PNTZ-6</t>
   </si>
   <si>
     <t>1716399</t>
   </si>
   <si>
     <t>2Ap-2346</t>
   </si>
   <si>
     <t>MAGIA</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>PNNZ-50</t>
   </si>
   <si>
     <t>2022 0271</t>
   </si>
   <si>
     <t>2Ap-2384</t>
   </si>
   <si>
     <t>ONETECH</t>
   </si>
   <si>
     <t>87474</t>
   </si>
   <si>
     <t>3, 6, 7, 11, 35, 42</t>
   </si>
   <si>
     <t>PNNZ-49</t>
   </si>
   <si>
     <t>2023 0794</t>
   </si>
   <si>
     <t>KAUKAZO</t>
@@ -786,113 +852,50 @@
     <t>2020 1712</t>
   </si>
   <si>
     <t>RAMBO NOIR alc. 12% ORIGINAL BIERE FORTE</t>
   </si>
   <si>
     <t>84329</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>8.1.1, 8.1.2, 8.1.3</t>
   </si>
   <si>
     <t>PNNZ-20</t>
   </si>
   <si>
     <t>2021 0014</t>
   </si>
   <si>
     <t>RAMBO</t>
   </si>
   <si>
     <t>84796</t>
-  </si>
-[...61 lines deleted...]
-    <t>7.1.2, 7.1.3, 7.1.4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1001,1589 +1004,1591 @@
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>2.0</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="J3"/>
       <c r="K3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>3.0</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>4.0</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="I5" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="J5"/>
       <c r="K5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>5.0</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D6" t="n">
-        <v>45842.0</v>
+        <v>45972.0</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="G6" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="H6" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="I6" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="J6" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K6" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>6.0</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="I7" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>7.0</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G8" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>8.0</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9" t="s">
         <v>55</v>
       </c>
-      <c r="G9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>9.0</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="E10"/>
+        <v>61</v>
+      </c>
+      <c r="D10" t="n">
+        <v>45842.0</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
       <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
         <v>61</v>
       </c>
-      <c r="G10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H10" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="J10"/>
+        <v>30</v>
+      </c>
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
       <c r="K10" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>10.0</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
       <c r="C11" t="s">
         <v>65</v>
       </c>
-      <c r="D11" t="n">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="D11"/>
+      <c r="E11"/>
+      <c r="F11" t="s">
         <v>66</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>67</v>
       </c>
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>68</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I11" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="J11" t="s">
         <v>69</v>
       </c>
+      <c r="J11"/>
       <c r="K11" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>11.0</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C12" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="E12" t="s">
         <v>72</v>
       </c>
+      <c r="D12"/>
+      <c r="E12"/>
       <c r="F12" t="s">
         <v>73</v>
       </c>
       <c r="G12" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="H12" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="I12" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="J12"/>
       <c r="K12" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>12.0</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C13" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-      <c r="E13" t="s">
         <v>77</v>
       </c>
+      <c r="D13"/>
+      <c r="E13"/>
       <c r="F13" t="s">
         <v>78</v>
       </c>
       <c r="G13" t="s">
         <v>79</v>
       </c>
       <c r="H13" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="J13"/>
       <c r="K13" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>13.0</v>
       </c>
       <c r="B14" t="s">
         <v>81</v>
       </c>
       <c r="C14" t="s">
         <v>82</v>
       </c>
-      <c r="D14" t="n">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="D14"/>
+      <c r="E14"/>
+      <c r="F14" t="s">
         <v>83</v>
       </c>
-      <c r="F14" t="s">
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
-      <c r="J14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J14"/>
       <c r="K14" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>14.0</v>
       </c>
       <c r="B15" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" t="s">
         <v>87</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="n">
+        <v>45868.0</v>
+      </c>
+      <c r="E15" t="s">
         <v>88</v>
       </c>
-      <c r="D15"/>
-      <c r="E15"/>
       <c r="F15" t="s">
         <v>89</v>
       </c>
       <c r="G15" t="s">
         <v>90</v>
       </c>
       <c r="H15" t="s">
+        <v>80</v>
+      </c>
+      <c r="I15" t="s">
+        <v>17</v>
+      </c>
+      <c r="J15" t="s">
         <v>91</v>
       </c>
-      <c r="I15" t="s">
-[...2 lines deleted...]
-      <c r="J15"/>
       <c r="K15" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>15.0</v>
       </c>
       <c r="B16" t="s">
         <v>92</v>
       </c>
       <c r="C16" t="s">
         <v>93</v>
       </c>
       <c r="D16" t="n">
-        <v>45503.0</v>
+        <v>45742.0</v>
       </c>
       <c r="E16" t="s">
         <v>94</v>
       </c>
       <c r="F16" t="s">
         <v>95</v>
       </c>
       <c r="G16" t="s">
         <v>93</v>
       </c>
       <c r="H16" t="s">
         <v>96</v>
       </c>
       <c r="I16" t="s">
+        <v>30</v>
+      </c>
+      <c r="J16" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>16.0</v>
       </c>
       <c r="B17" t="s">
         <v>97</v>
       </c>
       <c r="C17" t="s">
         <v>98</v>
       </c>
       <c r="D17" t="n">
-        <v>45749.0</v>
+        <v>45777.0</v>
       </c>
       <c r="E17" t="s">
         <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>100</v>
       </c>
       <c r="G17" t="s">
         <v>101</v>
       </c>
       <c r="H17" t="s">
+        <v>80</v>
+      </c>
+      <c r="I17" t="s">
         <v>102</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="K17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>17.0</v>
       </c>
       <c r="B18" t="s">
         <v>103</v>
       </c>
       <c r="C18" t="s">
         <v>104</v>
       </c>
-      <c r="D18"/>
-      <c r="E18"/>
+      <c r="D18" t="n">
+        <v>45765.0</v>
+      </c>
+      <c r="E18" t="s">
+        <v>105</v>
+      </c>
       <c r="F18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I18" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="J18"/>
+        <v>30</v>
+      </c>
+      <c r="J18" t="s">
+        <v>44</v>
+      </c>
       <c r="K18" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>18.0</v>
       </c>
       <c r="B19" t="s">
         <v>109</v>
       </c>
       <c r="C19" t="s">
         <v>110</v>
       </c>
-      <c r="D19"/>
-      <c r="E19"/>
+      <c r="D19" t="n">
+        <v>45945.0</v>
+      </c>
+      <c r="E19" t="s">
+        <v>111</v>
+      </c>
       <c r="F19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H19" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="J19"/>
+        <v>114</v>
+      </c>
+      <c r="I19" t="s">
+        <v>17</v>
+      </c>
+      <c r="J19" t="s">
+        <v>44</v>
+      </c>
       <c r="K19" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>19.0</v>
       </c>
       <c r="B20" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-      <c r="E20"/>
+        <v>116</v>
+      </c>
+      <c r="D20" t="n">
+        <v>45503.0</v>
+      </c>
+      <c r="E20" t="s">
+        <v>117</v>
+      </c>
       <c r="F20" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G20" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="H20" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="J20"/>
+        <v>23</v>
+      </c>
+      <c r="I20" t="s">
+        <v>69</v>
+      </c>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
       <c r="K20" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>20.0</v>
       </c>
       <c r="B21" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C21" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-      <c r="E21"/>
+        <v>120</v>
+      </c>
+      <c r="D21" t="n">
+        <v>45749.0</v>
+      </c>
+      <c r="E21" t="s">
+        <v>121</v>
+      </c>
       <c r="F21" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="G21" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="H21" t="s">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="I21" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="J21"/>
+        <v>30</v>
+      </c>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
       <c r="K21" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>21.0</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C22" t="s">
-        <v>121</v>
-[...6 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22"/>
       <c r="F22" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="G22" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H22" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="I22" t="s">
+        <v>130</v>
+      </c>
+      <c r="J22"/>
       <c r="K22" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>22.0</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C23" t="s">
-        <v>127</v>
-[...6 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23"/>
       <c r="F23" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="G23" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="H23" t="s">
-        <v>131</v>
-[...6 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23"/>
       <c r="K23" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>23.0</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C24" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
+        <v>133</v>
+      </c>
+      <c r="G24" t="s">
+        <v>134</v>
+      </c>
+      <c r="H24" t="s">
         <v>135</v>
       </c>
-      <c r="G24" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24"/>
       <c r="K24" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>24.0</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C25" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
+        <v>139</v>
+      </c>
+      <c r="G25" t="s">
+        <v>140</v>
+      </c>
+      <c r="H25" t="s">
+        <v>129</v>
+      </c>
+      <c r="I25" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
       <c r="J25"/>
       <c r="K25" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>25.0</v>
       </c>
       <c r="B26" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" t="s">
+        <v>143</v>
+      </c>
+      <c r="D26" t="n">
+        <v>45740.0</v>
+      </c>
+      <c r="E26" t="s">
         <v>144</v>
       </c>
-      <c r="C26" t="s">
+      <c r="F26" t="s">
         <v>145</v>
       </c>
-      <c r="D26"/>
-[...1 lines deleted...]
-      <c r="F26" t="s">
+      <c r="G26" t="s">
         <v>146</v>
       </c>
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>147</v>
       </c>
-      <c r="H26" t="s">
-[...5 lines deleted...]
-      <c r="J26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>44</v>
+      </c>
       <c r="K26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>26.0</v>
       </c>
       <c r="B27" t="s">
         <v>148</v>
       </c>
       <c r="C27" t="s">
         <v>149</v>
       </c>
-      <c r="D27"/>
-      <c r="E27"/>
+      <c r="D27" t="n">
+        <v>45614.0</v>
+      </c>
+      <c r="E27" t="s">
+        <v>150</v>
+      </c>
       <c r="F27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G27" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I27" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="J27"/>
+        <v>30</v>
+      </c>
+      <c r="J27" t="s">
+        <v>154</v>
+      </c>
       <c r="K27" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>27.0</v>
       </c>
       <c r="B28" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C28" t="s">
-        <v>154</v>
-[...6 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28"/>
       <c r="F28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G28" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I28" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="J28"/>
       <c r="K28" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>28.0</v>
       </c>
       <c r="B29" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C29" t="s">
-        <v>160</v>
-[...6 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29"/>
       <c r="F29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H29" t="s">
-        <v>91</v>
+        <v>165</v>
       </c>
       <c r="I29" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="J29"/>
       <c r="K29" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>29.0</v>
       </c>
       <c r="B30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C30" t="s">
-        <v>165</v>
-[...6 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30"/>
       <c r="F30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H30" t="s">
-        <v>91</v>
+        <v>147</v>
       </c>
       <c r="I30" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="J30"/>
       <c r="K30" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>30.0</v>
       </c>
       <c r="B31" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C31" t="s">
-        <v>170</v>
-[...4 lines deleted...]
-      <c r="E31" t="s">
         <v>171</v>
       </c>
+      <c r="D31"/>
+      <c r="E31"/>
       <c r="F31" t="s">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="G31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H31" t="s">
-        <v>102</v>
+        <v>174</v>
       </c>
       <c r="I31" t="s">
         <v>17</v>
       </c>
-      <c r="J31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J31"/>
       <c r="K31" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>31.0</v>
       </c>
       <c r="B32" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C32" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D32" t="n">
-        <v>45370.0</v>
+        <v>45329.0</v>
       </c>
       <c r="E32" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F32" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G32" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H32" t="s">
-        <v>91</v>
+        <v>180</v>
       </c>
       <c r="I32" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="J32" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K32" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>32.0</v>
       </c>
       <c r="B33" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C33" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D33" t="n">
-        <v>45169.0</v>
+        <v>45329.0</v>
       </c>
       <c r="E33" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F33" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="G33" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="H33" t="s">
-        <v>183</v>
+        <v>114</v>
       </c>
       <c r="I33" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J33" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="K33" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>33.0</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C34" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D34" t="n">
-        <v>45198.0</v>
+        <v>45329.0</v>
       </c>
       <c r="E34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G34" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H34" t="s">
-        <v>190</v>
+        <v>114</v>
       </c>
       <c r="I34" t="s">
-        <v>191</v>
+        <v>17</v>
       </c>
       <c r="J34" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="K34" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>34.0</v>
       </c>
       <c r="B35" t="s">
+        <v>191</v>
+      </c>
+      <c r="C35" t="s">
         <v>192</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="n">
+        <v>45180.0</v>
+      </c>
+      <c r="E35" t="s">
         <v>193</v>
       </c>
-      <c r="D35" t="n">
-[...2 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>122</v>
+      </c>
+      <c r="G35" t="s">
         <v>194</v>
       </c>
-      <c r="F35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H35" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="I35" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="J35" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K35" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>35.0</v>
       </c>
       <c r="B36" t="s">
+        <v>195</v>
+      </c>
+      <c r="C36" t="s">
+        <v>196</v>
+      </c>
+      <c r="D36" t="n">
+        <v>45370.0</v>
+      </c>
+      <c r="E36" t="s">
         <v>197</v>
       </c>
-      <c r="C36" t="s">
-[...3 lines deleted...]
-      <c r="E36"/>
       <c r="F36" t="s">
-        <v>111</v>
+        <v>198</v>
       </c>
       <c r="G36" t="s">
-        <v>112</v>
+        <v>199</v>
       </c>
       <c r="H36" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I36" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="J36"/>
+        <v>160</v>
+      </c>
+      <c r="J36" t="s">
+        <v>44</v>
+      </c>
       <c r="K36" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>36.0</v>
       </c>
       <c r="B37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D37" t="n">
-        <v>44949.0</v>
+        <v>45169.0</v>
       </c>
       <c r="E37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F37" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G37" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H37" t="s">
-        <v>96</v>
+        <v>205</v>
       </c>
       <c r="I37" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="J37" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="K37" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>37.0</v>
       </c>
       <c r="B38" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C38" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D38" t="n">
-        <v>45170.0</v>
+        <v>45198.0</v>
       </c>
       <c r="E38" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="F38" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G38" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H38" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="I38" t="s">
-        <v>58</v>
+        <v>213</v>
       </c>
       <c r="J38" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="K38" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C39" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D39" t="n">
-        <v>44854.0</v>
+        <v>45086.0</v>
       </c>
       <c r="E39" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F39" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G39" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="H39" t="s">
-        <v>216</v>
+        <v>80</v>
       </c>
       <c r="I39" t="s">
         <v>17</v>
       </c>
       <c r="J39" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K39" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>39.0</v>
       </c>
       <c r="B40" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C40" t="s">
-        <v>218</v>
-[...6 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40"/>
       <c r="F40" t="s">
+        <v>133</v>
+      </c>
+      <c r="G40" t="s">
+        <v>134</v>
+      </c>
+      <c r="H40" t="s">
+        <v>135</v>
+      </c>
+      <c r="I40" t="s">
         <v>220</v>
       </c>
-      <c r="G40" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="J40"/>
       <c r="K40" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>40.0</v>
       </c>
       <c r="B41" t="s">
+        <v>221</v>
+      </c>
+      <c r="C41" t="s">
         <v>222</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="n">
+        <v>44949.0</v>
+      </c>
+      <c r="E41" t="s">
         <v>223</v>
       </c>
-      <c r="D41"/>
-      <c r="E41"/>
       <c r="F41" t="s">
         <v>224</v>
       </c>
       <c r="G41" t="s">
         <v>225</v>
       </c>
       <c r="H41" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="I41" t="s">
         <v>226</v>
       </c>
-      <c r="J41"/>
+      <c r="J41" t="s">
+        <v>44</v>
+      </c>
       <c r="K41" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>41.0</v>
       </c>
       <c r="B42" t="s">
         <v>227</v>
       </c>
       <c r="C42" t="s">
         <v>228</v>
       </c>
       <c r="D42" t="n">
-        <v>45169.0</v>
+        <v>45170.0</v>
       </c>
       <c r="E42" t="s">
         <v>229</v>
       </c>
       <c r="F42" t="s">
         <v>230</v>
       </c>
       <c r="G42" t="s">
         <v>231</v>
       </c>
       <c r="H42" t="s">
         <v>232</v>
       </c>
       <c r="I42" t="s">
         <v>17</v>
       </c>
       <c r="J42" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="K42" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>42.0</v>
       </c>
       <c r="B43" t="s">
         <v>233</v>
       </c>
       <c r="C43" t="s">
         <v>234</v>
       </c>
       <c r="D43" t="n">
-        <v>45005.0</v>
+        <v>44854.0</v>
       </c>
       <c r="E43" t="s">
         <v>235</v>
       </c>
       <c r="F43" t="s">
         <v>236</v>
       </c>
       <c r="G43" t="s">
         <v>237</v>
       </c>
       <c r="H43" t="s">
-        <v>91</v>
+        <v>238</v>
       </c>
       <c r="I43" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="J43" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K43" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>43.0</v>
       </c>
       <c r="B44" t="s">
         <v>239</v>
       </c>
       <c r="C44" t="s">
         <v>240</v>
       </c>
       <c r="D44" t="n">
-        <v>44743.0</v>
+        <v>44854.0</v>
       </c>
       <c r="E44" t="s">
         <v>241</v>
       </c>
       <c r="F44" t="s">
         <v>242</v>
       </c>
       <c r="G44" t="s">
         <v>243</v>
       </c>
       <c r="H44" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="I44" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="J44" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K44" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>44.0</v>
       </c>
       <c r="B45" t="s">
+        <v>244</v>
+      </c>
+      <c r="C45" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
+        <v>246</v>
+      </c>
+      <c r="G45" t="s">
         <v>247</v>
       </c>
-      <c r="G45" t="s">
+      <c r="H45" t="s">
+        <v>80</v>
+      </c>
+      <c r="I45" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
       <c r="J45"/>
       <c r="K45" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
+        <v>249</v>
+      </c>
+      <c r="C46" t="s">
         <v>250</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="n">
+        <v>45169.0</v>
+      </c>
+      <c r="E46" t="s">
         <v>251</v>
       </c>
-      <c r="D46"/>
-      <c r="E46"/>
       <c r="F46" t="s">
         <v>252</v>
       </c>
       <c r="G46" t="s">
         <v>253</v>
       </c>
       <c r="H46" t="s">
         <v>254</v>
       </c>
       <c r="I46" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="J46"/>
+        <v>30</v>
+      </c>
+      <c r="J46" t="s">
+        <v>154</v>
+      </c>
       <c r="K46" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>46.0</v>
       </c>
       <c r="B47" t="s">
+        <v>255</v>
+      </c>
+      <c r="C47" t="s">
         <v>256</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="n">
+        <v>45005.0</v>
+      </c>
+      <c r="E47" t="s">
         <v>257</v>
       </c>
-      <c r="D47"/>
-      <c r="E47"/>
       <c r="F47" t="s">
         <v>258</v>
       </c>
       <c r="G47" t="s">
         <v>259</v>
       </c>
       <c r="H47" t="s">
-        <v>254</v>
+        <v>114</v>
       </c>
       <c r="I47" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="J47"/>
+        <v>260</v>
+      </c>
+      <c r="J47" t="s">
+        <v>44</v>
+      </c>
       <c r="K47" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>47.0</v>
       </c>
       <c r="B48" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C48" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-      <c r="E48"/>
+        <v>262</v>
+      </c>
+      <c r="D48" t="n">
+        <v>44743.0</v>
+      </c>
+      <c r="E48" t="s">
+        <v>263</v>
+      </c>
       <c r="F48" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="G48" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="H48" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="I48" t="s">
         <v>17</v>
       </c>
-      <c r="J48"/>
+      <c r="J48" t="s">
+        <v>44</v>
+      </c>
       <c r="K48" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>48.0</v>
       </c>
       <c r="B49" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C49" t="s">
-        <v>266</v>
-[...7 lines deleted...]
-      <c r="F49"/>
+        <v>268</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49"/>
+      <c r="F49" t="s">
+        <v>269</v>
+      </c>
       <c r="G49" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="H49" t="s">
-        <v>268</v>
+        <v>238</v>
       </c>
       <c r="I49" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="J49"/>
       <c r="K49" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>49.0</v>
       </c>
       <c r="B50" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C50" t="s">
-        <v>270</v>
-[...6 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="D50"/>
+      <c r="E50"/>
       <c r="F50" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G50" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H50" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="I50" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="J50"/>
       <c r="K50" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C51" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
+        <v>280</v>
+      </c>
+      <c r="G51" t="s">
+        <v>281</v>
+      </c>
+      <c r="H51" t="s">
+        <v>276</v>
+      </c>
+      <c r="I51" t="s">
         <v>277</v>
-      </c>
-[...7 lines deleted...]
-        <v>280</v>
       </c>
       <c r="J51"/>
       <c r="K51" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>