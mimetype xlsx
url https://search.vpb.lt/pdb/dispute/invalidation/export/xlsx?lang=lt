--- v1 (2025-12-05)
+++ v2 (2026-01-28)
@@ -6,145 +6,166 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="279">
   <si>
     <t>Eilės Nr</t>
   </si>
   <si>
     <t>Prašymo numeris</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Paraiškos numeris</t>
   </si>
   <si>
     <t>Sprendimo data</t>
   </si>
   <si>
     <t>Sprendimo numeris</t>
   </si>
   <si>
     <t>Ginčijamas ženklas</t>
   </si>
   <si>
     <t>Registracijos numeris</t>
   </si>
   <si>
     <t>Prekių ir paslaugų indeksas</t>
   </si>
   <si>
     <t>Teisinis pagrindas</t>
   </si>
   <si>
     <t>Sprendimas</t>
   </si>
   <si>
     <t>Prašymo statusas</t>
   </si>
   <si>
+    <t>PNNZ-68</t>
+  </si>
+  <si>
+    <t>2024 2143</t>
+  </si>
+  <si>
+    <t>BROLIŲ TAUTKŲ RONDO</t>
+  </si>
+  <si>
+    <t>92965</t>
+  </si>
+  <si>
+    <t>35, 41</t>
+  </si>
+  <si>
+    <t>8.1.2</t>
+  </si>
+  <si>
+    <t>Priimtas</t>
+  </si>
+  <si>
+    <t>PNNZ-67</t>
+  </si>
+  <si>
+    <t>2024 2142</t>
+  </si>
+  <si>
+    <t>92964</t>
+  </si>
+  <si>
     <t>PNNZ-66</t>
   </si>
   <si>
     <t>2024 0252</t>
   </si>
   <si>
     <t>ARMADURA</t>
   </si>
   <si>
     <t>91291</t>
   </si>
   <si>
     <t>1, 5</t>
   </si>
   <si>
     <t>7.3</t>
   </si>
   <si>
-    <t>Priimtas</t>
-[...1 lines deleted...]
-  <si>
     <t>PNNZ-65</t>
   </si>
   <si>
     <t>2020 1020</t>
   </si>
   <si>
     <t>Marijampolės cukrus</t>
   </si>
   <si>
     <t>87085</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>7.3, 7.1.7</t>
   </si>
   <si>
     <t>PNNZ-64</t>
   </si>
   <si>
     <t>2021 0820</t>
   </si>
   <si>
     <t>gobold</t>
   </si>
   <si>
     <t>85461</t>
   </si>
   <si>
-    <t>35, 41</t>
-[...4 lines deleted...]
-  <si>
     <t>Sustabdytas</t>
   </si>
   <si>
     <t>PNNZ-63</t>
   </si>
   <si>
     <t>2024 2392</t>
   </si>
   <si>
     <t>Memorija</t>
   </si>
   <si>
     <t>93185</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>8.1.5(d)</t>
   </si>
   <si>
     <t>PNNZ-62</t>
   </si>
   <si>
     <t>2024 2426</t>
@@ -822,80 +843,50 @@
     <t>2Ap-2227</t>
   </si>
   <si>
     <t>WOODLAND</t>
   </si>
   <si>
     <t>84246</t>
   </si>
   <si>
     <t>7, 35</t>
   </si>
   <si>
     <t>PNNZ-22</t>
   </si>
   <si>
     <t>2015 1015</t>
   </si>
   <si>
     <t>Valstiečių laikraštis</t>
   </si>
   <si>
     <t>73154</t>
   </si>
   <si>
     <t>8.1.1</t>
-  </si>
-[...28 lines deleted...]
-    <t>84796</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -995,1600 +986,1600 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2"/>
       <c r="K2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>2.0</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="J3"/>
       <c r="K3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>3.0</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>4.0</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="J5"/>
       <c r="K5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>5.0</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6"/>
+      <c r="F6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J6"/>
+      <c r="K6" t="s">
         <v>38</v>
-      </c>
-[...25 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>6.0</v>
       </c>
       <c r="B7" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="G7" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="I7" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="J7"/>
       <c r="K7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>7.0</v>
       </c>
       <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="n">
+        <v>45972.0</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J8" t="s">
         <v>51</v>
       </c>
-      <c r="C8" t="s">
+      <c r="K8" t="s">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>8.0</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G9" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I9" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="J9"/>
       <c r="K9" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>9.0</v>
       </c>
       <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10"/>
+      <c r="F10" t="s">
         <v>60</v>
-      </c>
-[...10 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G10" t="s">
         <v>61</v>
       </c>
       <c r="H10" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="I10" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="J10"/>
       <c r="K10" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>10.0</v>
       </c>
       <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
+        <v>65</v>
+      </c>
+      <c r="G11" t="s">
         <v>66</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H11" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="I11" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>11.0</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-      <c r="E12"/>
+        <v>68</v>
+      </c>
+      <c r="D12" t="n">
+        <v>45842.0</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
       <c r="F12" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="G12" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="H12" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="I12" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="J12"/>
+        <v>17</v>
+      </c>
+      <c r="J12" t="s">
+        <v>51</v>
+      </c>
       <c r="K12" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>12.0</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C13" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="G13" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="H13" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="I13" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="J13"/>
       <c r="K13" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>13.0</v>
       </c>
       <c r="B14" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C14" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G14" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="H14" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
       <c r="I14" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="J14"/>
       <c r="K14" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>14.0</v>
       </c>
       <c r="B15" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15" t="s">
+        <v>85</v>
+      </c>
+      <c r="G15" t="s">
         <v>86</v>
       </c>
-      <c r="C15" t="s">
+      <c r="H15" t="s">
         <v>87</v>
       </c>
-      <c r="D15" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="I15" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="J15"/>
       <c r="K15" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>15.0</v>
       </c>
       <c r="B16" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16"/>
+      <c r="F16" t="s">
+        <v>90</v>
+      </c>
+      <c r="G16" t="s">
+        <v>91</v>
+      </c>
+      <c r="H16" t="s">
         <v>92</v>
       </c>
-      <c r="C16" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I16" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="J16"/>
       <c r="K16" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>16.0</v>
       </c>
       <c r="B17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
+        <v>94</v>
+      </c>
+      <c r="D17" t="n">
+        <v>45868.0</v>
+      </c>
+      <c r="E17" t="s">
+        <v>95</v>
+      </c>
+      <c r="F17" t="s">
+        <v>96</v>
+      </c>
+      <c r="G17" t="s">
         <v>97</v>
       </c>
-      <c r="C17" t="s">
+      <c r="H17" t="s">
+        <v>87</v>
+      </c>
+      <c r="I17" t="s">
+        <v>27</v>
+      </c>
+      <c r="J17" t="s">
         <v>98</v>
       </c>
-      <c r="D17" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="K17" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>17.0</v>
       </c>
       <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="n">
+        <v>45742.0</v>
+      </c>
+      <c r="E18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H18" t="s">
         <v>103</v>
       </c>
-      <c r="C18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I18" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="J18" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K18" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>18.0</v>
       </c>
       <c r="B19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" t="s">
+        <v>105</v>
+      </c>
+      <c r="D19" t="n">
+        <v>45777.0</v>
+      </c>
+      <c r="E19" t="s">
+        <v>106</v>
+      </c>
+      <c r="F19" t="s">
+        <v>107</v>
+      </c>
+      <c r="G19" t="s">
+        <v>108</v>
+      </c>
+      <c r="H19" t="s">
+        <v>87</v>
+      </c>
+      <c r="I19" t="s">
         <v>109</v>
       </c>
-      <c r="C19" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="K19" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>19.0</v>
       </c>
       <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D20" t="n">
+        <v>45765.0</v>
+      </c>
+      <c r="E20" t="s">
+        <v>112</v>
+      </c>
+      <c r="F20" t="s">
+        <v>113</v>
+      </c>
+      <c r="G20" t="s">
+        <v>114</v>
+      </c>
+      <c r="H20" t="s">
         <v>115</v>
       </c>
-      <c r="C20" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I20" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="J20" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K20" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>20.0</v>
       </c>
       <c r="B21" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" t="s">
+        <v>117</v>
+      </c>
+      <c r="D21" t="n">
+        <v>45945.0</v>
+      </c>
+      <c r="E21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F21" t="s">
         <v>119</v>
       </c>
-      <c r="C21" t="s">
+      <c r="G21" t="s">
         <v>120</v>
       </c>
-      <c r="D21" t="n">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>121</v>
       </c>
-      <c r="F21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I21" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="J21" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K21" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>21.0</v>
       </c>
       <c r="B22" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" t="n">
+        <v>45503.0</v>
+      </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
+      <c r="F22" t="s">
         <v>125</v>
       </c>
-      <c r="C22" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="H22" t="s">
-        <v>129</v>
+        <v>32</v>
       </c>
       <c r="I22" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="J22"/>
+        <v>76</v>
+      </c>
+      <c r="J22" t="s">
+        <v>51</v>
+      </c>
       <c r="K22" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>22.0</v>
       </c>
       <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" t="s">
+        <v>127</v>
+      </c>
+      <c r="D23" t="n">
+        <v>45749.0</v>
+      </c>
+      <c r="E23" t="s">
+        <v>128</v>
+      </c>
+      <c r="F23" t="s">
+        <v>129</v>
+      </c>
+      <c r="G23" t="s">
+        <v>130</v>
+      </c>
+      <c r="H23" t="s">
         <v>131</v>
       </c>
-      <c r="C23" t="s">
-[...14 lines deleted...]
-      <c r="J23"/>
+      <c r="I23" t="s">
+        <v>17</v>
+      </c>
+      <c r="J23" t="s">
+        <v>51</v>
+      </c>
       <c r="K23" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>23.0</v>
       </c>
       <c r="B24" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H24" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>136</v>
+      </c>
+      <c r="I24" t="s">
+        <v>137</v>
+      </c>
       <c r="J24"/>
       <c r="K24" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>24.0</v>
       </c>
       <c r="B25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H25" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="I25"/>
       <c r="J25"/>
       <c r="K25" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>25.0</v>
       </c>
       <c r="B26" t="s">
+        <v>143</v>
+      </c>
+      <c r="C26" t="s">
+        <v>139</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26" t="s">
+        <v>140</v>
+      </c>
+      <c r="G26" t="s">
+        <v>141</v>
+      </c>
+      <c r="H26" t="s">
         <v>142</v>
       </c>
-      <c r="C26" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I26"/>
-      <c r="J26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J26"/>
       <c r="K26" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>26.0</v>
       </c>
       <c r="B27" t="s">
+        <v>144</v>
+      </c>
+      <c r="C27" t="s">
+        <v>145</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27"/>
+      <c r="F27" t="s">
+        <v>146</v>
+      </c>
+      <c r="G27" t="s">
+        <v>147</v>
+      </c>
+      <c r="H27" t="s">
+        <v>136</v>
+      </c>
+      <c r="I27" t="s">
         <v>148</v>
       </c>
-      <c r="C27" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="J27"/>
       <c r="K27" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>27.0</v>
       </c>
       <c r="B28" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="C28" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-      <c r="E28"/>
+        <v>150</v>
+      </c>
+      <c r="D28" t="n">
+        <v>45740.0</v>
+      </c>
+      <c r="E28" t="s">
+        <v>151</v>
+      </c>
       <c r="F28" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="G28" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="H28" t="s">
-        <v>159</v>
-[...4 lines deleted...]
-      <c r="J28"/>
+        <v>154</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>51</v>
+      </c>
       <c r="K28" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>28.0</v>
       </c>
       <c r="B29" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="C29" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-      <c r="E29"/>
+        <v>156</v>
+      </c>
+      <c r="D29" t="n">
+        <v>45614.0</v>
+      </c>
+      <c r="E29" t="s">
+        <v>157</v>
+      </c>
       <c r="F29" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="G29" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="H29" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
         <v>17</v>
       </c>
-      <c r="J29"/>
+      <c r="J29" t="s">
+        <v>161</v>
+      </c>
       <c r="K29" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>29.0</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="G30" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="H30" t="s">
-        <v>147</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>30</v>
+        <v>167</v>
       </c>
       <c r="J30"/>
       <c r="K30" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>30.0</v>
       </c>
       <c r="B31" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C31" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
+        <v>170</v>
+      </c>
+      <c r="G31" t="s">
+        <v>171</v>
+      </c>
+      <c r="H31" t="s">
         <v>172</v>
       </c>
-      <c r="G31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I31" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="J31"/>
       <c r="K31" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>31.0</v>
       </c>
       <c r="B32" t="s">
+        <v>173</v>
+      </c>
+      <c r="C32" t="s">
+        <v>174</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32"/>
+      <c r="F32" t="s">
         <v>175</v>
       </c>
-      <c r="C32" t="s">
+      <c r="G32" t="s">
         <v>176</v>
       </c>
-      <c r="D32" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="H32" t="s">
-        <v>180</v>
+        <v>154</v>
       </c>
       <c r="I32" t="s">
         <v>17</v>
       </c>
-      <c r="J32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J32"/>
       <c r="K32" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>32.0</v>
       </c>
       <c r="B33" t="s">
+        <v>177</v>
+      </c>
+      <c r="C33" t="s">
+        <v>178</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33"/>
+      <c r="F33" t="s">
+        <v>179</v>
+      </c>
+      <c r="G33" t="s">
+        <v>180</v>
+      </c>
+      <c r="H33" t="s">
         <v>181</v>
       </c>
-      <c r="C33" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I33" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="J33"/>
       <c r="K33" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>33.0</v>
       </c>
       <c r="B34" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C34" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D34" t="n">
         <v>45329.0</v>
       </c>
       <c r="E34" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F34" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="G34" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H34" t="s">
-        <v>114</v>
+        <v>187</v>
       </c>
       <c r="I34" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="J34" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K34" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>34.0</v>
       </c>
       <c r="B35" t="s">
+        <v>188</v>
+      </c>
+      <c r="C35" t="s">
+        <v>189</v>
+      </c>
+      <c r="D35" t="n">
+        <v>45329.0</v>
+      </c>
+      <c r="E35" t="s">
+        <v>190</v>
+      </c>
+      <c r="F35" t="s">
         <v>191</v>
       </c>
-      <c r="C35" t="s">
+      <c r="G35" t="s">
         <v>192</v>
       </c>
-      <c r="D35" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="H35" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="I35" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="J35" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K35" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>35.0</v>
       </c>
       <c r="B36" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" t="s">
+        <v>194</v>
+      </c>
+      <c r="D36" t="n">
+        <v>45329.0</v>
+      </c>
+      <c r="E36" t="s">
         <v>195</v>
       </c>
-      <c r="C36" t="s">
+      <c r="F36" t="s">
         <v>196</v>
       </c>
-      <c r="D36" t="n">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="G36" t="s">
         <v>197</v>
       </c>
-      <c r="F36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H36" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="I36" t="s">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="J36" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K36" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>36.0</v>
       </c>
       <c r="B37" t="s">
+        <v>198</v>
+      </c>
+      <c r="C37" t="s">
+        <v>199</v>
+      </c>
+      <c r="D37" t="n">
+        <v>45180.0</v>
+      </c>
+      <c r="E37" t="s">
         <v>200</v>
       </c>
-      <c r="C37" t="s">
+      <c r="F37" t="s">
+        <v>129</v>
+      </c>
+      <c r="G37" t="s">
         <v>201</v>
       </c>
-      <c r="D37" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="H37" t="s">
-        <v>205</v>
+        <v>131</v>
       </c>
       <c r="I37" t="s">
-        <v>206</v>
+        <v>17</v>
       </c>
       <c r="J37" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="K37" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>37.0</v>
       </c>
       <c r="B38" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="C38" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="D38" t="n">
-        <v>45198.0</v>
+        <v>45370.0</v>
       </c>
       <c r="E38" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="F38" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="G38" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="H38" t="s">
-        <v>212</v>
+        <v>121</v>
       </c>
       <c r="I38" t="s">
-        <v>213</v>
+        <v>167</v>
       </c>
       <c r="J38" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="K38" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="C39" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="D39" t="n">
-        <v>45086.0</v>
+        <v>45169.0</v>
       </c>
       <c r="E39" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="F39" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="G39" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="H39" t="s">
-        <v>80</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>17</v>
+        <v>213</v>
       </c>
       <c r="J39" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="K39" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>39.0</v>
       </c>
       <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
+        <v>215</v>
+      </c>
+      <c r="D40" t="n">
+        <v>45198.0</v>
+      </c>
+      <c r="E40" t="s">
+        <v>216</v>
+      </c>
+      <c r="F40" t="s">
+        <v>217</v>
+      </c>
+      <c r="G40" t="s">
+        <v>218</v>
+      </c>
+      <c r="H40" t="s">
         <v>219</v>
-      </c>
-[...12 lines deleted...]
-        <v>135</v>
       </c>
       <c r="I40" t="s">
         <v>220</v>
       </c>
-      <c r="J40"/>
+      <c r="J40" t="s">
+        <v>98</v>
+      </c>
       <c r="K40" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>40.0</v>
       </c>
       <c r="B41" t="s">
         <v>221</v>
       </c>
       <c r="C41" t="s">
         <v>222</v>
       </c>
       <c r="D41" t="n">
-        <v>44949.0</v>
+        <v>45086.0</v>
       </c>
       <c r="E41" t="s">
         <v>223</v>
       </c>
       <c r="F41" t="s">
         <v>224</v>
       </c>
       <c r="G41" t="s">
         <v>225</v>
       </c>
       <c r="H41" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
       <c r="I41" t="s">
-        <v>226</v>
+        <v>27</v>
       </c>
       <c r="J41" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K41" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>41.0</v>
       </c>
       <c r="B42" t="s">
+        <v>226</v>
+      </c>
+      <c r="C42" t="s">
+        <v>139</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42"/>
+      <c r="F42" t="s">
+        <v>140</v>
+      </c>
+      <c r="G42" t="s">
+        <v>141</v>
+      </c>
+      <c r="H42" t="s">
+        <v>142</v>
+      </c>
+      <c r="I42" t="s">
         <v>227</v>
       </c>
-      <c r="C42" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="J42"/>
       <c r="K42" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>42.0</v>
       </c>
       <c r="B43" t="s">
+        <v>228</v>
+      </c>
+      <c r="C43" t="s">
+        <v>229</v>
+      </c>
+      <c r="D43" t="n">
+        <v>44949.0</v>
+      </c>
+      <c r="E43" t="s">
+        <v>230</v>
+      </c>
+      <c r="F43" t="s">
+        <v>231</v>
+      </c>
+      <c r="G43" t="s">
+        <v>232</v>
+      </c>
+      <c r="H43" t="s">
+        <v>32</v>
+      </c>
+      <c r="I43" t="s">
         <v>233</v>
       </c>
-      <c r="C43" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K43" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>43.0</v>
       </c>
       <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
+        <v>235</v>
+      </c>
+      <c r="D44" t="n">
+        <v>45170.0</v>
+      </c>
+      <c r="E44" t="s">
+        <v>236</v>
+      </c>
+      <c r="F44" t="s">
+        <v>237</v>
+      </c>
+      <c r="G44" t="s">
+        <v>238</v>
+      </c>
+      <c r="H44" t="s">
         <v>239</v>
       </c>
-      <c r="C44" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I44" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="J44" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K44" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>44.0</v>
       </c>
       <c r="B45" t="s">
+        <v>240</v>
+      </c>
+      <c r="C45" t="s">
+        <v>241</v>
+      </c>
+      <c r="D45" t="n">
+        <v>44854.0</v>
+      </c>
+      <c r="E45" t="s">
+        <v>242</v>
+      </c>
+      <c r="F45" t="s">
+        <v>243</v>
+      </c>
+      <c r="G45" t="s">
         <v>244</v>
       </c>
-      <c r="C45" t="s">
+      <c r="H45" t="s">
         <v>245</v>
       </c>
-      <c r="D45"/>
-[...9 lines deleted...]
-      </c>
       <c r="I45" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="J45"/>
+        <v>17</v>
+      </c>
+      <c r="J45" t="s">
+        <v>51</v>
+      </c>
       <c r="K45" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
+        <v>246</v>
+      </c>
+      <c r="C46" t="s">
+        <v>247</v>
+      </c>
+      <c r="D46" t="n">
+        <v>44854.0</v>
+      </c>
+      <c r="E46" t="s">
+        <v>248</v>
+      </c>
+      <c r="F46" t="s">
         <v>249</v>
       </c>
-      <c r="C46" t="s">
+      <c r="G46" t="s">
         <v>250</v>
       </c>
-      <c r="D46" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="H46" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="I46" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="J46" t="s">
-        <v>154</v>
+        <v>51</v>
       </c>
       <c r="K46" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>46.0</v>
       </c>
       <c r="B47" t="s">
+        <v>251</v>
+      </c>
+      <c r="C47" t="s">
+        <v>252</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47"/>
+      <c r="F47" t="s">
+        <v>253</v>
+      </c>
+      <c r="G47" t="s">
+        <v>254</v>
+      </c>
+      <c r="H47" t="s">
+        <v>87</v>
+      </c>
+      <c r="I47" t="s">
         <v>255</v>
       </c>
-      <c r="C47" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="J47"/>
       <c r="K47" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>47.0</v>
       </c>
       <c r="B48" t="s">
+        <v>256</v>
+      </c>
+      <c r="C48" t="s">
+        <v>257</v>
+      </c>
+      <c r="D48" t="n">
+        <v>45169.0</v>
+      </c>
+      <c r="E48" t="s">
+        <v>258</v>
+      </c>
+      <c r="F48" t="s">
+        <v>259</v>
+      </c>
+      <c r="G48" t="s">
+        <v>260</v>
+      </c>
+      <c r="H48" t="s">
         <v>261</v>
-      </c>
-[...16 lines deleted...]
-        <v>266</v>
       </c>
       <c r="I48" t="s">
         <v>17</v>
       </c>
       <c r="J48" t="s">
-        <v>44</v>
+        <v>161</v>
       </c>
       <c r="K48" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>48.0</v>
       </c>
       <c r="B49" t="s">
+        <v>262</v>
+      </c>
+      <c r="C49" t="s">
+        <v>263</v>
+      </c>
+      <c r="D49" t="n">
+        <v>45005.0</v>
+      </c>
+      <c r="E49" t="s">
+        <v>264</v>
+      </c>
+      <c r="F49" t="s">
+        <v>265</v>
+      </c>
+      <c r="G49" t="s">
+        <v>266</v>
+      </c>
+      <c r="H49" t="s">
+        <v>121</v>
+      </c>
+      <c r="I49" t="s">
         <v>267</v>
       </c>
-      <c r="C49" t="s">
-[...16 lines deleted...]
-      <c r="J49"/>
+      <c r="J49" t="s">
+        <v>51</v>
+      </c>
       <c r="K49" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>49.0</v>
       </c>
       <c r="B50" t="s">
+        <v>268</v>
+      </c>
+      <c r="C50" t="s">
+        <v>269</v>
+      </c>
+      <c r="D50" t="n">
+        <v>44743.0</v>
+      </c>
+      <c r="E50" t="s">
+        <v>270</v>
+      </c>
+      <c r="F50" t="s">
+        <v>271</v>
+      </c>
+      <c r="G50" t="s">
         <v>272</v>
       </c>
-      <c r="C50" t="s">
+      <c r="H50" t="s">
         <v>273</v>
       </c>
-      <c r="D50"/>
-[...9 lines deleted...]
-      </c>
       <c r="I50" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="J50"/>
+        <v>27</v>
+      </c>
+      <c r="J50" t="s">
+        <v>51</v>
+      </c>
       <c r="K50" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C51" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="G51" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="H51" t="s">
-        <v>276</v>
+        <v>245</v>
       </c>
       <c r="I51" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="J51"/>
       <c r="K51" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>