--- v0 (2026-01-28)
+++ v1 (2026-03-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="437" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="441" uniqueCount="290">
   <si>
     <t>Eilės Nr</t>
   </si>
   <si>
     <t>Prašymo numeris</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Paraiškos numeris</t>
   </si>
   <si>
     <t>Sprendimo data</t>
   </si>
   <si>
     <t>Sprendimo numeris</t>
   </si>
   <si>
     <t>Ginčijamas ženklas</t>
   </si>
   <si>
     <t>Registracijos numeris</t>
   </si>
   <si>
@@ -488,51 +488,51 @@
   <si>
     <t>86143</t>
   </si>
   <si>
     <t>PNNZ-37</t>
   </si>
   <si>
     <t>2021 1602</t>
   </si>
   <si>
     <t>2Ap-2323</t>
   </si>
   <si>
     <t>KAMBARIO DURYS.LT</t>
   </si>
   <si>
     <t>86341</t>
   </si>
   <si>
     <t>PNNZ-35</t>
   </si>
   <si>
     <t>2022 0320</t>
   </si>
   <si>
-    <t>2Ap-2328</t>
+    <t>2Ap-2329</t>
   </si>
   <si>
     <t>BOTELLA gėrimai skoniai atradimai</t>
   </si>
   <si>
     <t>87280</t>
   </si>
   <si>
     <t>8.1.2, 8.1.3, 7.3</t>
   </si>
   <si>
     <t>PNTZ-6</t>
   </si>
   <si>
     <t>1716399</t>
   </si>
   <si>
     <t>2Ap-2346</t>
   </si>
   <si>
     <t>MAGIA</t>
   </si>
   <si>
     <t>PNNZ-44</t>
   </si>
@@ -671,50 +671,83 @@
   <si>
     <t>FLAMBO</t>
   </si>
   <si>
     <t>86465</t>
   </si>
   <si>
     <t>PNNZ-62</t>
   </si>
   <si>
     <t>2024 2426</t>
   </si>
   <si>
     <t>2Ap-2413</t>
   </si>
   <si>
     <t>Go Mix</t>
   </si>
   <si>
     <t>93215</t>
   </si>
   <si>
     <t>21, 30, 32, 35</t>
   </si>
   <si>
+    <t>PNNZ-61</t>
+  </si>
+  <si>
+    <t>2024 1244</t>
+  </si>
+  <si>
+    <t>2Ap-2419</t>
+  </si>
+  <si>
+    <t>FORTIS</t>
+  </si>
+  <si>
+    <t>92080</t>
+  </si>
+  <si>
+    <t>6, 7, 8, 9</t>
+  </si>
+  <si>
+    <t>PNNZ-59</t>
+  </si>
+  <si>
+    <t>2015 1621</t>
+  </si>
+  <si>
+    <t>2Ap-2424</t>
+  </si>
+  <si>
+    <t>Stumbro STARKA</t>
+  </si>
+  <si>
+    <t>73395</t>
+  </si>
+  <si>
     <t>PNNZ-31</t>
   </si>
   <si>
     <t>2021 1919</t>
   </si>
   <si>
     <t>Fogiutte PRO</t>
   </si>
   <si>
     <t>86399</t>
   </si>
   <si>
     <t>3, 8, 11</t>
   </si>
   <si>
     <t>8.1.5(c), 8.1.5(d)</t>
   </si>
   <si>
     <t>Sustabdytas</t>
   </si>
   <si>
     <t>PNNZ-40</t>
   </si>
   <si>
     <t>2022 0178</t>
@@ -722,68 +755,50 @@
   <si>
     <t>BioTornado</t>
   </si>
   <si>
     <t>87156</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Nutrauktas</t>
   </si>
   <si>
     <t>PNNZ-56</t>
   </si>
   <si>
     <t>2023 1674</t>
   </si>
   <si>
     <t>ELEKTRĖNŲ VERSMĖ FUTBOLO KLUBAS 2013</t>
   </si>
   <si>
     <t>90339</t>
   </si>
   <si>
-    <t>PNNZ-61</t>
-[...16 lines deleted...]
-  <si>
     <t>PNNZ-8</t>
   </si>
   <si>
     <t>2017 2547</t>
   </si>
   <si>
     <t>TILIDŪDA</t>
   </si>
   <si>
     <t>78016</t>
   </si>
   <si>
     <t>9, 16, 18, 21, 25, 28, 30, 41</t>
   </si>
   <si>
     <t>PNNZ-11</t>
   </si>
   <si>
     <t>2019 0618</t>
   </si>
   <si>
     <t>Gina Design</t>
   </si>
   <si>
     <t>81535</t>
@@ -861,68 +876,50 @@
     <t>2019 0743</t>
   </si>
   <si>
     <t>PRO BRO</t>
   </si>
   <si>
     <t>81565</t>
   </si>
   <si>
     <t>PNNZ-42</t>
   </si>
   <si>
     <t>2018 2692</t>
   </si>
   <si>
     <t>10 TILTŲ KAVINĖ</t>
   </si>
   <si>
     <t>80846</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>PNNZ-48</t>
-  </si>
-[...16 lines deleted...]
-    <t>7.1.2, 7.1.3, 7.1.4, 7.3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -2244,434 +2241,446 @@
         <v>219</v>
       </c>
       <c r="H37" t="s">
         <v>220</v>
       </c>
       <c r="I37" t="s">
         <v>25</v>
       </c>
       <c r="J37" t="s">
         <v>26</v>
       </c>
       <c r="K37" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>37.0</v>
       </c>
       <c r="B38" t="s">
         <v>221</v>
       </c>
       <c r="C38" t="s">
         <v>222</v>
       </c>
-      <c r="D38"/>
-      <c r="E38"/>
+      <c r="D38" t="n">
+        <v>46052.0</v>
+      </c>
+      <c r="E38" t="s">
+        <v>223</v>
+      </c>
       <c r="F38" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G38" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H38" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I38" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="J38"/>
+        <v>25</v>
+      </c>
+      <c r="J38" t="s">
+        <v>32</v>
+      </c>
       <c r="K38" t="s">
-        <v>227</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
+        <v>227</v>
+      </c>
+      <c r="C39" t="s">
         <v>228</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="n">
+        <v>46093.0</v>
+      </c>
+      <c r="E39" t="s">
         <v>229</v>
       </c>
-      <c r="D39"/>
-      <c r="E39"/>
       <c r="F39" t="s">
         <v>230</v>
       </c>
       <c r="G39" t="s">
         <v>231</v>
       </c>
       <c r="H39" t="s">
-        <v>232</v>
+        <v>204</v>
       </c>
       <c r="I39" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="J39"/>
+        <v>25</v>
+      </c>
+      <c r="J39" t="s">
+        <v>18</v>
+      </c>
       <c r="K39" t="s">
-        <v>233</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>39.0</v>
       </c>
       <c r="B40" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C40" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
+        <v>234</v>
+      </c>
+      <c r="G40" t="s">
+        <v>235</v>
+      </c>
+      <c r="H40" t="s">
         <v>236</v>
       </c>
-      <c r="G40" t="s">
+      <c r="I40" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="J40"/>
       <c r="K40" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>40.0</v>
       </c>
       <c r="B41" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C41" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G41" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H41" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I41" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="J41"/>
       <c r="K41" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>41.0</v>
       </c>
       <c r="B42" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C42" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G42" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H42" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="I42"/>
+        <v>109</v>
+      </c>
+      <c r="I42" t="s">
+        <v>52</v>
+      </c>
       <c r="J42"/>
       <c r="K42" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>42.0</v>
       </c>
       <c r="B43" t="s">
         <v>249</v>
       </c>
       <c r="C43" t="s">
         <v>250</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>251</v>
       </c>
       <c r="G43" t="s">
         <v>252</v>
       </c>
       <c r="H43" t="s">
         <v>253</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43"/>
       <c r="K43" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>43.0</v>
       </c>
       <c r="B44" t="s">
         <v>254</v>
       </c>
       <c r="C44" t="s">
         <v>255</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>256</v>
       </c>
       <c r="G44" t="s">
         <v>257</v>
       </c>
       <c r="H44" t="s">
         <v>258</v>
       </c>
       <c r="I44" t="s">
         <v>25</v>
       </c>
       <c r="J44"/>
       <c r="K44" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>44.0</v>
       </c>
       <c r="B45" t="s">
         <v>259</v>
       </c>
       <c r="C45" t="s">
         <v>260</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>261</v>
       </c>
       <c r="G45" t="s">
         <v>262</v>
       </c>
       <c r="H45" t="s">
         <v>263</v>
       </c>
       <c r="I45" t="s">
         <v>25</v>
       </c>
       <c r="J45"/>
       <c r="K45" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
         <v>264</v>
       </c>
       <c r="C46" t="s">
         <v>265</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>266</v>
       </c>
       <c r="G46" t="s">
         <v>267</v>
       </c>
       <c r="H46" t="s">
         <v>268</v>
       </c>
       <c r="I46" t="s">
-        <v>269</v>
+        <v>25</v>
       </c>
       <c r="J46"/>
       <c r="K46" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>46.0</v>
       </c>
       <c r="B47" t="s">
+        <v>269</v>
+      </c>
+      <c r="C47" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
+        <v>271</v>
+      </c>
+      <c r="G47" t="s">
         <v>272</v>
       </c>
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="I47" t="s">
         <v>274</v>
       </c>
       <c r="J47"/>
       <c r="K47" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>47.0</v>
       </c>
       <c r="B48" t="s">
         <v>275</v>
       </c>
       <c r="C48" t="s">
         <v>276</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>277</v>
       </c>
       <c r="G48" t="s">
         <v>278</v>
       </c>
       <c r="H48" t="s">
-        <v>179</v>
+        <v>109</v>
       </c>
       <c r="I48" t="s">
-        <v>25</v>
+        <v>279</v>
       </c>
       <c r="J48"/>
       <c r="K48" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>48.0</v>
       </c>
       <c r="B49" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C49" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G49" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H49" t="s">
-        <v>283</v>
+        <v>179</v>
       </c>
       <c r="I49" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="J49"/>
       <c r="K49" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>49.0</v>
       </c>
       <c r="B50" t="s">
         <v>284</v>
       </c>
       <c r="C50" t="s">
-        <v>222</v>
+        <v>285</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>223</v>
+        <v>286</v>
       </c>
       <c r="G50" t="s">
-        <v>224</v>
+        <v>287</v>
       </c>
       <c r="H50" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="I50"/>
+        <v>288</v>
+      </c>
+      <c r="I50" t="s">
+        <v>52</v>
+      </c>
       <c r="J50"/>
       <c r="K50" t="s">
-        <v>227</v>
+        <v>244</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C51" t="s">
-        <v>286</v>
+        <v>233</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>287</v>
+        <v>234</v>
       </c>
       <c r="G51" t="s">
-        <v>288</v>
+        <v>235</v>
       </c>
       <c r="H51" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="I51"/>
       <c r="J51"/>
       <c r="K51" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>