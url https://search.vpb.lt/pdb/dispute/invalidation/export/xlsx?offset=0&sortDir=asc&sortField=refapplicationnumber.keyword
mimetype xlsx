--- v0 (2026-01-28)
+++ v1 (2026-03-18)
@@ -539,51 +539,51 @@
   <si>
     <t>2021 0940</t>
   </si>
   <si>
     <t>2Ap-2295</t>
   </si>
   <si>
     <t>EWP.COM Elite WordPress Agency</t>
   </si>
   <si>
     <t>87768</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>8.1.3, 7.3</t>
   </si>
   <si>
     <t>PNNZ-35</t>
   </si>
   <si>
     <t>2022 0320</t>
   </si>
   <si>
-    <t>2Ap-2328</t>
+    <t>2Ap-2329</t>
   </si>
   <si>
     <t>BOTELLA gėrimai skoniai atradimai</t>
   </si>
   <si>
     <t>87280</t>
   </si>
   <si>
     <t>8.1.2, 8.1.3, 7.3</t>
   </si>
   <si>
     <t>PNNZ-36</t>
   </si>
   <si>
     <t>2022 0272</t>
   </si>
   <si>
     <t>2Ap-2299</t>
   </si>
   <si>
     <t>ONETECH</t>
   </si>
   <si>
     <t>87469</t>
   </si>