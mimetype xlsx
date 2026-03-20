--- v0 (2026-01-28)
+++ v1 (2026-03-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="415" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="415" uniqueCount="279">
   <si>
     <t>Eilės Nr</t>
   </si>
   <si>
     <t>Prašymo numeris</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Paraiškos numeris</t>
   </si>
   <si>
     <t>Sprendimo data</t>
   </si>
   <si>
     <t>Sprendimo numeris</t>
   </si>
   <si>
     <t>Ginčijamas ženklas</t>
   </si>
   <si>
     <t>Registracijos numeris</t>
   </si>
   <si>
@@ -89,92 +89,116 @@
   <si>
     <t>Prašymą tenkinti</t>
   </si>
   <si>
     <t>Išnagrinėtas</t>
   </si>
   <si>
     <t>PNNZ-63</t>
   </si>
   <si>
     <t>2024 2392</t>
   </si>
   <si>
     <t>Memorija</t>
   </si>
   <si>
     <t>93185</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>8.1.5(d)</t>
   </si>
   <si>
+    <t>Sustabdytas</t>
+  </si>
+  <si>
+    <t>PNNZ-68</t>
+  </si>
+  <si>
+    <t>2024 2143</t>
+  </si>
+  <si>
+    <t>BROLIŲ TAUTKŲ RONDO</t>
+  </si>
+  <si>
+    <t>92965</t>
+  </si>
+  <si>
+    <t>35, 41</t>
+  </si>
+  <si>
     <t>Priimtas</t>
   </si>
   <si>
-    <t>PNNZ-68</t>
-[...13 lines deleted...]
-  <si>
     <t>PNNZ-67</t>
   </si>
   <si>
     <t>2024 2142</t>
   </si>
   <si>
     <t>92964</t>
   </si>
   <si>
     <t>PNNZ-61</t>
   </si>
   <si>
     <t>2024 1244</t>
   </si>
   <si>
+    <t>2Ap-2419</t>
+  </si>
+  <si>
     <t>FORTIS</t>
   </si>
   <si>
     <t>92080</t>
   </si>
   <si>
     <t>6, 7, 8, 9</t>
   </si>
   <si>
+    <t>Prašymą tenkinti iš dalies</t>
+  </si>
+  <si>
+    <t>PNNZ-69</t>
+  </si>
+  <si>
+    <t>2024 0688</t>
+  </si>
+  <si>
+    <t>VIXI OFFICIAL</t>
+  </si>
+  <si>
+    <t>91735</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>PNNZ-53</t>
   </si>
   <si>
     <t>2024 0580</t>
   </si>
   <si>
     <t>2Ap-2388</t>
   </si>
   <si>
     <t>ŠEŠKĖS</t>
   </si>
   <si>
     <t>91590</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>7.1.6</t>
   </si>
   <si>
     <t>Prašymą atmesti</t>
   </si>
   <si>
     <t>PNNZ-54</t>
@@ -218,53 +242,50 @@
   <si>
     <t>BRO</t>
   </si>
   <si>
     <t>90993</t>
   </si>
   <si>
     <t>9, 12, 35, 37, 41</t>
   </si>
   <si>
     <t>Nutrauktas</t>
   </si>
   <si>
     <t>PNNZ-56</t>
   </si>
   <si>
     <t>2023 1674</t>
   </si>
   <si>
     <t>ELEKTRĖNŲ VERSMĖ FUTBOLO KLUBAS 2013</t>
   </si>
   <si>
     <t>90339</t>
   </si>
   <si>
-    <t>Sustabdytas</t>
-[...1 lines deleted...]
-  <si>
     <t>PNNZ-43</t>
   </si>
   <si>
     <t>2023 1030</t>
   </si>
   <si>
     <t>NAUJOJI RŪTA</t>
   </si>
   <si>
     <t>89773</t>
   </si>
   <si>
     <t>5, 30, 35</t>
   </si>
   <si>
     <t>8.1.2, 8.1.3, 7.3</t>
   </si>
   <si>
     <t>PNNZ-58</t>
   </si>
   <si>
     <t>2023 0929</t>
   </si>
   <si>
     <t>EPSOG</t>
@@ -293,78 +314,75 @@
   <si>
     <t>29</t>
   </si>
   <si>
     <t>7.1.2, 7.1.3, 7.1.4, 7.3</t>
   </si>
   <si>
     <t>PNNZ-44</t>
   </si>
   <si>
     <t>2022 1760</t>
   </si>
   <si>
     <t>2Ap-2358</t>
   </si>
   <si>
     <t>M ONE MORE DIAMOND</t>
   </si>
   <si>
     <t>88791</t>
   </si>
   <si>
     <t>14, 36</t>
   </si>
   <si>
-    <t>Prašymą tenkinti iš dalies</t>
-[...1 lines deleted...]
-  <si>
     <t>PNNZ-45</t>
   </si>
   <si>
     <t>2022 1392</t>
   </si>
   <si>
     <t>2Ap-2381</t>
   </si>
   <si>
     <t>VELOKLINIKA</t>
   </si>
   <si>
     <t>88342</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>PNNZ-35</t>
   </si>
   <si>
     <t>2022 0320</t>
   </si>
   <si>
-    <t>2Ap-2328</t>
+    <t>2Ap-2329</t>
   </si>
   <si>
     <t>BOTELLA gėrimai skoniai atradimai</t>
   </si>
   <si>
     <t>87280</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PNNZ-36</t>
   </si>
   <si>
     <t>2022 0272</t>
   </si>
   <si>
     <t>2Ap-2299</t>
   </si>
   <si>
     <t>ONETECH</t>
   </si>
   <si>
     <t>87469</t>
   </si>
@@ -668,53 +686,50 @@
   <si>
     <t>84796</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>8.1.1, 8.1.2, 8.1.3</t>
   </si>
   <si>
     <t>PNNZ-52</t>
   </si>
   <si>
     <t>2020 1720</t>
   </si>
   <si>
     <t>2Ap-2387</t>
   </si>
   <si>
     <t>YUTIKA</t>
   </si>
   <si>
     <t>84333</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>PNNZ-21</t>
   </si>
   <si>
     <t>2020 1712</t>
   </si>
   <si>
     <t>RAMBO NOIR alc. 12% ORIGINAL BIERE FORTE</t>
   </si>
   <si>
     <t>84329</t>
   </si>
   <si>
     <t>PNNZ-39</t>
   </si>
   <si>
     <t>2020 1373</t>
   </si>
   <si>
     <t>2Ap-2325</t>
   </si>
   <si>
     <t>SAMANI VIRTUVĖS</t>
   </si>
   <si>
     <t>83810</t>
@@ -828,68 +843,50 @@
     <t>82339</t>
   </si>
   <si>
     <t>PNNZ-14</t>
   </si>
   <si>
     <t>2019 1622</t>
   </si>
   <si>
     <t>Perlas Draudimas</t>
   </si>
   <si>
     <t>82338</t>
   </si>
   <si>
     <t>PNNZ-16</t>
   </si>
   <si>
     <t>2019 1621</t>
   </si>
   <si>
     <t>Perlas Network</t>
   </si>
   <si>
     <t>82337</t>
-  </si>
-[...16 lines deleted...]
-    <t>35, 36, 39, 43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1037,1540 +1034,1540 @@
       <c r="A4" t="n">
         <v>3.0</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>30</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
       <c r="I4" t="s">
         <v>18</v>
       </c>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>4.0</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
       <c r="I5" t="s">
         <v>18</v>
       </c>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>5.0</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="E6"/>
+        <v>38</v>
+      </c>
+      <c r="D6" t="n">
+        <v>46052.0</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
       <c r="F6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I6" t="s">
         <v>18</v>
       </c>
-      <c r="J6"/>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
       <c r="K6" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>6.0</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7"/>
       <c r="F7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I7" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="J7"/>
       <c r="K7" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>7.0</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="n">
-        <v>45868.0</v>
+        <v>45777.0</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>53</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J8" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="K8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>8.0</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="n">
+        <v>45868.0</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+      <c r="I9" t="s">
+        <v>62</v>
+      </c>
+      <c r="J9" t="s">
         <v>56</v>
       </c>
-      <c r="D9"/>
-[...13 lines deleted...]
-      <c r="J9"/>
       <c r="K9" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>9.0</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
+        <v>65</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+      <c r="I10" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>10.0</v>
       </c>
       <c r="B11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C11" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G11" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H11" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="I11" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>11.0</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="G12" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="H12" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="I12" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="J12"/>
       <c r="K12" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>12.0</v>
       </c>
       <c r="B13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J13"/>
       <c r="K13" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>13.0</v>
       </c>
       <c r="B14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J14"/>
       <c r="K14" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>14.0</v>
       </c>
       <c r="B15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C15" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-      <c r="E15" t="s">
         <v>91</v>
       </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15" t="s">
         <v>92</v>
       </c>
       <c r="G15" t="s">
         <v>93</v>
       </c>
       <c r="H15" t="s">
         <v>94</v>
       </c>
       <c r="I15" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="J15" t="s">
         <v>95</v>
       </c>
+      <c r="J15"/>
       <c r="K15" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>15.0</v>
       </c>
       <c r="B16" t="s">
         <v>96</v>
       </c>
       <c r="C16" t="s">
         <v>97</v>
       </c>
       <c r="D16" t="n">
-        <v>45740.0</v>
+        <v>45614.0</v>
       </c>
       <c r="E16" t="s">
         <v>98</v>
       </c>
       <c r="F16" t="s">
         <v>99</v>
       </c>
       <c r="G16" t="s">
         <v>100</v>
       </c>
       <c r="H16" t="s">
         <v>101</v>
       </c>
-      <c r="I16"/>
+      <c r="I16" t="s">
+        <v>18</v>
+      </c>
       <c r="J16" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="K16" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>16.0</v>
       </c>
       <c r="B17" t="s">
         <v>102</v>
       </c>
       <c r="C17" t="s">
         <v>103</v>
       </c>
       <c r="D17" t="n">
-        <v>45370.0</v>
+        <v>45740.0</v>
       </c>
       <c r="E17" t="s">
         <v>104</v>
       </c>
       <c r="F17" t="s">
         <v>105</v>
       </c>
       <c r="G17" t="s">
         <v>106</v>
       </c>
       <c r="H17" t="s">
         <v>107</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
         <v>19</v>
       </c>
       <c r="K17" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>17.0</v>
       </c>
       <c r="B18" t="s">
         <v>108</v>
       </c>
       <c r="C18" t="s">
         <v>109</v>
       </c>
       <c r="D18" t="n">
-        <v>45180.0</v>
+        <v>45370.0</v>
       </c>
       <c r="E18" t="s">
         <v>110</v>
       </c>
       <c r="F18" t="s">
         <v>111</v>
       </c>
       <c r="G18" t="s">
         <v>112</v>
       </c>
       <c r="H18" t="s">
         <v>113</v>
       </c>
       <c r="I18" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="J18" t="s">
         <v>19</v>
       </c>
       <c r="K18" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>18.0</v>
       </c>
       <c r="B19" t="s">
         <v>114</v>
       </c>
       <c r="C19" t="s">
         <v>115</v>
       </c>
       <c r="D19" t="n">
-        <v>45749.0</v>
+        <v>45180.0</v>
       </c>
       <c r="E19" t="s">
         <v>116</v>
       </c>
       <c r="F19" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H19" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="I19" t="s">
         <v>18</v>
       </c>
       <c r="J19" t="s">
         <v>19</v>
       </c>
       <c r="K19" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>19.0</v>
       </c>
       <c r="B20" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C20" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20" t="n">
+        <v>45749.0</v>
+      </c>
+      <c r="E20" t="s">
+        <v>122</v>
+      </c>
+      <c r="F20" t="s">
+        <v>117</v>
+      </c>
+      <c r="G20" t="s">
+        <v>123</v>
+      </c>
+      <c r="H20" t="s">
         <v>119</v>
       </c>
-      <c r="D20"/>
-[...9 lines deleted...]
-      </c>
       <c r="I20" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="J20"/>
+        <v>18</v>
+      </c>
+      <c r="J20" t="s">
+        <v>19</v>
+      </c>
       <c r="K20" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>20.0</v>
       </c>
       <c r="B21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C21" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="E21" t="s">
         <v>125</v>
       </c>
+      <c r="D21"/>
+      <c r="E21"/>
       <c r="F21" t="s">
         <v>126</v>
       </c>
       <c r="G21" t="s">
         <v>127</v>
       </c>
       <c r="H21" t="s">
-        <v>46</v>
+        <v>128</v>
       </c>
       <c r="I21" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="J21"/>
       <c r="K21" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>21.0</v>
       </c>
       <c r="B22" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D22" t="n">
-        <v>45945.0</v>
+        <v>45086.0</v>
       </c>
       <c r="E22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H22" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="I22" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J22" t="s">
         <v>19</v>
       </c>
       <c r="K22" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>22.0</v>
       </c>
       <c r="B23" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C23" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-      <c r="E23"/>
+        <v>135</v>
+      </c>
+      <c r="D23" t="n">
+        <v>45945.0</v>
+      </c>
+      <c r="E23" t="s">
+        <v>136</v>
+      </c>
       <c r="F23" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G23" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H23" t="s">
-        <v>137</v>
+        <v>113</v>
       </c>
       <c r="I23" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="J23"/>
+        <v>62</v>
+      </c>
+      <c r="J23" t="s">
+        <v>19</v>
+      </c>
       <c r="K23" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>23.0</v>
       </c>
       <c r="B24" t="s">
         <v>139</v>
       </c>
       <c r="C24" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="G24" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="H24" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>143</v>
+      </c>
+      <c r="I24" t="s">
+        <v>144</v>
+      </c>
       <c r="J24"/>
       <c r="K24" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>24.0</v>
       </c>
       <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="G25" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="H25" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="I25"/>
       <c r="J25"/>
       <c r="K25" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>25.0</v>
       </c>
       <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
+        <v>140</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26" t="s">
         <v>141</v>
       </c>
-      <c r="C26" t="s">
+      <c r="G26" t="s">
         <v>142</v>
       </c>
-      <c r="D26" t="n">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>143</v>
       </c>
-      <c r="F26" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="I26"/>
+      <c r="J26"/>
       <c r="K26" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>26.0</v>
       </c>
       <c r="B27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C27" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D27" t="n">
         <v>45329.0</v>
       </c>
       <c r="E27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H27" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="I27" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J27" t="s">
         <v>19</v>
       </c>
       <c r="K27" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>27.0</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" t="n">
-        <v>44854.0</v>
+        <v>45329.0</v>
       </c>
       <c r="E28" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H28" t="s">
-        <v>156</v>
+        <v>113</v>
       </c>
       <c r="I28" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="J28" t="s">
         <v>19</v>
       </c>
       <c r="K28" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>28.0</v>
       </c>
       <c r="B29" t="s">
         <v>157</v>
       </c>
       <c r="C29" t="s">
         <v>158</v>
       </c>
       <c r="D29" t="n">
         <v>44854.0</v>
       </c>
       <c r="E29" t="s">
         <v>159</v>
       </c>
       <c r="F29" t="s">
         <v>160</v>
       </c>
       <c r="G29" t="s">
         <v>161</v>
       </c>
       <c r="H29" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="I29" t="s">
         <v>18</v>
       </c>
       <c r="J29" t="s">
         <v>19</v>
       </c>
       <c r="K29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>29.0</v>
       </c>
       <c r="B30" t="s">
+        <v>163</v>
+      </c>
+      <c r="C30" t="s">
+        <v>164</v>
+      </c>
+      <c r="D30" t="n">
+        <v>44854.0</v>
+      </c>
+      <c r="E30" t="s">
+        <v>165</v>
+      </c>
+      <c r="F30" t="s">
+        <v>166</v>
+      </c>
+      <c r="G30" t="s">
+        <v>167</v>
+      </c>
+      <c r="H30" t="s">
         <v>162</v>
       </c>
-      <c r="C30" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I30" t="s">
-        <v>168</v>
+        <v>18</v>
       </c>
       <c r="J30" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="K30" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>30.0</v>
       </c>
       <c r="B31" t="s">
+        <v>168</v>
+      </c>
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="n">
+        <v>45198.0</v>
+      </c>
+      <c r="E31" t="s">
         <v>170</v>
       </c>
-      <c r="D31" t="n">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>171</v>
       </c>
-      <c r="F31" t="s">
+      <c r="G31" t="s">
         <v>172</v>
       </c>
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>173</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>174</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="K31" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>31.0</v>
       </c>
       <c r="B32" t="s">
         <v>175</v>
       </c>
       <c r="C32" t="s">
         <v>176</v>
       </c>
       <c r="D32" t="n">
-        <v>45005.0</v>
+        <v>45169.0</v>
       </c>
       <c r="E32" t="s">
         <v>177</v>
       </c>
       <c r="F32" t="s">
         <v>178</v>
       </c>
       <c r="G32" t="s">
         <v>179</v>
       </c>
       <c r="H32" t="s">
-        <v>107</v>
+        <v>180</v>
       </c>
       <c r="I32" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="J32" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="K32" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>32.0</v>
       </c>
       <c r="B33" t="s">
         <v>181</v>
       </c>
       <c r="C33" t="s">
         <v>182</v>
       </c>
       <c r="D33" t="n">
-        <v>44949.0</v>
+        <v>45005.0</v>
       </c>
       <c r="E33" t="s">
         <v>183</v>
       </c>
       <c r="F33" t="s">
         <v>184</v>
       </c>
       <c r="G33" t="s">
         <v>185</v>
       </c>
       <c r="H33" t="s">
+        <v>113</v>
+      </c>
+      <c r="I33" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="J33" t="s">
         <v>19</v>
       </c>
       <c r="K33" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>33.0</v>
       </c>
       <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
         <v>188</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="n">
+        <v>44949.0</v>
+      </c>
+      <c r="E34" t="s">
         <v>189</v>
       </c>
-      <c r="D34" t="n">
-[...2 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>190</v>
       </c>
-      <c r="F34" t="s">
+      <c r="G34" t="s">
         <v>191</v>
       </c>
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>192</v>
       </c>
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>193</v>
       </c>
-      <c r="I34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="K34" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>34.0</v>
       </c>
       <c r="B35" t="s">
+        <v>194</v>
+      </c>
+      <c r="C35" t="s">
         <v>195</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="n">
+        <v>45169.0</v>
+      </c>
+      <c r="E35" t="s">
         <v>196</v>
       </c>
-      <c r="D35"/>
-      <c r="E35"/>
       <c r="F35" t="s">
         <v>197</v>
       </c>
       <c r="G35" t="s">
         <v>198</v>
       </c>
       <c r="H35" t="s">
-        <v>46</v>
+        <v>199</v>
       </c>
       <c r="I35" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="J35"/>
+        <v>200</v>
+      </c>
+      <c r="J35" t="s">
+        <v>56</v>
+      </c>
       <c r="K35" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>35.0</v>
       </c>
       <c r="B36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G36" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="I36" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="J36"/>
       <c r="K36" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>36.0</v>
       </c>
       <c r="B37" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C37" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G37" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H37" t="s">
         <v>32</v>
       </c>
       <c r="I37" t="s">
-        <v>208</v>
+        <v>18</v>
       </c>
       <c r="J37"/>
       <c r="K37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>37.0</v>
       </c>
       <c r="B38" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G38" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H38" t="s">
-        <v>213</v>
+        <v>32</v>
       </c>
       <c r="I38" t="s">
         <v>214</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
         <v>215</v>
       </c>
       <c r="C39" t="s">
         <v>216</v>
       </c>
-      <c r="D39" t="n">
-[...2 lines deleted...]
-      <c r="E39" t="s">
+      <c r="D39"/>
+      <c r="E39"/>
+      <c r="F39" t="s">
         <v>217</v>
       </c>
-      <c r="F39" t="s">
+      <c r="G39" t="s">
         <v>218</v>
       </c>
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>219</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>220</v>
       </c>
-      <c r="I39" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J39"/>
       <c r="K39" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>39.0</v>
       </c>
       <c r="B40" t="s">
         <v>221</v>
       </c>
       <c r="C40" t="s">
         <v>222</v>
       </c>
-      <c r="D40"/>
-      <c r="E40"/>
+      <c r="D40" t="n">
+        <v>45765.0</v>
+      </c>
+      <c r="E40" t="s">
+        <v>223</v>
+      </c>
       <c r="F40" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G40" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H40" t="s">
-        <v>213</v>
+        <v>48</v>
       </c>
       <c r="I40" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="J40"/>
+        <v>18</v>
+      </c>
+      <c r="J40" t="s">
+        <v>19</v>
+      </c>
       <c r="K40" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>40.0</v>
       </c>
       <c r="B41" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C41" t="s">
-        <v>226</v>
-[...4 lines deleted...]
-      <c r="E41" t="s">
         <v>227</v>
       </c>
+      <c r="D41"/>
+      <c r="E41"/>
       <c r="F41" t="s">
         <v>228</v>
       </c>
       <c r="G41" t="s">
         <v>229</v>
       </c>
       <c r="H41" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="I41" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="J41"/>
       <c r="K41" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>41.0</v>
       </c>
       <c r="B42" t="s">
+        <v>230</v>
+      </c>
+      <c r="C42" t="s">
         <v>231</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="n">
+        <v>45329.0</v>
+      </c>
+      <c r="E42" t="s">
         <v>232</v>
       </c>
-      <c r="D42" t="n">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>233</v>
       </c>
-      <c r="F42" t="s">
+      <c r="G42" t="s">
         <v>234</v>
       </c>
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>235</v>
       </c>
-      <c r="H42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I42" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J42" t="s">
         <v>19</v>
       </c>
       <c r="K42" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>42.0</v>
       </c>
       <c r="B43" t="s">
+        <v>236</v>
+      </c>
+      <c r="C43" t="s">
         <v>237</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="n">
+        <v>45170.0</v>
+      </c>
+      <c r="E43" t="s">
         <v>238</v>
       </c>
-      <c r="D43" t="n">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
         <v>239</v>
       </c>
-      <c r="F43" t="s">
+      <c r="G43" t="s">
         <v>240</v>
       </c>
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>241</v>
       </c>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I43" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J43" t="s">
         <v>19</v>
       </c>
       <c r="K43" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>43.0</v>
       </c>
       <c r="B44" t="s">
+        <v>242</v>
+      </c>
+      <c r="C44" t="s">
         <v>243</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="n">
+        <v>44743.0</v>
+      </c>
+      <c r="E44" t="s">
         <v>244</v>
       </c>
-      <c r="D44"/>
-      <c r="E44"/>
       <c r="F44" t="s">
         <v>245</v>
       </c>
       <c r="G44" t="s">
         <v>246</v>
       </c>
       <c r="H44" t="s">
-        <v>186</v>
+        <v>247</v>
       </c>
       <c r="I44" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="J44"/>
+        <v>62</v>
+      </c>
+      <c r="J44" t="s">
+        <v>19</v>
+      </c>
       <c r="K44" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>44.0</v>
       </c>
       <c r="B45" t="s">
         <v>248</v>
       </c>
       <c r="C45" t="s">
         <v>249</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>250</v>
       </c>
       <c r="G45" t="s">
         <v>251</v>
       </c>
       <c r="H45" t="s">
+        <v>192</v>
+      </c>
+      <c r="I45" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="J45"/>
       <c r="K45" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
         <v>253</v>
       </c>
       <c r="C46" t="s">
         <v>254</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>255</v>
       </c>
       <c r="G46" t="s">
         <v>256</v>
       </c>
       <c r="H46" t="s">
         <v>257</v>
       </c>
       <c r="I46" t="s">
         <v>18</v>
       </c>
       <c r="J46"/>
       <c r="K46" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>46.0</v>
       </c>
       <c r="B47" t="s">
         <v>258</v>
       </c>
       <c r="C47" t="s">
         <v>259</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>260</v>
       </c>
       <c r="G47" t="s">
         <v>261</v>
       </c>
       <c r="H47" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="I47" t="s">
         <v>18</v>
       </c>
       <c r="J47"/>
       <c r="K47" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>47.0</v>
       </c>
       <c r="B48" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C48" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G48" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H48" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="I48" t="s">
         <v>18</v>
       </c>
       <c r="J48"/>
       <c r="K48" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>48.0</v>
       </c>
       <c r="B49" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C49" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G49" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H49" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="I49" t="s">
         <v>18</v>
       </c>
       <c r="J49"/>
       <c r="K49" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>49.0</v>
       </c>
       <c r="B50" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C50" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G50" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H50" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="I50" t="s">
         <v>18</v>
       </c>
       <c r="J50"/>
       <c r="K50" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C51" t="s">
-        <v>275</v>
-[...4 lines deleted...]
-      <c r="E51" t="s">
         <v>276</v>
       </c>
+      <c r="D51"/>
+      <c r="E51"/>
       <c r="F51" t="s">
         <v>277</v>
       </c>
       <c r="G51" t="s">
         <v>278</v>
       </c>
       <c r="H51" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
       <c r="I51" t="s">
         <v>18</v>
       </c>
-      <c r="J51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J51"/>
       <c r="K51" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>