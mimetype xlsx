--- v0 (2026-01-28)
+++ v1 (2026-03-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="157">
   <si>
     <t>Eilės Nr</t>
   </si>
   <si>
     <t>Prašymo numeris</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Paraiškos numeris</t>
   </si>
   <si>
     <t>Sprendimo data</t>
   </si>
   <si>
     <t>Sprendimo numeris</t>
   </si>
   <si>
     <t>Ginčijamas ženklas</t>
   </si>
   <si>
     <t>Registracijos numeris</t>
   </si>
   <si>
@@ -203,51 +203,51 @@
   <si>
     <t>3, 6, 7, 11, 35, 42</t>
   </si>
   <si>
     <t>8.1.2</t>
   </si>
   <si>
     <t>PNNZ-36</t>
   </si>
   <si>
     <t>2022 0272</t>
   </si>
   <si>
     <t>2Ap-2299</t>
   </si>
   <si>
     <t>87469</t>
   </si>
   <si>
     <t>PNNZ-35</t>
   </si>
   <si>
     <t>2022 0320</t>
   </si>
   <si>
-    <t>2Ap-2328</t>
+    <t>2Ap-2329</t>
   </si>
   <si>
     <t>BOTELLA gėrimai skoniai atradimai</t>
   </si>
   <si>
     <t>87280</t>
   </si>
   <si>
     <t>8.1.2, 8.1.3, 7.3</t>
   </si>
   <si>
     <t>PNNZ-45</t>
   </si>
   <si>
     <t>2022 1392</t>
   </si>
   <si>
     <t>2Ap-2381</t>
   </si>
   <si>
     <t>VELOKLINIKA</t>
   </si>
   <si>
     <t>88342</t>
   </si>
@@ -386,54 +386,72 @@
   <si>
     <t>91489</t>
   </si>
   <si>
     <t>Prašymą atmesti</t>
   </si>
   <si>
     <t>PNNZ-53</t>
   </si>
   <si>
     <t>2024 0580</t>
   </si>
   <si>
     <t>2Ap-2388</t>
   </si>
   <si>
     <t>ŠEŠKĖS</t>
   </si>
   <si>
     <t>91590</t>
   </si>
   <si>
     <t>7.1.6</t>
   </si>
   <si>
+    <t>PNNZ-69</t>
+  </si>
+  <si>
+    <t>2024 0688</t>
+  </si>
+  <si>
+    <t>VIXI OFFICIAL</t>
+  </si>
+  <si>
+    <t>91735</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>PNNZ-61</t>
   </si>
   <si>
     <t>2024 1244</t>
+  </si>
+  <si>
+    <t>2Ap-2419</t>
   </si>
   <si>
     <t>FORTIS</t>
   </si>
   <si>
     <t>92080</t>
   </si>
   <si>
     <t>6, 7, 8, 9</t>
   </si>
   <si>
     <t>PNNZ-67</t>
   </si>
   <si>
     <t>2024 2142</t>
   </si>
   <si>
     <t>BROLIŲ TAUTKŲ RONDO</t>
   </si>
   <si>
     <t>92964</t>
   </si>
   <si>
     <t>35, 41</t>
   </si>
@@ -506,51 +524,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K27"/>
+  <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.8125" customWidth="true"/>
     <col min="2" max="2" width="15.625" customWidth="true"/>
     <col min="3" max="3" width="15.625" customWidth="true"/>
     <col min="4" max="4" width="15.625" customWidth="true"/>
     <col min="5" max="5" width="15.625" customWidth="true"/>
     <col min="6" max="6" width="31.25" customWidth="true"/>
     <col min="7" max="7" width="15.625" customWidth="true"/>
     <col min="8" max="8" width="15.625" customWidth="true"/>
     <col min="9" max="9" width="15.625" customWidth="true"/>
     <col min="10" max="10" width="15.625" customWidth="true"/>
     <col min="11" max="11" width="15.625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1255,167 +1273,202 @@
       <c r="A23" t="n">
         <v>72.0</v>
       </c>
       <c r="B23" t="s">
         <v>126</v>
       </c>
       <c r="C23" t="s">
         <v>127</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>128</v>
       </c>
       <c r="G23" t="s">
         <v>129</v>
       </c>
       <c r="H23" t="s">
         <v>130</v>
       </c>
       <c r="I23" t="s">
         <v>58</v>
       </c>
       <c r="J23"/>
       <c r="K23" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>73.0</v>
       </c>
       <c r="B24" t="s">
         <v>131</v>
       </c>
       <c r="C24" t="s">
         <v>132</v>
       </c>
-      <c r="D24"/>
-      <c r="E24"/>
+      <c r="D24" t="n">
+        <v>46052.0</v>
+      </c>
+      <c r="E24" t="s">
+        <v>133</v>
+      </c>
       <c r="F24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I24" t="s">
         <v>58</v>
       </c>
-      <c r="J24"/>
+      <c r="J24" t="s">
+        <v>81</v>
+      </c>
       <c r="K24" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>74.0</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="G25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H25" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I25" t="s">
         <v>58</v>
       </c>
       <c r="J25"/>
       <c r="K25" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>75.0</v>
       </c>
       <c r="B26" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C26" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
+        <v>139</v>
+      </c>
+      <c r="G26" t="s">
+        <v>144</v>
+      </c>
+      <c r="H26" t="s">
         <v>141</v>
       </c>
-      <c r="G26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I26" t="s">
-        <v>144</v>
+        <v>58</v>
       </c>
       <c r="J26"/>
       <c r="K26" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>76.0</v>
       </c>
       <c r="B27" t="s">
         <v>145</v>
       </c>
       <c r="C27" t="s">
         <v>146</v>
       </c>
-      <c r="D27" t="n">
+      <c r="D27"/>
+      <c r="E27"/>
+      <c r="F27" t="s">
+        <v>147</v>
+      </c>
+      <c r="G27" t="s">
+        <v>148</v>
+      </c>
+      <c r="H27" t="s">
+        <v>149</v>
+      </c>
+      <c r="I27" t="s">
+        <v>150</v>
+      </c>
+      <c r="J27"/>
+      <c r="K27" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="n">
+        <v>77.0</v>
+      </c>
+      <c r="B28" t="s">
+        <v>151</v>
+      </c>
+      <c r="C28" t="s">
+        <v>152</v>
+      </c>
+      <c r="D28" t="n">
         <v>45972.0</v>
       </c>
-      <c r="E27" t="s">
-[...11 lines deleted...]
-      <c r="I27" t="s">
+      <c r="E28" t="s">
+        <v>153</v>
+      </c>
+      <c r="F28" t="s">
+        <v>154</v>
+      </c>
+      <c r="G28" t="s">
+        <v>155</v>
+      </c>
+      <c r="H28" t="s">
+        <v>156</v>
+      </c>
+      <c r="I28" t="s">
         <v>58</v>
       </c>
-      <c r="J27" t="s">
+      <c r="J28" t="s">
         <v>19</v>
       </c>
-      <c r="K27" t="s">
+      <c r="K28" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>