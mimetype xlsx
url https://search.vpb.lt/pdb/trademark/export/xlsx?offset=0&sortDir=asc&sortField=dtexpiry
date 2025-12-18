--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -108,92 +108,92 @@
   <si>
     <t>RL 8893</t>
   </si>
   <si>
     <t>10586</t>
   </si>
   <si>
     <t>SYBASE SQL TOOLSET</t>
   </si>
   <si>
     <t>RL 3321</t>
   </si>
   <si>
     <t>8636</t>
   </si>
   <si>
     <t>DENITRAL</t>
   </si>
   <si>
     <t>RL 4593</t>
   </si>
   <si>
     <t>8188</t>
   </si>
   <si>
+    <t>BLEND FILTER</t>
+  </si>
+  <si>
+    <t>ZP 1420</t>
+  </si>
+  <si>
+    <t>20053</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
     <t>TECHNICOLL</t>
   </si>
   <si>
     <t>RL 4911</t>
   </si>
   <si>
     <t>8047</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>BLEND FILTER</t>
-[...10 lines deleted...]
-  <si>
     <t>TANGO</t>
   </si>
   <si>
+    <t>ZP 1475</t>
+  </si>
+  <si>
+    <t>20073</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
     <t>ZP 1476</t>
   </si>
   <si>
     <t>20072</t>
   </si>
   <si>
-    <t>32</t>
-[...7 lines deleted...]
-  <si>
     <t>AKZO</t>
   </si>
   <si>
     <t>RL 6425</t>
   </si>
   <si>
     <t>11489</t>
   </si>
   <si>
     <t>EGATROL</t>
   </si>
   <si>
     <t>RL 7060</t>
   </si>
   <si>
     <t>11501</t>
   </si>
   <si>
     <t>VICTOR</t>
   </si>
   <si>
     <t>RL 5445</t>
   </si>
   <si>
     <t>8665</t>
@@ -258,174 +258,174 @@
   <si>
     <t>9989</t>
   </si>
   <si>
     <t>OLD CHARTER</t>
   </si>
   <si>
     <t>RL 8334</t>
   </si>
   <si>
     <t>10092</t>
   </si>
   <si>
     <t>vesta</t>
   </si>
   <si>
     <t>ZP 465</t>
   </si>
   <si>
     <t>20483</t>
   </si>
   <si>
     <t>24, 25</t>
   </si>
   <si>
+    <t>ROLLS</t>
+  </si>
+  <si>
+    <t>ZP 1960</t>
+  </si>
+  <si>
+    <t>20470</t>
+  </si>
+  <si>
     <t>STAR</t>
   </si>
   <si>
     <t>ZP 1951</t>
   </si>
   <si>
     <t>20454</t>
   </si>
   <si>
-    <t>ROLLS</t>
-[...7 lines deleted...]
-  <si>
     <t>BENSON &amp; HEDGES</t>
   </si>
   <si>
     <t>ZP 2223</t>
   </si>
   <si>
     <t>20774</t>
   </si>
   <si>
     <t>ULTIMA</t>
   </si>
   <si>
     <t>ZP 1952</t>
   </si>
   <si>
     <t>20455</t>
   </si>
   <si>
     <t>GOLD KRONE</t>
   </si>
   <si>
     <t>ZP 2314</t>
   </si>
   <si>
     <t>20712</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>MAGNUM</t>
   </si>
   <si>
     <t>ZP 1858</t>
   </si>
   <si>
     <t>20447</t>
   </si>
   <si>
+    <t>B&amp;H</t>
+  </si>
+  <si>
+    <t>ZP 2225</t>
+  </si>
+  <si>
+    <t>20841</t>
+  </si>
+  <si>
     <t>ZP 2224</t>
   </si>
   <si>
     <t>20840</t>
   </si>
   <si>
-    <t>B&amp;H</t>
-[...7 lines deleted...]
-  <si>
     <t>SOLETTI</t>
   </si>
   <si>
     <t>RL 12718</t>
   </si>
   <si>
     <t>13965</t>
   </si>
   <si>
     <t>FORTUNE</t>
   </si>
   <si>
     <t>ZP 2100</t>
   </si>
   <si>
     <t>20696</t>
   </si>
   <si>
     <t>GOLD BAND</t>
   </si>
   <si>
     <t>ZP 2102</t>
   </si>
   <si>
     <t>20697</t>
   </si>
   <si>
     <t>ULTRA</t>
   </si>
   <si>
     <t>ZP 2322</t>
   </si>
   <si>
     <t>20854</t>
   </si>
   <si>
+    <t>ESSO</t>
+  </si>
+  <si>
+    <t>RL 5395</t>
+  </si>
+  <si>
+    <t>10861</t>
+  </si>
+  <si>
     <t>ACTRENE</t>
   </si>
   <si>
     <t>RL 5391</t>
   </si>
   <si>
     <t>9211</t>
-  </si>
-[...7 lines deleted...]
-    <t>10861</t>
   </si>
   <si>
     <t>HAN</t>
   </si>
   <si>
     <t>RL 5426</t>
   </si>
   <si>
     <t>9230</t>
   </si>
   <si>
     <t>AUTOTYPE</t>
   </si>
   <si>
     <t>RL 6011</t>
   </si>
   <si>
     <t>8784</t>
   </si>
   <si>
     <t>WESTERN</t>
   </si>
   <si>
     <t>ZP 1953</t>
   </si>
@@ -779,129 +779,129 @@
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>31</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="n">
         <v>34537.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>7.0</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8" t="n">
         <v>34598.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>8.0</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>38</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="G9" t="s">
         <v>40</v>
       </c>
       <c r="H9" t="n">
         <v>34598.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>9.0</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>42</v>
       </c>
       <c r="E10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
         <v>44</v>
       </c>
       <c r="H10" t="n">
         <v>34606.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>10.0</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="G11" t="s">
         <v>44</v>
       </c>
       <c r="H11" t="n">
         <v>34606.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>11.0</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
       <c r="C12" t="s">
@@ -1164,129 +1164,129 @@
       </c>
       <c r="H22" t="n">
         <v>34821.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>22.0</v>
       </c>
       <c r="B23" t="s">
         <v>83</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>84</v>
       </c>
       <c r="E23" t="s">
         <v>85</v>
       </c>
       <c r="G23" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H23" t="n">
         <v>34824.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>23.0</v>
       </c>
       <c r="B24" t="s">
         <v>86</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>87</v>
       </c>
       <c r="E24" t="s">
         <v>88</v>
       </c>
       <c r="G24" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H24" t="n">
         <v>34824.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>24.0</v>
       </c>
       <c r="B25" t="s">
         <v>89</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>90</v>
       </c>
       <c r="E25" t="s">
         <v>91</v>
       </c>
       <c r="G25" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H25" t="n">
         <v>34829.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>25.0</v>
       </c>
       <c r="B26" t="s">
         <v>92</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>93</v>
       </c>
       <c r="E26" t="s">
         <v>94</v>
       </c>
       <c r="G26" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H26" t="n">
         <v>34842.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>26.0</v>
       </c>
       <c r="B27" t="s">
         <v>95</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>96</v>
       </c>
       <c r="E27" t="s">
         <v>97</v>
       </c>
       <c r="G27" t="s">
@@ -1294,246 +1294,246 @@
       </c>
       <c r="H27" t="n">
         <v>34843.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>27.0</v>
       </c>
       <c r="B28" t="s">
         <v>99</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>100</v>
       </c>
       <c r="E28" t="s">
         <v>101</v>
       </c>
       <c r="G28" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H28" t="n">
         <v>34857.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>28.0</v>
       </c>
       <c r="B29" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E29" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G29" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H29" t="n">
         <v>34885.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>29.0</v>
       </c>
       <c r="B30" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>105</v>
       </c>
       <c r="E30" t="s">
         <v>106</v>
       </c>
       <c r="G30" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H30" t="n">
         <v>34885.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>30.0</v>
       </c>
       <c r="B31" t="s">
         <v>107</v>
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>108</v>
       </c>
       <c r="E31" t="s">
         <v>109</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="n">
         <v>34891.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>31.0</v>
       </c>
       <c r="B32" t="s">
         <v>110</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>111</v>
       </c>
       <c r="E32" t="s">
         <v>112</v>
       </c>
       <c r="G32" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H32" t="n">
         <v>34913.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>32.0</v>
       </c>
       <c r="B33" t="s">
         <v>113</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>114</v>
       </c>
       <c r="E33" t="s">
         <v>115</v>
       </c>
       <c r="G33" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H33" t="n">
         <v>34961.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>33.0</v>
       </c>
       <c r="B34" t="s">
         <v>116</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>117</v>
       </c>
       <c r="E34" t="s">
         <v>118</v>
       </c>
       <c r="G34" t="s">
         <v>68</v>
       </c>
       <c r="H34" t="n">
         <v>34961.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>34.0</v>
       </c>
       <c r="B35" t="s">
         <v>119</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D35" t="s">
         <v>120</v>
       </c>
       <c r="E35" t="s">
         <v>121</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="n">
         <v>34968.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>35.0</v>
       </c>
       <c r="B36" t="s">
         <v>122</v>
       </c>
       <c r="C36" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>123</v>
       </c>
       <c r="E36" t="s">
         <v>124</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="n">
         <v>34968.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>36.0</v>
       </c>
       <c r="B37" t="s">
         <v>125</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
@@ -1570,127 +1570,127 @@
       <c r="G38"/>
       <c r="H38" t="n">
         <v>34985.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
         <v>131</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>132</v>
       </c>
       <c r="E39" t="s">
         <v>133</v>
       </c>
       <c r="G39" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H39" t="n">
         <v>35026.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>39.0</v>
       </c>
       <c r="B40" t="s">
         <v>134</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>135</v>
       </c>
       <c r="E40" t="s">
         <v>136</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="n">
         <v>35038.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>40.0</v>
       </c>
       <c r="B41" t="s">
         <v>137</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>138</v>
       </c>
       <c r="E41" t="s">
         <v>139</v>
       </c>
       <c r="G41" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H41" t="n">
         <v>35067.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>41.0</v>
       </c>
       <c r="B42" t="s">
         <v>137</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>140</v>
       </c>
       <c r="E42" t="s">
         <v>141</v>
       </c>
       <c r="G42" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H42" t="n">
         <v>35073.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>42.0</v>
       </c>
       <c r="B43" t="s">
         <v>142</v>
       </c>
       <c r="C43" t="s">
         <v>17</v>
       </c>
       <c r="D43" t="s">
         <v>143</v>
       </c>
       <c r="E43" t="s">
         <v>144</v>
       </c>
       <c r="G43" t="s">
@@ -1724,51 +1724,51 @@
       </c>
       <c r="H44" t="n">
         <v>35173.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>44.0</v>
       </c>
       <c r="B45" t="s">
         <v>149</v>
       </c>
       <c r="C45" t="s">
         <v>17</v>
       </c>
       <c r="D45" t="s">
         <v>150</v>
       </c>
       <c r="E45" t="s">
         <v>151</v>
       </c>
       <c r="G45" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H45" t="n">
         <v>35178.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
         <v>152</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>153</v>
       </c>
       <c r="E46" t="s">
         <v>154</v>
       </c>
       <c r="G46"/>
@@ -1872,51 +1872,51 @@
       </c>
       <c r="H50" t="n">
         <v>35242.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
         <v>169</v>
       </c>
       <c r="C51" t="s">
         <v>17</v>
       </c>
       <c r="D51" t="s">
         <v>170</v>
       </c>
       <c r="E51" t="s">
         <v>171</v>
       </c>
       <c r="G51" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H51" t="n">
         <v>35247.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>