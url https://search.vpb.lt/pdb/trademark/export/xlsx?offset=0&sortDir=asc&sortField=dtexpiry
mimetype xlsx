--- v1 (2025-12-18)
+++ v2 (2026-03-19)
@@ -108,137 +108,137 @@
   <si>
     <t>RL 8893</t>
   </si>
   <si>
     <t>10586</t>
   </si>
   <si>
     <t>SYBASE SQL TOOLSET</t>
   </si>
   <si>
     <t>RL 3321</t>
   </si>
   <si>
     <t>8636</t>
   </si>
   <si>
     <t>DENITRAL</t>
   </si>
   <si>
     <t>RL 4593</t>
   </si>
   <si>
     <t>8188</t>
   </si>
   <si>
+    <t>TECHNICOLL</t>
+  </si>
+  <si>
+    <t>RL 4911</t>
+  </si>
+  <si>
+    <t>8047</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>BLEND FILTER</t>
   </si>
   <si>
     <t>ZP 1420</t>
   </si>
   <si>
     <t>20053</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>TECHNICOLL</t>
-[...10 lines deleted...]
-  <si>
     <t>TANGO</t>
   </si>
   <si>
+    <t>ZP 1476</t>
+  </si>
+  <si>
+    <t>20072</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
     <t>ZP 1475</t>
   </si>
   <si>
     <t>20073</t>
   </si>
   <si>
-    <t>32</t>
-[...7 lines deleted...]
-  <si>
     <t>AKZO</t>
   </si>
   <si>
     <t>RL 6425</t>
   </si>
   <si>
     <t>11489</t>
   </si>
   <si>
     <t>EGATROL</t>
   </si>
   <si>
     <t>RL 7060</t>
   </si>
   <si>
     <t>11501</t>
   </si>
   <si>
+    <t>NIVEA</t>
+  </si>
+  <si>
+    <t>RL 4904</t>
+  </si>
+  <si>
+    <t>8041</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
     <t>VICTOR</t>
   </si>
   <si>
+    <t>RL 5084</t>
+  </si>
+  <si>
+    <t>8652</t>
+  </si>
+  <si>
     <t>RL 5445</t>
   </si>
   <si>
     <t>8665</t>
   </si>
   <si>
-    <t>NIVEA</t>
-[...16 lines deleted...]
-  <si>
     <t>JUVENA MEN</t>
   </si>
   <si>
     <t>RL 4914</t>
   </si>
   <si>
     <t>8648</t>
   </si>
   <si>
     <t>HYDRAVITALE</t>
   </si>
   <si>
     <t>RL 1307</t>
   </si>
   <si>
     <t>6818</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>BLACK JACK TEA</t>
   </si>
   <si>
     <t>ZP 15925</t>
@@ -258,176 +258,176 @@
   <si>
     <t>9989</t>
   </si>
   <si>
     <t>OLD CHARTER</t>
   </si>
   <si>
     <t>RL 8334</t>
   </si>
   <si>
     <t>10092</t>
   </si>
   <si>
     <t>vesta</t>
   </si>
   <si>
     <t>ZP 465</t>
   </si>
   <si>
     <t>20483</t>
   </si>
   <si>
     <t>24, 25</t>
   </si>
   <si>
+    <t>STAR</t>
+  </si>
+  <si>
+    <t>ZP 1951</t>
+  </si>
+  <si>
+    <t>20454</t>
+  </si>
+  <si>
     <t>ROLLS</t>
   </si>
   <si>
     <t>ZP 1960</t>
   </si>
   <si>
     <t>20470</t>
   </si>
   <si>
-    <t>STAR</t>
-[...7 lines deleted...]
-  <si>
     <t>BENSON &amp; HEDGES</t>
   </si>
   <si>
     <t>ZP 2223</t>
   </si>
   <si>
     <t>20774</t>
   </si>
   <si>
     <t>ULTIMA</t>
   </si>
   <si>
     <t>ZP 1952</t>
   </si>
   <si>
     <t>20455</t>
   </si>
   <si>
     <t>GOLD KRONE</t>
   </si>
   <si>
     <t>ZP 2314</t>
   </si>
   <si>
     <t>20712</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>MAGNUM</t>
   </si>
   <si>
     <t>ZP 1858</t>
   </si>
   <si>
     <t>20447</t>
   </si>
   <si>
+    <t>ZP 2224</t>
+  </si>
+  <si>
+    <t>20840</t>
+  </si>
+  <si>
     <t>B&amp;H</t>
   </si>
   <si>
     <t>ZP 2225</t>
   </si>
   <si>
     <t>20841</t>
   </si>
   <si>
-    <t>ZP 2224</t>
-[...4 lines deleted...]
-  <si>
     <t>SOLETTI</t>
   </si>
   <si>
     <t>RL 12718</t>
   </si>
   <si>
     <t>13965</t>
   </si>
   <si>
     <t>FORTUNE</t>
   </si>
   <si>
     <t>ZP 2100</t>
   </si>
   <si>
     <t>20696</t>
   </si>
   <si>
+    <t>ULTRA</t>
+  </si>
+  <si>
+    <t>ZP 2322</t>
+  </si>
+  <si>
+    <t>20854</t>
+  </si>
+  <si>
     <t>GOLD BAND</t>
   </si>
   <si>
     <t>ZP 2102</t>
   </si>
   <si>
     <t>20697</t>
   </si>
   <si>
-    <t>ULTRA</t>
-[...5 lines deleted...]
-    <t>20854</t>
+    <t>ACTRENE</t>
+  </si>
+  <si>
+    <t>RL 5391</t>
+  </si>
+  <si>
+    <t>9211</t>
   </si>
   <si>
     <t>ESSO</t>
   </si>
   <si>
     <t>RL 5395</t>
   </si>
   <si>
     <t>10861</t>
   </si>
   <si>
-    <t>ACTRENE</t>
-[...7 lines deleted...]
-  <si>
     <t>HAN</t>
   </si>
   <si>
     <t>RL 5426</t>
   </si>
   <si>
     <t>9230</t>
   </si>
   <si>
     <t>AUTOTYPE</t>
   </si>
   <si>
     <t>RL 6011</t>
   </si>
   <si>
     <t>8784</t>
   </si>
   <si>
     <t>WESTERN</t>
   </si>
   <si>
     <t>ZP 1953</t>
   </si>
   <si>
     <t>20456</t>
@@ -465,66 +465,66 @@
   <si>
     <t>21206</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>OESTRASID</t>
   </si>
   <si>
     <t>ZP 3439</t>
   </si>
   <si>
     <t>21319</t>
   </si>
   <si>
     <t>MONTANA</t>
   </si>
   <si>
     <t>ZP 2790</t>
   </si>
   <si>
     <t>21149</t>
   </si>
   <si>
+    <t>KAREL</t>
+  </si>
+  <si>
+    <t>RL 12503</t>
+  </si>
+  <si>
+    <t>13065</t>
+  </si>
+  <si>
     <t>LESTER</t>
   </si>
   <si>
     <t>RL 12501</t>
   </si>
   <si>
     <t>13063</t>
-  </si>
-[...7 lines deleted...]
-    <t>13065</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>RL 10424</t>
   </si>
   <si>
     <t>11631</t>
   </si>
   <si>
     <t>COMPAGNIA DI BANDIERA</t>
   </si>
   <si>
     <t>ZP 4241</t>
   </si>
   <si>
     <t>21903</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>CATIART</t>
   </si>
@@ -779,129 +779,129 @@
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>31</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="n">
         <v>34537.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>7.0</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8" t="n">
         <v>34598.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>8.0</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>38</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="G9" t="s">
         <v>40</v>
       </c>
       <c r="H9" t="n">
         <v>34598.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>9.0</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>42</v>
       </c>
       <c r="E10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
         <v>44</v>
       </c>
       <c r="H10" t="n">
         <v>34606.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>10.0</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="G11" t="s">
         <v>44</v>
       </c>
       <c r="H11" t="n">
         <v>34606.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>11.0</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
       <c r="C12" t="s">
@@ -939,93 +939,93 @@
       </c>
       <c r="G13"/>
       <c r="H13" t="n">
         <v>34621.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>13.0</v>
       </c>
       <c r="B14" t="s">
         <v>53</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>54</v>
       </c>
       <c r="E14" t="s">
         <v>55</v>
       </c>
-      <c r="G14"/>
+      <c r="G14" t="s">
+        <v>56</v>
+      </c>
       <c r="H14" t="n">
         <v>34625.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>14.0</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G15" t="s">
         <v>59</v>
       </c>
+      <c r="G15"/>
       <c r="H15" t="n">
         <v>34625.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>15.0</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C16" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>60</v>
       </c>
       <c r="E16" t="s">
         <v>61</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="n">
         <v>34625.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>16.0</v>
       </c>
       <c r="B17" t="s">
         <v>62</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
@@ -1164,129 +1164,129 @@
       </c>
       <c r="H22" t="n">
         <v>34821.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>22.0</v>
       </c>
       <c r="B23" t="s">
         <v>83</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>84</v>
       </c>
       <c r="E23" t="s">
         <v>85</v>
       </c>
       <c r="G23" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H23" t="n">
         <v>34824.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>23.0</v>
       </c>
       <c r="B24" t="s">
         <v>86</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>87</v>
       </c>
       <c r="E24" t="s">
         <v>88</v>
       </c>
       <c r="G24" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H24" t="n">
         <v>34824.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>24.0</v>
       </c>
       <c r="B25" t="s">
         <v>89</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>90</v>
       </c>
       <c r="E25" t="s">
         <v>91</v>
       </c>
       <c r="G25" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H25" t="n">
         <v>34829.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>25.0</v>
       </c>
       <c r="B26" t="s">
         <v>92</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>93</v>
       </c>
       <c r="E26" t="s">
         <v>94</v>
       </c>
       <c r="G26" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H26" t="n">
         <v>34842.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>26.0</v>
       </c>
       <c r="B27" t="s">
         <v>95</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>96</v>
       </c>
       <c r="E27" t="s">
         <v>97</v>
       </c>
       <c r="G27" t="s">
@@ -1294,246 +1294,246 @@
       </c>
       <c r="H27" t="n">
         <v>34843.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>27.0</v>
       </c>
       <c r="B28" t="s">
         <v>99</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>100</v>
       </c>
       <c r="E28" t="s">
         <v>101</v>
       </c>
       <c r="G28" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H28" t="n">
         <v>34857.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>28.0</v>
       </c>
       <c r="B29" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
+        <v>102</v>
+      </c>
+      <c r="E29" t="s">
         <v>103</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H29" t="n">
         <v>34885.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>29.0</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>105</v>
       </c>
       <c r="E30" t="s">
         <v>106</v>
       </c>
       <c r="G30" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H30" t="n">
         <v>34885.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>30.0</v>
       </c>
       <c r="B31" t="s">
         <v>107</v>
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>108</v>
       </c>
       <c r="E31" t="s">
         <v>109</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="n">
         <v>34891.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>31.0</v>
       </c>
       <c r="B32" t="s">
         <v>110</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>111</v>
       </c>
       <c r="E32" t="s">
         <v>112</v>
       </c>
       <c r="G32" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H32" t="n">
         <v>34913.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>32.0</v>
       </c>
       <c r="B33" t="s">
         <v>113</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>114</v>
       </c>
       <c r="E33" t="s">
         <v>115</v>
       </c>
       <c r="G33" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="H33" t="n">
         <v>34961.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>33.0</v>
       </c>
       <c r="B34" t="s">
         <v>116</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>117</v>
       </c>
       <c r="E34" t="s">
         <v>118</v>
       </c>
       <c r="G34" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="H34" t="n">
         <v>34961.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>34.0</v>
       </c>
       <c r="B35" t="s">
         <v>119</v>
       </c>
       <c r="C35" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>120</v>
       </c>
       <c r="E35" t="s">
         <v>121</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="n">
         <v>34968.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>35.0</v>
       </c>
       <c r="B36" t="s">
         <v>122</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
         <v>123</v>
       </c>
       <c r="E36" t="s">
         <v>124</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="n">
         <v>34968.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>36.0</v>
       </c>
       <c r="B37" t="s">
         <v>125</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
@@ -1570,127 +1570,127 @@
       <c r="G38"/>
       <c r="H38" t="n">
         <v>34985.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>38.0</v>
       </c>
       <c r="B39" t="s">
         <v>131</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>132</v>
       </c>
       <c r="E39" t="s">
         <v>133</v>
       </c>
       <c r="G39" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H39" t="n">
         <v>35026.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>39.0</v>
       </c>
       <c r="B40" t="s">
         <v>134</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>135</v>
       </c>
       <c r="E40" t="s">
         <v>136</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="n">
         <v>35038.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>40.0</v>
       </c>
       <c r="B41" t="s">
         <v>137</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>138</v>
       </c>
       <c r="E41" t="s">
         <v>139</v>
       </c>
       <c r="G41" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H41" t="n">
         <v>35067.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>41.0</v>
       </c>
       <c r="B42" t="s">
         <v>137</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>140</v>
       </c>
       <c r="E42" t="s">
         <v>141</v>
       </c>
       <c r="G42" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H42" t="n">
         <v>35073.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>42.0</v>
       </c>
       <c r="B43" t="s">
         <v>142</v>
       </c>
       <c r="C43" t="s">
         <v>17</v>
       </c>
       <c r="D43" t="s">
         <v>143</v>
       </c>
       <c r="E43" t="s">
         <v>144</v>
       </c>
       <c r="G43" t="s">
@@ -1698,77 +1698,77 @@
       </c>
       <c r="H43" t="n">
         <v>35166.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>43.0</v>
       </c>
       <c r="B44" t="s">
         <v>146</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>147</v>
       </c>
       <c r="E44" t="s">
         <v>148</v>
       </c>
       <c r="G44" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="H44" t="n">
         <v>35173.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>44.0</v>
       </c>
       <c r="B45" t="s">
         <v>149</v>
       </c>
       <c r="C45" t="s">
         <v>17</v>
       </c>
       <c r="D45" t="s">
         <v>150</v>
       </c>
       <c r="E45" t="s">
         <v>151</v>
       </c>
       <c r="G45" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H45" t="n">
         <v>35178.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>45.0</v>
       </c>
       <c r="B46" t="s">
         <v>152</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>153</v>
       </c>
       <c r="E46" t="s">
         <v>154</v>
       </c>
       <c r="G46"/>
@@ -1872,51 +1872,51 @@
       </c>
       <c r="H50" t="n">
         <v>35242.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>50.0</v>
       </c>
       <c r="B51" t="s">
         <v>169</v>
       </c>
       <c r="C51" t="s">
         <v>17</v>
       </c>
       <c r="D51" t="s">
         <v>170</v>
       </c>
       <c r="E51" t="s">
         <v>171</v>
       </c>
       <c r="G51" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H51" t="n">
         <v>35247.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>