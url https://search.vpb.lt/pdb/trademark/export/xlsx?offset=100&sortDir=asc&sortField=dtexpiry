--- v0 (2025-12-19)
+++ v1 (2026-03-19)
@@ -82,248 +82,248 @@
   <si>
     <t>SERVERWARE</t>
   </si>
   <si>
     <t>95-0397</t>
   </si>
   <si>
     <t>29006</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Enrico Ferrari</t>
   </si>
   <si>
     <t>RL 12794</t>
   </si>
   <si>
     <t>13932</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>KINGS</t>
+  </si>
+  <si>
+    <t>ZP 15930</t>
+  </si>
+  <si>
+    <t>25852</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>ISOFORS</t>
+  </si>
+  <si>
+    <t>95-0562</t>
+  </si>
+  <si>
+    <t>28194</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
     <t>LUCK</t>
   </si>
   <si>
     <t>ZP 7719</t>
   </si>
   <si>
     <t>22495</t>
   </si>
   <si>
-    <t>34</t>
-[...20 lines deleted...]
-    <t>25852</t>
+    <t>ARIFLO</t>
+  </si>
+  <si>
+    <t>95-2214</t>
+  </si>
+  <si>
+    <t>29224</t>
+  </si>
+  <si>
+    <t>CLAVAMOX</t>
+  </si>
+  <si>
+    <t>ZP 16130</t>
+  </si>
+  <si>
+    <t>25905</t>
+  </si>
+  <si>
+    <t>WESTPORT</t>
+  </si>
+  <si>
+    <t>ZP 17292</t>
+  </si>
+  <si>
+    <t>26806</t>
   </si>
   <si>
     <t>CLASSIC</t>
   </si>
   <si>
     <t>ZP 17091</t>
   </si>
   <si>
     <t>26981</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>WESTPORT</t>
-[...23 lines deleted...]
-    <t>29224</t>
+    <t>GOOD YEAR PADANGOS + AUTOSERVISAS</t>
+  </si>
+  <si>
+    <t>Combined</t>
+  </si>
+  <si>
+    <t>95-1081</t>
+  </si>
+  <si>
+    <t>28514</t>
+  </si>
+  <si>
+    <t>35, 37</t>
+  </si>
+  <si>
+    <t>Friedrich</t>
+  </si>
+  <si>
+    <t>ZP 16234</t>
+  </si>
+  <si>
+    <t>26039</t>
+  </si>
+  <si>
+    <t>11</t>
   </si>
   <si>
     <t>HELEX</t>
   </si>
   <si>
     <t>ZP 16345</t>
   </si>
   <si>
     <t>26146</t>
   </si>
   <si>
-    <t>Friedrich</t>
-[...13 lines deleted...]
-  <si>
     <t>MONTANA</t>
   </si>
   <si>
     <t>ZP 15693</t>
   </si>
   <si>
     <t>26436</t>
   </si>
   <si>
     <t>REGIO-MONTANA</t>
   </si>
   <si>
     <t>ZP 15695</t>
   </si>
   <si>
     <t>26438</t>
   </si>
   <si>
     <t>MONTANYA</t>
   </si>
   <si>
     <t>ZP 15696</t>
   </si>
   <si>
     <t>26439</t>
   </si>
   <si>
     <t>Montana</t>
   </si>
   <si>
     <t>ZP 15697</t>
   </si>
   <si>
     <t>26440</t>
   </si>
   <si>
     <t>RS ROADSTAR</t>
   </si>
   <si>
     <t>ZP 15708</t>
   </si>
   <si>
     <t>26083</t>
   </si>
   <si>
-    <t>GOOD YEAR PADANGOS + AUTOSERVISAS</t>
-[...10 lines deleted...]
-  <si>
     <t>AVA</t>
   </si>
   <si>
     <t>ZP 16559</t>
   </si>
   <si>
     <t>26603</t>
   </si>
   <si>
     <t>RITZ</t>
   </si>
   <si>
     <t>ZP 15134</t>
   </si>
   <si>
     <t>24929</t>
   </si>
   <si>
     <t>KEFLOR</t>
   </si>
   <si>
     <t>ZP 17527</t>
   </si>
   <si>
     <t>27044</t>
   </si>
   <si>
+    <t>ZP 17526</t>
+  </si>
+  <si>
+    <t>27006</t>
+  </si>
+  <si>
     <t>FLORA</t>
   </si>
   <si>
     <t>ZP 17137</t>
   </si>
   <si>
     <t>26706</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>ZP 17526</t>
-[...4 lines deleted...]
-  <si>
     <t>SMIRNOV</t>
   </si>
   <si>
     <t>ZP 17214</t>
   </si>
   <si>
     <t>27080</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>adidanas</t>
   </si>
   <si>
     <t>95-0829</t>
   </si>
   <si>
     <t>27605</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>adibas SPORT</t>
@@ -382,68 +382,68 @@
   <si>
     <t>95-1161</t>
   </si>
   <si>
     <t>27637</t>
   </si>
   <si>
     <t>APILEPSIN</t>
   </si>
   <si>
     <t>95-1164</t>
   </si>
   <si>
     <t>27640</t>
   </si>
   <si>
     <t>RIGHT CUT</t>
   </si>
   <si>
     <t>95-0608</t>
   </si>
   <si>
     <t>28341</t>
   </si>
   <si>
+    <t>ASTRAL</t>
+  </si>
+  <si>
+    <t>95-0609</t>
+  </si>
+  <si>
+    <t>28342</t>
+  </si>
+  <si>
     <t>IBREX</t>
   </si>
   <si>
     <t>95-3449</t>
   </si>
   <si>
     <t>29586</t>
   </si>
   <si>
-    <t>ASTRAL</t>
-[...7 lines deleted...]
-  <si>
     <t>AMOXIL</t>
   </si>
   <si>
     <t>95-1268</t>
   </si>
   <si>
     <t>27989</t>
   </si>
   <si>
     <t>BETAFERON</t>
   </si>
   <si>
     <t>95-1189</t>
   </si>
   <si>
     <t>27646</t>
   </si>
   <si>
     <t>RAFFEL</t>
   </si>
   <si>
     <t>95-1037</t>
   </si>
   <si>
     <t>28303</t>
@@ -472,84 +472,84 @@
   <si>
     <t>32</t>
   </si>
   <si>
     <t>GlobalOne KOMPIUTERIŲ TINKLAI</t>
   </si>
   <si>
     <t>96-2375</t>
   </si>
   <si>
     <t>31135</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>SUREVUE</t>
   </si>
   <si>
     <t>RL 11187</t>
   </si>
   <si>
     <t>13034</t>
   </si>
   <si>
+    <t>BIJOU JABLONEC</t>
+  </si>
+  <si>
+    <t>95-0788</t>
+  </si>
+  <si>
+    <t>28644</t>
+  </si>
+  <si>
+    <t>6, 14, 20, 21, 35</t>
+  </si>
+  <si>
     <t>Siofor</t>
   </si>
   <si>
     <t>95-0494</t>
   </si>
   <si>
     <t>28164</t>
   </si>
   <si>
     <t>95-0510</t>
   </si>
   <si>
     <t>28180</t>
   </si>
   <si>
     <t>Moskovskaya Zitrovka ORIGINAL RUSSISCHER WODKA Simex</t>
   </si>
   <si>
     <t>95-0565</t>
   </si>
   <si>
     <t>28700</t>
-  </si>
-[...10 lines deleted...]
-    <t>6, 14, 20, 21, 35</t>
   </si>
   <si>
     <t>BBC BALTIJOS BIZNIO CENTRAS</t>
   </si>
   <si>
     <t>ZP 16849</t>
   </si>
   <si>
     <t>27440</t>
   </si>
   <si>
     <t>16, 35, 36, 37, 38, 39, 40, 41, 42</t>
   </si>
   <si>
     <t>GALA</t>
   </si>
   <si>
     <t>ZP 16390</t>
   </si>
   <si>
     <t>25976</t>
   </si>
   <si>
     <t>ICI AUTOCOLOR</t>
   </si>
@@ -599,247 +599,247 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>12</xdr:row>
-      <xdr:rowOff>576000</xdr:rowOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>576000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="576000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>468000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId2"/>
+        <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="468000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>612000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId3"/>
+        <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="612000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>432000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId4"/>
+        <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="432000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>18</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>468000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="468000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1017,152 +1017,152 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="684000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>44</xdr:row>
-      <xdr:rowOff>396000</xdr:rowOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>756000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="756000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>46</xdr:row>
-      <xdr:rowOff>756000</xdr:rowOff>
+      <xdr:rowOff>1404000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="756000"/>
+          <a:ext cx="1080000" cy="1404000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>900000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1430,335 +1430,335 @@
       </c>
       <c r="H7" t="n">
         <v>36059.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>107.0</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>36</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="H8" t="n">
         <v>36090.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>108.0</v>
       </c>
       <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
         <v>39</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>40</v>
       </c>
-      <c r="E9" t="s">
-[...2 lines deleted...]
-      <c r="G9"/>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
       <c r="H9" t="n">
         <v>36090.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>109.0</v>
       </c>
       <c r="B10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
         <v>42</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>43</v>
       </c>
-      <c r="E10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G10"/>
       <c r="H10" t="n">
         <v>36090.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>110.0</v>
       </c>
       <c r="B11" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
         <v>45</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>46</v>
       </c>
-      <c r="E11" t="s">
+      <c r="G11" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H11" t="n">
         <v>36090.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="12">
+    <row r="12" ht="75.0" customHeight="true">
       <c r="A12" t="n">
         <v>111.0</v>
       </c>
       <c r="B12" t="s">
         <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="D12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="H12" t="n">
         <v>36111.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" ht="75.0" customHeight="true">
       <c r="A13" t="n">
         <v>112.0</v>
       </c>
       <c r="B13" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H13" t="n">
         <v>36111.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" ht="75.0" customHeight="true">
+    <row r="14">
       <c r="A14" t="n">
         <v>113.0</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G14" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H14" t="n">
         <v>36111.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="15">
+    <row r="15" ht="75.0" customHeight="true">
       <c r="A15" t="n">
         <v>114.0</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="D15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G15" t="s">
         <v>27</v>
       </c>
       <c r="H15" t="n">
         <v>36111.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>115.0</v>
       </c>
       <c r="B16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G16" t="s">
         <v>27</v>
       </c>
       <c r="H16" t="n">
         <v>36111.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="17" ht="75.0" customHeight="true">
+    <row r="17">
       <c r="A17" t="n">
         <v>116.0</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G17" t="s">
         <v>27</v>
       </c>
       <c r="H17" t="n">
         <v>36111.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" ht="75.0" customHeight="true">
       <c r="A18" t="n">
         <v>117.0</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G18" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="H18" t="n">
         <v>36111.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" ht="75.0" customHeight="true">
       <c r="A19" t="n">
         <v>118.0</v>
       </c>
       <c r="B19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G19" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="H19" t="n">
         <v>36111.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>119.0</v>
       </c>
       <c r="B20" t="s">
         <v>75</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>76</v>
       </c>
       <c r="E20" t="s">
         <v>77</v>
       </c>
       <c r="G20" t="s">
@@ -1801,163 +1801,163 @@
       <c r="A22" t="n">
         <v>121.0</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>82</v>
       </c>
       <c r="E22" t="s">
         <v>83</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="n">
         <v>36150.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="23">
+    <row r="23" ht="75.0" customHeight="true">
       <c r="A23" t="n">
         <v>122.0</v>
       </c>
       <c r="B23" t="s">
+        <v>81</v>
+      </c>
+      <c r="C23" t="s">
+        <v>49</v>
+      </c>
+      <c r="D23" t="s">
         <v>84</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>85</v>
       </c>
-      <c r="E23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" t="s">
-        <v>87</v>
+        <v>14</v>
       </c>
       <c r="H23" t="n">
         <v>36166.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="24" ht="75.0" customHeight="true">
+    <row r="24">
       <c r="A24" t="n">
         <v>123.0</v>
       </c>
       <c r="B24" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C24" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="D24" t="s">
+        <v>87</v>
+      </c>
+      <c r="E24" t="s">
         <v>88</v>
       </c>
-      <c r="E24" t="s">
+      <c r="G24" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H24" t="n">
         <v>36166.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" ht="93.35" customHeight="true">
       <c r="A25" t="n">
         <v>124.0</v>
       </c>
       <c r="B25" t="s">
         <v>90</v>
       </c>
       <c r="C25" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D25" t="s">
         <v>91</v>
       </c>
       <c r="E25" t="s">
         <v>92</v>
       </c>
       <c r="G25" t="s">
         <v>93</v>
       </c>
       <c r="H25" t="n">
         <v>36186.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" ht="75.0" customHeight="true">
       <c r="A26" t="n">
         <v>125.0</v>
       </c>
       <c r="B26" t="s">
         <v>94</v>
       </c>
       <c r="C26" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D26" t="s">
         <v>95</v>
       </c>
       <c r="E26" t="s">
         <v>96</v>
       </c>
       <c r="G26" t="s">
         <v>97</v>
       </c>
       <c r="H26" t="n">
         <v>36217.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" ht="90.55" customHeight="true">
       <c r="A27" t="n">
         <v>126.0</v>
       </c>
       <c r="B27" t="s">
         <v>98</v>
       </c>
       <c r="C27" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D27" t="s">
         <v>99</v>
       </c>
       <c r="E27" t="s">
         <v>100</v>
       </c>
       <c r="G27" t="s">
         <v>97</v>
       </c>
       <c r="H27" t="n">
         <v>36217.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>127.0</v>
       </c>
       <c r="B28" t="s">
         <v>101</v>
       </c>
       <c r="C28" t="s">
@@ -2017,51 +2017,51 @@
       </c>
       <c r="D30" t="s">
         <v>109</v>
       </c>
       <c r="E30" t="s">
         <v>110</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="n">
         <v>36235.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" ht="82.05" customHeight="true">
       <c r="A31" t="n">
         <v>130.0</v>
       </c>
       <c r="B31" t="s">
         <v>111</v>
       </c>
       <c r="C31" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D31" t="s">
         <v>112</v>
       </c>
       <c r="E31" t="s">
         <v>113</v>
       </c>
       <c r="G31" t="s">
         <v>114</v>
       </c>
       <c r="H31" t="n">
         <v>36244.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>131.0</v>
       </c>
       <c r="B32" t="s">
         <v>115</v>
       </c>
       <c r="C32" t="s">
@@ -2130,77 +2130,77 @@
       </c>
       <c r="H34" t="n">
         <v>36252.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>134.0</v>
       </c>
       <c r="B35" t="s">
         <v>124</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>125</v>
       </c>
       <c r="E35" t="s">
         <v>126</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H35" t="n">
         <v>36256.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>135.0</v>
       </c>
       <c r="B36" t="s">
         <v>127</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>128</v>
       </c>
       <c r="E36" t="s">
         <v>129</v>
       </c>
       <c r="G36" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H36" t="n">
         <v>36256.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>136.0</v>
       </c>
       <c r="B37" t="s">
         <v>130</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>131</v>
       </c>
       <c r="E37" t="s">
         <v>132</v>
       </c>
       <c r="G37" t="s">
@@ -2277,285 +2277,285 @@
       </c>
       <c r="D40" t="s">
         <v>141</v>
       </c>
       <c r="E40" t="s">
         <v>142</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="n">
         <v>36293.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>140.0</v>
       </c>
       <c r="B41" t="s">
         <v>143</v>
       </c>
       <c r="C41" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D41" t="s">
         <v>144</v>
       </c>
       <c r="E41" t="s">
         <v>145</v>
       </c>
       <c r="G41" t="s">
         <v>146</v>
       </c>
       <c r="H41" t="n">
         <v>36294.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" ht="75.0" customHeight="true">
       <c r="A42" t="n">
         <v>141.0</v>
       </c>
       <c r="B42" t="s">
         <v>147</v>
       </c>
       <c r="C42" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D42" t="s">
         <v>148</v>
       </c>
       <c r="E42" t="s">
         <v>149</v>
       </c>
       <c r="G42" t="s">
         <v>150</v>
       </c>
       <c r="H42" t="n">
         <v>36311.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>142.0</v>
       </c>
       <c r="B43" t="s">
         <v>151</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>152</v>
       </c>
       <c r="E43" t="s">
         <v>153</v>
       </c>
       <c r="G43" t="s">
         <v>19</v>
       </c>
       <c r="H43" t="n">
         <v>36326.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="44">
+    <row r="44" ht="75.0" customHeight="true">
       <c r="A44" t="n">
         <v>143.0</v>
       </c>
       <c r="B44" t="s">
         <v>154</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="D44" t="s">
         <v>155</v>
       </c>
       <c r="E44" t="s">
         <v>156</v>
       </c>
       <c r="G44" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="H44" t="n">
         <v>36347.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="45" ht="75.0" customHeight="true">
+    <row r="45">
       <c r="A45" t="n">
         <v>144.0</v>
       </c>
       <c r="B45" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C45" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E45" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="n">
         <v>36347.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="46" ht="110.35" customHeight="true">
+    <row r="46" ht="75.0" customHeight="true">
       <c r="A46" t="n">
         <v>145.0</v>
       </c>
       <c r="B46" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C46" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D46" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E46" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G46" t="s">
-        <v>93</v>
+        <v>14</v>
       </c>
       <c r="H46" t="n">
         <v>36347.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="47" ht="75.0" customHeight="true">
+    <row r="47" ht="110.35" customHeight="true">
       <c r="A47" t="n">
         <v>146.0</v>
       </c>
       <c r="B47" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C47" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D47" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E47" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G47" t="s">
-        <v>165</v>
+        <v>93</v>
       </c>
       <c r="H47" t="n">
         <v>36347.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" ht="75.0" customHeight="true">
       <c r="A48" t="n">
         <v>147.0</v>
       </c>
       <c r="B48" t="s">
         <v>166</v>
       </c>
       <c r="C48" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D48" t="s">
         <v>167</v>
       </c>
       <c r="E48" t="s">
         <v>168</v>
       </c>
       <c r="G48" t="s">
         <v>169</v>
       </c>
       <c r="H48" t="n">
         <v>36377.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>148.0</v>
       </c>
       <c r="B49" t="s">
         <v>170</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>171</v>
       </c>
       <c r="E49" t="s">
         <v>172</v>
       </c>
       <c r="G49" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="H49" t="n">
         <v>36395.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" ht="75.0" customHeight="true">
       <c r="A50" t="n">
         <v>149.0</v>
       </c>
       <c r="B50" t="s">
         <v>173</v>
       </c>
       <c r="C50" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D50" t="s">
         <v>174</v>
       </c>
       <c r="E50" t="s">
         <v>175</v>
       </c>
       <c r="G50" t="s">
         <v>114</v>
       </c>
       <c r="H50" t="n">
         <v>36395.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>150.0</v>
       </c>
       <c r="B51" t="s">
         <v>176</v>
       </c>
       <c r="C51" t="s">