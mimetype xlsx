--- v0 (2025-11-07)
+++ v1 (2026-03-27)
@@ -10,78 +10,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="311" uniqueCount="194">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>Garsta</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>ZP 2446</t>
   </si>
   <si>
     <t>21714</t>
   </si>
   <si>
     <t>19, 35, 37, 39, 42</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>VIVIL FRIENDSHIP</t>
   </si>
   <si>
     <t>Word</t>
   </si>
@@ -133,77 +133,77 @@
   <si>
     <t>GERODORM</t>
   </si>
   <si>
     <t>RL 728</t>
   </si>
   <si>
     <t>6217</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>verpstas</t>
   </si>
   <si>
     <t>RL 1150</t>
   </si>
   <si>
     <t>6641</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
+    <t>BLANCHE DE MAXIME</t>
+  </si>
+  <si>
+    <t>2001 0805</t>
+  </si>
+  <si>
+    <t>45397</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Panaikinta registracija</t>
+  </si>
+  <si>
     <t>CLAN MACGREGOR</t>
   </si>
   <si>
     <t>2001 0687</t>
   </si>
   <si>
     <t>45523</t>
   </si>
   <si>
     <t>33, 35</t>
   </si>
   <si>
-    <t>Panaikinta registracija</t>
-[...13 lines deleted...]
-  <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>ZP 2447</t>
   </si>
   <si>
     <t>21050</t>
   </si>
   <si>
     <t>1, 35</t>
   </si>
   <si>
     <t>ATLAS ELEKTRONIK</t>
   </si>
   <si>
     <t>ZP 2486</t>
   </si>
   <si>
     <t>21052</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MOTULĖS DUONA RAIKYTA</t>
@@ -232,125 +232,125 @@
   <si>
     <t>LST</t>
   </si>
   <si>
     <t>ZP 2448</t>
   </si>
   <si>
     <t>21276</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>UOTAS</t>
   </si>
   <si>
     <t>ZP 2449</t>
   </si>
   <si>
     <t>21483</t>
   </si>
   <si>
     <t>19, 25, 35, 36, 37, 39, 42</t>
   </si>
   <si>
+    <t>HK MONIPUOLINEN RUOKATALO LAADUSTA TINKIMAETTAE</t>
+  </si>
+  <si>
+    <t>ZP 2451</t>
+  </si>
+  <si>
+    <t>21539</t>
+  </si>
+  <si>
+    <t>29, 30, 31</t>
+  </si>
+  <si>
+    <t>KIEKURA</t>
+  </si>
+  <si>
+    <t>ZP 2453</t>
+  </si>
+  <si>
+    <t>21536</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>HELSINGIN KAUPPIAAT OY HK-RUOKATALO</t>
+  </si>
+  <si>
+    <t>ZP 2487</t>
+  </si>
+  <si>
+    <t>21538</t>
+  </si>
+  <si>
+    <t>BEKAROMA</t>
+  </si>
+  <si>
+    <t>ZP 2665</t>
+  </si>
+  <si>
+    <t>21257</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>BEKAPLUS</t>
+  </si>
+  <si>
+    <t>ZP 2666</t>
+  </si>
+  <si>
+    <t>21258</t>
+  </si>
+  <si>
+    <t>BODYGUARD</t>
+  </si>
+  <si>
+    <t>ZP 2668</t>
+  </si>
+  <si>
+    <t>20973</t>
+  </si>
+  <si>
+    <t>3, 18, 25</t>
+  </si>
+  <si>
     <t>SPECIAL</t>
   </si>
   <si>
     <t>ZP 2450</t>
   </si>
   <si>
     <t>21259</t>
   </si>
   <si>
-    <t>HK MONIPUOLINEN RUOKATALO LAADUSTA TINKIMAETTAE</t>
-[...64 lines deleted...]
-  <si>
     <t>POLITRANSA</t>
   </si>
   <si>
     <t>ZP 2491</t>
   </si>
   <si>
     <t>22176</t>
   </si>
   <si>
     <t>35, 39, 42</t>
   </si>
   <si>
     <t>UL</t>
   </si>
   <si>
     <t>ZP 2492</t>
   </si>
   <si>
     <t>20971</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>VaFLiNiS tortas LaZdYNai</t>
@@ -376,219 +376,219 @@
   <si>
     <t>Tulpė</t>
   </si>
   <si>
     <t>RL 1387</t>
   </si>
   <si>
     <t>6952</t>
   </si>
   <si>
     <t>24, 25</t>
   </si>
   <si>
     <t>Vidzgiris</t>
   </si>
   <si>
     <t>ZP 2493</t>
   </si>
   <si>
     <t>21745</t>
   </si>
   <si>
     <t>35, 42</t>
   </si>
   <si>
+    <t>BY BASI</t>
+  </si>
+  <si>
+    <t>RL 1210</t>
+  </si>
+  <si>
+    <t>6701</t>
+  </si>
+  <si>
     <t>by basi</t>
   </si>
   <si>
+    <t>RL 1211</t>
+  </si>
+  <si>
+    <t>6702</t>
+  </si>
+  <si>
+    <t>RL 1212</t>
+  </si>
+  <si>
+    <t>6703</t>
+  </si>
+  <si>
     <t>RL 1213</t>
   </si>
   <si>
     <t>6704</t>
   </si>
   <si>
     <t>3, 6, 8, 9, 11, 14, 18, 21, 34</t>
   </si>
   <si>
+    <t>RL 1214</t>
+  </si>
+  <si>
+    <t>6705</t>
+  </si>
+  <si>
     <t>aviga</t>
   </si>
   <si>
     <t>ZP 2499</t>
   </si>
   <si>
     <t>21003</t>
   </si>
   <si>
     <t>5, 10, 35, 37, 42</t>
   </si>
   <si>
-    <t>BY BASI</t>
-[...25 lines deleted...]
-  <si>
     <t>ZP 2500</t>
   </si>
   <si>
     <t>21202</t>
   </si>
   <si>
     <t>9, 35, 36, 37, 39, 41, 42</t>
   </si>
   <si>
     <t>RL 1124</t>
   </si>
   <si>
     <t>6615</t>
   </si>
   <si>
     <t>9, 16</t>
   </si>
   <si>
     <t>RL 1296</t>
   </si>
   <si>
     <t>6793</t>
   </si>
   <si>
     <t>6, 8, 9, 21</t>
   </si>
   <si>
     <t>ZP 2501</t>
   </si>
   <si>
     <t>21028</t>
   </si>
   <si>
     <t>7, 19, 35</t>
   </si>
   <si>
     <t>VILANIMA</t>
   </si>
   <si>
     <t>ZP 2503</t>
   </si>
   <si>
     <t>21004</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
+    <t>Mars</t>
+  </si>
+  <si>
+    <t>ZP 2520</t>
+  </si>
+  <si>
+    <t>21357</t>
+  </si>
+  <si>
+    <t>CASIOTRON</t>
+  </si>
+  <si>
+    <t>RL 747</t>
+  </si>
+  <si>
+    <t>6236</t>
+  </si>
+  <si>
     <t>TYPUTER</t>
   </si>
   <si>
+    <t>RL 748</t>
+  </si>
+  <si>
+    <t>6237</t>
+  </si>
+  <si>
     <t>RL 749</t>
   </si>
   <si>
     <t>6238</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
+    <t>IRIDIUM</t>
+  </si>
+  <si>
+    <t>RL 1383</t>
+  </si>
+  <si>
+    <t>6948</t>
+  </si>
+  <si>
+    <t>9, 38</t>
+  </si>
+  <si>
     <t>CIGNA</t>
   </si>
   <si>
     <t>ZP 2526</t>
   </si>
   <si>
     <t>21030</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>PEARL</t>
   </si>
   <si>
     <t>ZP 2528</t>
   </si>
   <si>
     <t>21109</t>
   </si>
   <si>
     <t>3</t>
-  </si>
-[...34 lines deleted...]
-    <t>9, 38</t>
   </si>
   <si>
     <t>VILNIAUS aušra</t>
   </si>
   <si>
     <t>ZP 2534</t>
   </si>
   <si>
     <t>21191</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>ZP 2536</t>
   </si>
   <si>
     <t>21007</t>
   </si>
   <si>
     <t>20, 35</t>
   </si>
@@ -644,57 +644,57 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>1080000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1080000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -990,85 +990,85 @@
       <c r="A8" t="n">
         <v>1057.0</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="G8" t="s">
         <v>40</v>
       </c>
       <c r="H8" t="n">
         <v>37578.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="9">
+    <row r="9" ht="84.9" customHeight="true">
       <c r="A9" t="n">
         <v>1058.0</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
       <c r="H9" t="n">
         <v>37578.0</v>
       </c>
       <c r="I9" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="10" ht="84.9" customHeight="true">
+    <row r="10">
       <c r="A10" t="n">
         <v>1059.0</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>47</v>
       </c>
       <c r="E10" t="s">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="n">
         <v>37578.0</v>
       </c>
       <c r="I10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>1060.0</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
         <v>50</v>
       </c>
@@ -1213,207 +1213,207 @@
       </c>
       <c r="H16" t="n">
         <v>37580.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>1066.0</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>75</v>
       </c>
       <c r="E17" t="s">
         <v>76</v>
       </c>
       <c r="G17" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="H17" t="n">
         <v>37584.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>1067.0</v>
       </c>
       <c r="B18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H18" t="n">
         <v>37584.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1068.0</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G19" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="H19" t="n">
         <v>37584.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1069.0</v>
       </c>
       <c r="B20" t="s">
         <v>85</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>86</v>
       </c>
       <c r="E20" t="s">
         <v>87</v>
       </c>
       <c r="G20" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="H20" t="n">
         <v>37584.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>1070.0</v>
       </c>
       <c r="B21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G21" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="H21" t="n">
         <v>37584.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>1071.0</v>
       </c>
       <c r="B22" t="s">
         <v>92</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>93</v>
       </c>
       <c r="E22" t="s">
         <v>94</v>
       </c>
       <c r="G22" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H22" t="n">
         <v>37584.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>1072.0</v>
       </c>
       <c r="B23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C23" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E23" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G23" t="s">
-        <v>98</v>
+        <v>61</v>
       </c>
       <c r="H23" t="n">
         <v>37584.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>1073.0</v>
       </c>
       <c r="B24" t="s">
         <v>99</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>100</v>
       </c>
       <c r="E24" t="s">
         <v>101</v>
       </c>
       <c r="G24" t="s">
@@ -1551,181 +1551,181 @@
       </c>
       <c r="H29" t="n">
         <v>37586.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1079.0</v>
       </c>
       <c r="B30" t="s">
         <v>122</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>123</v>
       </c>
       <c r="E30" t="s">
         <v>124</v>
       </c>
       <c r="G30" t="s">
-        <v>125</v>
+        <v>40</v>
       </c>
       <c r="H30" t="n">
         <v>37587.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1080.0</v>
       </c>
       <c r="B31" t="s">
+        <v>125</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
         <v>126</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>127</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>129</v>
+        <v>40</v>
       </c>
       <c r="H31" t="n">
         <v>37587.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1081.0</v>
       </c>
       <c r="B32" t="s">
-        <v>130</v>
+        <v>2</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D32" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="E32" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="G32" t="s">
         <v>40</v>
       </c>
       <c r="H32" t="n">
         <v>37587.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>1082.0</v>
       </c>
       <c r="B33" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E33" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G33" t="s">
-        <v>40</v>
+        <v>132</v>
       </c>
       <c r="H33" t="n">
         <v>37587.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>1083.0</v>
       </c>
       <c r="B34" t="s">
-        <v>2</v>
+        <v>125</v>
       </c>
       <c r="C34" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="E34" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="G34" t="s">
         <v>40</v>
       </c>
       <c r="H34" t="n">
         <v>37587.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1084.0</v>
       </c>
       <c r="B35" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
+        <v>136</v>
+      </c>
+      <c r="E35" t="s">
         <v>137</v>
       </c>
-      <c r="E35" t="s">
+      <c r="G35" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H35" t="n">
         <v>37587.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>1085.0</v>
       </c>
       <c r="B36"/>
       <c r="C36" t="s">
         <v>50</v>
       </c>
       <c r="D36" t="s">
         <v>139</v>
       </c>
       <c r="E36" t="s">
         <v>140</v>
       </c>
       <c r="G36" t="s">
         <v>141</v>
       </c>
@@ -1820,190 +1820,190 @@
       </c>
       <c r="D40" t="s">
         <v>152</v>
       </c>
       <c r="E40" t="s">
         <v>153</v>
       </c>
       <c r="G40" t="s">
         <v>154</v>
       </c>
       <c r="H40" t="n">
         <v>37590.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>1090.0</v>
       </c>
       <c r="B41" t="s">
         <v>155</v>
       </c>
       <c r="C41" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>156</v>
       </c>
       <c r="E41" t="s">
         <v>157</v>
       </c>
       <c r="G41" t="s">
-        <v>158</v>
+        <v>61</v>
       </c>
       <c r="H41" t="n">
         <v>37592.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>1091.0</v>
       </c>
       <c r="B42" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C42" t="s">
         <v>17</v>
       </c>
       <c r="D42" t="s">
+        <v>159</v>
+      </c>
+      <c r="E42" t="s">
         <v>160</v>
       </c>
-      <c r="E42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="H42" t="n">
         <v>37592.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>1092.0</v>
       </c>
       <c r="B43" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C43" t="s">
         <v>17</v>
       </c>
       <c r="D43" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E43" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="G43" t="s">
-        <v>166</v>
+        <v>57</v>
       </c>
       <c r="H43" t="n">
         <v>37592.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1093.0</v>
       </c>
       <c r="B44" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D44" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E44" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="G44" t="s">
-        <v>61</v>
+        <v>166</v>
       </c>
       <c r="H44" t="n">
         <v>37592.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>1094.0</v>
       </c>
       <c r="B45" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C45" t="s">
         <v>17</v>
       </c>
       <c r="D45" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E45" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="G45" t="s">
-        <v>113</v>
+        <v>170</v>
       </c>
       <c r="H45" t="n">
         <v>37592.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>1095.0</v>
       </c>
       <c r="B46" t="s">
-        <v>155</v>
+        <v>171</v>
       </c>
       <c r="C46" t="s">
         <v>17</v>
       </c>
       <c r="D46" t="s">
+        <v>172</v>
+      </c>
+      <c r="E46" t="s">
         <v>173</v>
       </c>
-      <c r="E46" t="s">
+      <c r="G46" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H46" t="n">
         <v>37592.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>1096.0</v>
       </c>
       <c r="B47" t="s">
         <v>175</v>
       </c>
       <c r="C47" t="s">
         <v>17</v>
       </c>
       <c r="D47" t="s">
         <v>176</v>
       </c>
       <c r="E47" t="s">
         <v>177</v>
       </c>
       <c r="G47" t="s">