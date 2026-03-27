--- v0 (2025-11-07)
+++ v1 (2026-03-27)
@@ -10,110 +10,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="195">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>Sostinė</t>
+  </si>
+  <si>
+    <t>Combined</t>
+  </si>
+  <si>
+    <t>95-3425</t>
+  </si>
+  <si>
+    <t>29977</t>
+  </si>
+  <si>
+    <t>33, 35</t>
+  </si>
+  <si>
+    <t>Panaikinta registracija</t>
   </si>
   <si>
     <t>DEKRA</t>
   </si>
   <si>
-    <t>Combined</t>
-[...1 lines deleted...]
-  <si>
     <t>2001 0085</t>
   </si>
   <si>
     <t>43752</t>
   </si>
   <si>
     <t>36, 42</t>
   </si>
   <si>
-    <t>Panaikinta registracija</t>
-[...13 lines deleted...]
-  <si>
     <t>LPO</t>
   </si>
   <si>
     <t>2001 2252</t>
   </si>
   <si>
     <t>45678</t>
   </si>
   <si>
     <t>20, 35</t>
   </si>
   <si>
     <t>Fonas</t>
   </si>
   <si>
     <t>ZP 2538</t>
   </si>
   <si>
     <t>21744</t>
   </si>
   <si>
     <t>9, 35, 37, 39</t>
   </si>
   <si>
     <t>Išregistruotas</t>
@@ -217,62 +217,158 @@
   <si>
     <t>DUMBLA AKCINĖ BENDROVĖ</t>
   </si>
   <si>
     <t>ZP 2544</t>
   </si>
   <si>
     <t>21432</t>
   </si>
   <si>
     <t>35, 36, 42</t>
   </si>
   <si>
     <t>baltavilnė</t>
   </si>
   <si>
     <t>ZP 2546</t>
   </si>
   <si>
     <t>21260</t>
   </si>
   <si>
     <t>22, 25, 42</t>
   </si>
   <si>
+    <t>CHAP</t>
+  </si>
+  <si>
+    <t>ZP 2553</t>
+  </si>
+  <si>
+    <t>21079</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>BARTENDER</t>
+  </si>
+  <si>
+    <t>ZP 2554</t>
+  </si>
+  <si>
+    <t>21080</t>
+  </si>
+  <si>
+    <t>testoterm</t>
+  </si>
+  <si>
+    <t>ZP 2556</t>
+  </si>
+  <si>
+    <t>21120</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>MEFIX</t>
+  </si>
+  <si>
+    <t>ZP 2561</t>
+  </si>
+  <si>
+    <t>21056</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>KLINIDRAPE</t>
+  </si>
+  <si>
+    <t>ZP 2563</t>
+  </si>
+  <si>
+    <t>21058</t>
+  </si>
+  <si>
+    <t>5, 10, 16, 24, 25</t>
+  </si>
+  <si>
+    <t>MEPORE</t>
+  </si>
+  <si>
+    <t>ZP 2564</t>
+  </si>
+  <si>
+    <t>21059</t>
+  </si>
+  <si>
+    <t>AMBIZZ</t>
+  </si>
+  <si>
+    <t>ZP 2567</t>
+  </si>
+  <si>
+    <t>21156</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>MELKA</t>
+  </si>
+  <si>
+    <t>ZP 2568</t>
+  </si>
+  <si>
+    <t>21155</t>
+  </si>
+  <si>
+    <t>Jaffa</t>
+  </si>
+  <si>
+    <t>ZP 2670</t>
+  </si>
+  <si>
+    <t>21107</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
     <t>SPENDRUP'S ALL MALT BEER</t>
   </si>
   <si>
     <t>ZP 2669</t>
   </si>
   <si>
     <t>21106</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>LILI MARLEEN</t>
   </si>
   <si>
     <t>RL 701</t>
   </si>
   <si>
     <t>6190</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Deinhard Lila</t>
   </si>
   <si>
     <t>RL 702</t>
   </si>
   <si>
     <t>6191</t>
   </si>
   <si>
     <t>ŠILAS</t>
   </si>
   <si>
     <t>RL 826</t>
@@ -283,186 +379,90 @@
   <si>
     <t>11, 19, 20</t>
   </si>
   <si>
     <t>TALMU SUOMI FINLAND</t>
   </si>
   <si>
     <t>RL 1110</t>
   </si>
   <si>
     <t>6601</t>
   </si>
   <si>
     <t>9, 11</t>
   </si>
   <si>
     <t>RL 1282</t>
   </si>
   <si>
     <t>6779</t>
   </si>
   <si>
     <t>7, 11, 20, 35, 37, 42</t>
   </si>
   <si>
+    <t>WIENER NOUGAT Fazer</t>
+  </si>
+  <si>
+    <t>ZP 2549</t>
+  </si>
+  <si>
+    <t>22117</t>
+  </si>
+  <si>
+    <t>Wiener nougat</t>
+  </si>
+  <si>
+    <t>ZP 2550</t>
+  </si>
+  <si>
+    <t>22118</t>
+  </si>
+  <si>
     <t>MULTIMATIC</t>
   </si>
   <si>
     <t>RL 1283</t>
   </si>
   <si>
     <t>6780</t>
   </si>
   <si>
     <t>35, 36, 37, 42</t>
   </si>
   <si>
     <t>TESET</t>
   </si>
   <si>
     <t>RL 1297</t>
   </si>
   <si>
     <t>6794</t>
   </si>
   <si>
     <t>7, 9, 11, 37, 42</t>
-  </si>
-[...112 lines deleted...]
-    <t>21107</t>
   </si>
   <si>
     <t>Cortina</t>
   </si>
   <si>
     <t>RL 1397</t>
   </si>
   <si>
     <t>6964</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>RL 1398</t>
   </si>
   <si>
     <t>6965</t>
   </si>
   <si>
     <t>12, 22, 24, 25, 28, 39, 41</t>
   </si>
   <si>
     <t>Regent</t>
   </si>
@@ -654,107 +654,107 @@
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>396000</xdr:rowOff>
+      <xdr:rowOff>1440000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="396000"/>
+          <a:ext cx="1080000" cy="1440000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>1440000</xdr:rowOff>
+      <xdr:rowOff>396000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1440000"/>
+          <a:ext cx="1080000" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -811,77 +811,77 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>3</v>
       </c>
       <c r="D1" t="s">
         <v>4</v>
       </c>
       <c r="E1" t="s">
         <v>5</v>
       </c>
       <c r="F1" t="s">
         <v>6</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
       <c r="H1" t="s">
         <v>8</v>
       </c>
       <c r="I1" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" ht="75.0" customHeight="true">
+    <row r="2" ht="113.2" customHeight="true">
       <c r="A2" t="n">
         <v>1101.0</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="n">
         <v>37594.0</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3" ht="113.2" customHeight="true">
+    <row r="3" ht="75.0" customHeight="true">
       <c r="A3" t="n">
         <v>1102.0</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="n">
         <v>37594.0</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
@@ -1181,190 +1181,190 @@
       </c>
       <c r="D15" t="s">
         <v>66</v>
       </c>
       <c r="E15" t="s">
         <v>67</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
       <c r="H15" t="n">
         <v>37600.0</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>1115.0</v>
       </c>
       <c r="B16" t="s">
         <v>69</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
       <c r="E16" t="s">
         <v>71</v>
       </c>
       <c r="G16" t="s">
         <v>72</v>
       </c>
       <c r="H16" t="n">
         <v>37601.0</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>1116.0</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>74</v>
       </c>
       <c r="E17" t="s">
         <v>75</v>
       </c>
       <c r="G17" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="H17" t="n">
         <v>37601.0</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>1117.0</v>
       </c>
       <c r="B18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" t="s">
         <v>77</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>78</v>
       </c>
-      <c r="E18" t="s">
+      <c r="G18" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="H18" t="n">
         <v>37601.0</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1118.0</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
         <v>81</v>
       </c>
       <c r="E19" t="s">
         <v>82</v>
       </c>
       <c r="G19" t="s">
         <v>83</v>
       </c>
       <c r="H19" t="n">
         <v>37601.0</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1119.0</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>85</v>
       </c>
       <c r="E20" t="s">
         <v>86</v>
       </c>
       <c r="G20" t="s">
         <v>87</v>
       </c>
       <c r="H20" t="n">
         <v>37601.0</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>1120.0</v>
       </c>
       <c r="B21" t="s">
-        <v>2</v>
+        <v>88</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G21" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="H21" t="n">
         <v>37601.0</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>1121.0</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
       <c r="C22" t="s">
         <v>50</v>
       </c>
       <c r="D22" t="s">
         <v>92</v>
       </c>
       <c r="E22" t="s">
         <v>93</v>
       </c>
       <c r="G22" t="s">
@@ -1372,337 +1372,337 @@
       </c>
       <c r="H22" t="n">
         <v>37601.0</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>1122.0</v>
       </c>
       <c r="B23" t="s">
         <v>95</v>
       </c>
       <c r="C23" t="s">
         <v>50</v>
       </c>
       <c r="D23" t="s">
         <v>96</v>
       </c>
       <c r="E23" t="s">
         <v>97</v>
       </c>
       <c r="G23" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="H23" t="n">
         <v>37601.0</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>1123.0</v>
       </c>
       <c r="B24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
         <v>99</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>100</v>
       </c>
-      <c r="E24" t="s">
+      <c r="G24" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="H24" t="n">
         <v>37601.0</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>1124.0</v>
       </c>
       <c r="B25" t="s">
+        <v>102</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
         <v>103</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>104</v>
       </c>
-      <c r="E25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H25" t="n">
         <v>37601.0</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>1125.0</v>
       </c>
       <c r="B26" t="s">
+        <v>105</v>
+      </c>
+      <c r="C26" t="s">
+        <v>50</v>
+      </c>
+      <c r="D26" t="s">
         <v>106</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>107</v>
       </c>
-      <c r="E26" t="s">
+      <c r="G26" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="H26" t="n">
         <v>37601.0</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>1126.0</v>
       </c>
       <c r="B27" t="s">
         <v>109</v>
       </c>
       <c r="C27" t="s">
         <v>50</v>
       </c>
       <c r="D27" t="s">
         <v>110</v>
       </c>
       <c r="E27" t="s">
         <v>111</v>
       </c>
       <c r="G27" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="H27" t="n">
         <v>37601.0</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>1127.0</v>
       </c>
       <c r="B28" t="s">
         <v>112</v>
       </c>
       <c r="C28" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>113</v>
       </c>
       <c r="E28" t="s">
         <v>114</v>
       </c>
       <c r="G28" t="s">
         <v>115</v>
       </c>
       <c r="H28" t="n">
         <v>37601.0</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1128.0</v>
       </c>
       <c r="B29" t="s">
         <v>116</v>
       </c>
       <c r="C29" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>117</v>
       </c>
       <c r="E29" t="s">
         <v>118</v>
       </c>
       <c r="G29" t="s">
         <v>119</v>
       </c>
       <c r="H29" t="n">
         <v>37601.0</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1129.0</v>
       </c>
       <c r="B30" t="s">
+        <v>2</v>
+      </c>
+      <c r="C30" t="s">
+        <v>54</v>
+      </c>
+      <c r="D30" t="s">
         <v>120</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>121</v>
       </c>
-      <c r="E30" t="s">
+      <c r="G30" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="H30" t="n">
         <v>37601.0</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1130.0</v>
       </c>
       <c r="B31" t="s">
+        <v>123</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
         <v>124</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>125</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>119</v>
+        <v>72</v>
       </c>
       <c r="H31" t="n">
         <v>37601.0</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1131.0</v>
       </c>
       <c r="B32" t="s">
+        <v>126</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
         <v>127</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>128</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" t="s">
-        <v>130</v>
+        <v>72</v>
       </c>
       <c r="H32" t="n">
         <v>37601.0</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>1132.0</v>
       </c>
       <c r="B33" t="s">
+        <v>129</v>
+      </c>
+      <c r="C33" t="s">
+        <v>50</v>
+      </c>
+      <c r="D33" t="s">
+        <v>130</v>
+      </c>
+      <c r="E33" t="s">
         <v>131</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="G33" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="H33" t="n">
         <v>37601.0</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>1133.0</v>
       </c>
       <c r="B34" t="s">
+        <v>133</v>
+      </c>
+      <c r="C34" t="s">
+        <v>50</v>
+      </c>
+      <c r="D34" t="s">
         <v>134</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>135</v>
       </c>
-      <c r="E34" t="s">
+      <c r="G34" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H34" t="n">
         <v>37601.0</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1134.0</v>
       </c>
       <c r="B35" t="s">
         <v>137</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>138</v>
       </c>
       <c r="E35" t="s">
         <v>139</v>
       </c>
       <c r="G35" t="s">
@@ -1788,51 +1788,51 @@
       </c>
       <c r="H38" t="n">
         <v>37601.0</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>1138.0</v>
       </c>
       <c r="B39" t="s">
         <v>152</v>
       </c>
       <c r="C39" t="s">
         <v>50</v>
       </c>
       <c r="D39" t="s">
         <v>153</v>
       </c>
       <c r="E39" t="s">
         <v>154</v>
       </c>
       <c r="G39" t="s">
-        <v>119</v>
+        <v>83</v>
       </c>
       <c r="H39" t="n">
         <v>37602.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>1139.0</v>
       </c>
       <c r="B40" t="s">
         <v>155</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>156</v>
       </c>
       <c r="E40" t="s">
         <v>157</v>
       </c>
       <c r="G40" t="s">