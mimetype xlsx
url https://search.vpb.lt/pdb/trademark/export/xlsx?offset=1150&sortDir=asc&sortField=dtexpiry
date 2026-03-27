--- v0 (2025-11-07)
+++ v1 (2026-03-27)
@@ -9,78 +9,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="178">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>Rehband THERMO sport</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>ZP 2579</t>
   </si>
   <si>
     <t>22222</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>JAGUAR</t>
   </si>
   <si>
     <t>Word</t>
   </si>
@@ -93,95 +93,131 @@
   <si>
     <t>5</t>
   </si>
   <si>
     <t>DANSKE CLUB</t>
   </si>
   <si>
     <t>ZP 2584</t>
   </si>
   <si>
     <t>22175</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Peer</t>
   </si>
   <si>
     <t>RL 1675</t>
   </si>
   <si>
     <t>7482</t>
   </si>
   <si>
+    <t>MAGNET</t>
+  </si>
+  <si>
+    <t>ZP 2591</t>
+  </si>
+  <si>
+    <t>21094</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>SEBAGO</t>
+  </si>
+  <si>
+    <t>ZP 2592</t>
+  </si>
+  <si>
+    <t>21111</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>DOCKSIDES</t>
+  </si>
+  <si>
+    <t>ZP 2593</t>
+  </si>
+  <si>
+    <t>21113</t>
+  </si>
+  <si>
+    <t>Figurative</t>
+  </si>
+  <si>
+    <t>ZP 2594</t>
+  </si>
+  <si>
+    <t>21114</t>
+  </si>
+  <si>
     <t>OLYMPUS LS</t>
   </si>
   <si>
     <t>RL 858</t>
   </si>
   <si>
     <t>6347</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>WB CUT</t>
   </si>
   <si>
     <t>RL 877</t>
   </si>
   <si>
     <t>6366</t>
   </si>
   <si>
     <t>JOY</t>
   </si>
   <si>
     <t>RL 884</t>
   </si>
   <si>
     <t>6373</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Figurative</t>
-[...1 lines deleted...]
-  <si>
     <t>RL 885</t>
   </si>
   <si>
     <t>6374</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>RL 886</t>
   </si>
   <si>
     <t>6375</t>
   </si>
   <si>
     <t>nonesuch</t>
   </si>
   <si>
     <t>RL 888</t>
   </si>
   <si>
     <t>6377</t>
   </si>
   <si>
     <t>elektra ENTERTAINMENT</t>
   </si>
   <si>
     <t>RL 890</t>
   </si>
   <si>
     <t>6379</t>
   </si>
   <si>
     <t>PPG</t>
@@ -192,86 +228,50 @@
   <si>
     <t>6468</t>
   </si>
   <si>
     <t>BANKERS TRUST COMPANY</t>
   </si>
   <si>
     <t>RL 1271</t>
   </si>
   <si>
     <t>6762</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Stephan</t>
   </si>
   <si>
     <t>RL 1287</t>
   </si>
   <si>
     <t>6784</t>
   </si>
   <si>
-    <t>MAGNET</t>
-[...34 lines deleted...]
-  <si>
     <t>RL 1757</t>
   </si>
   <si>
     <t>7673</t>
   </si>
   <si>
     <t>7, 9, 37</t>
   </si>
   <si>
     <t>TOY</t>
   </si>
   <si>
     <t>ZP 2596</t>
   </si>
   <si>
     <t>21116</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>FOX</t>
   </si>
   <si>
     <t>ZP 2597</t>
@@ -312,71 +312,71 @@
   <si>
     <t>42</t>
   </si>
   <si>
     <t>KNAEBCHEN</t>
   </si>
   <si>
     <t>ZP 2623</t>
   </si>
   <si>
     <t>21083</t>
   </si>
   <si>
     <t>29, 30, 32</t>
   </si>
   <si>
     <t>BABETTE</t>
   </si>
   <si>
     <t>ZP 2624</t>
   </si>
   <si>
     <t>21082</t>
   </si>
   <si>
+    <t>RL 1465</t>
+  </si>
+  <si>
+    <t>7158</t>
+  </si>
+  <si>
     <t>REVELON</t>
   </si>
   <si>
     <t>2001 0024</t>
   </si>
   <si>
     <t>43484</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Panaikinta registracija</t>
   </si>
   <si>
-    <t>RL 1465</t>
-[...4 lines deleted...]
-  <si>
     <t>ICHTHYOL</t>
   </si>
   <si>
     <t>RL 1274</t>
   </si>
   <si>
     <t>6765</t>
   </si>
   <si>
     <t>Chirurg</t>
   </si>
   <si>
     <t>RL 1301</t>
   </si>
   <si>
     <t>6812</t>
   </si>
   <si>
     <t>TENEKA</t>
   </si>
   <si>
     <t>RL 1304</t>
   </si>
   <si>
     <t>6815</t>
@@ -405,87 +405,87 @@
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ZP 2615</t>
   </si>
   <si>
     <t>21445</t>
   </si>
   <si>
     <t>25, 35, 40</t>
   </si>
   <si>
     <t>Krazy Kase</t>
   </si>
   <si>
     <t>ZP 2673</t>
   </si>
   <si>
     <t>21261</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
+    <t>Parafluid</t>
+  </si>
+  <si>
+    <t>RL 1602</t>
+  </si>
+  <si>
+    <t>7405</t>
+  </si>
+  <si>
+    <t>KRUSE</t>
+  </si>
+  <si>
+    <t>RL 1428</t>
+  </si>
+  <si>
+    <t>7012</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>VAL-PLUS</t>
+  </si>
+  <si>
+    <t>RL 1438</t>
+  </si>
+  <si>
+    <t>7043</t>
+  </si>
+  <si>
     <t>HEMOSAMPLER</t>
   </si>
   <si>
     <t>RL 1466</t>
   </si>
   <si>
     <t>7159</t>
-  </si>
-[...28 lines deleted...]
-    <t>7043</t>
   </si>
   <si>
     <t>POLIFAX</t>
   </si>
   <si>
     <t>ZP 2616</t>
   </si>
   <si>
     <t>21500</t>
   </si>
   <si>
     <t>ViGO</t>
   </si>
   <si>
     <t>ZP 2617</t>
   </si>
   <si>
     <t>21145</t>
   </si>
   <si>
     <t>14, 19, 21, 35, 41, 42</t>
   </si>
   <si>
     <t>TAURAS</t>
   </si>
@@ -753,392 +753,392 @@
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
       <c r="H5" t="n">
         <v>37604.0</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>1155.0</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="n">
         <v>37605.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>1156.0</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H7" t="n">
         <v>37605.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>1157.0</v>
       </c>
       <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>37</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>38</v>
       </c>
       <c r="H8" t="n">
         <v>37605.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>1158.0</v>
       </c>
       <c r="B9"/>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>40</v>
       </c>
       <c r="E9" t="s">
         <v>41</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H9" t="n">
         <v>37605.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>1159.0</v>
       </c>
-      <c r="B10"/>
+      <c r="B10" t="s">
+        <v>42</v>
+      </c>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H10" t="n">
         <v>37605.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>1160.0</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G11" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H11" t="n">
         <v>37605.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>1161.0</v>
       </c>
       <c r="B12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G12" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="H12" t="n">
         <v>37605.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>1162.0</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B13"/>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G13" t="s">
         <v>31</v>
       </c>
       <c r="H13" t="n">
         <v>37605.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>1163.0</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B14"/>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
         <v>56</v>
       </c>
       <c r="G14" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="H14" t="n">
         <v>37605.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>1164.0</v>
       </c>
       <c r="B15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
+        <v>58</v>
+      </c>
+      <c r="E15" t="s">
         <v>59</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="H15" t="n">
         <v>37605.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>1165.0</v>
       </c>
       <c r="B16" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E16" t="s">
         <v>62</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="H16" t="n">
         <v>37605.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>1166.0</v>
       </c>
       <c r="B17" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
         <v>64</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>65</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="H17" t="n">
         <v>37605.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>1167.0</v>
       </c>
       <c r="B18" t="s">
+        <v>66</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" t="s">
         <v>68</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="G18" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="H18" t="n">
         <v>37605.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1168.0</v>
       </c>
-      <c r="B19"/>
+      <c r="B19" t="s">
+        <v>70</v>
+      </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>71</v>
       </c>
       <c r="E19" t="s">
         <v>72</v>
       </c>
       <c r="G19" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="H19" t="n">
         <v>37605.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1169.0</v>
       </c>
       <c r="B20" t="s">
         <v>2</v>
       </c>
       <c r="C20" t="s">
         <v>39</v>
       </c>
       <c r="D20" t="s">
         <v>73</v>
       </c>
       <c r="E20" t="s">
         <v>74</v>
       </c>
       <c r="G20" t="s">
@@ -1316,141 +1316,141 @@
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>99</v>
       </c>
       <c r="E27" t="s">
         <v>100</v>
       </c>
       <c r="G27" t="s">
         <v>79</v>
       </c>
       <c r="H27" t="n">
         <v>37606.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>1177.0</v>
       </c>
       <c r="B28" t="s">
+        <v>2</v>
+      </c>
+      <c r="C28" t="s">
+        <v>39</v>
+      </c>
+      <c r="D28" t="s">
         <v>101</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>102</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="H28" t="n">
         <v>37606.0</v>
       </c>
       <c r="I28" t="s">
-        <v>105</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1178.0</v>
       </c>
       <c r="B29" t="s">
-        <v>2</v>
+        <v>103</v>
       </c>
       <c r="C29" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D29" t="s">
+        <v>104</v>
+      </c>
+      <c r="E29" t="s">
+        <v>105</v>
+      </c>
+      <c r="G29" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
       <c r="H29" t="n">
         <v>37606.0</v>
       </c>
       <c r="I29" t="s">
-        <v>15</v>
+        <v>107</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1179.0</v>
       </c>
       <c r="B30" t="s">
         <v>108</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>109</v>
       </c>
       <c r="E30" t="s">
         <v>110</v>
       </c>
       <c r="G30" t="s">
         <v>20</v>
       </c>
       <c r="H30" t="n">
         <v>37607.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1180.0</v>
       </c>
       <c r="B31" t="s">
         <v>111</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>112</v>
       </c>
       <c r="E31" t="s">
         <v>113</v>
       </c>
       <c r="G31" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="H31" t="n">
         <v>37607.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1181.0</v>
       </c>
       <c r="B32" t="s">
         <v>114</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>115</v>
       </c>
       <c r="E32" t="s">
         <v>116</v>
       </c>
       <c r="G32" t="s">
@@ -1458,51 +1458,51 @@
       </c>
       <c r="H32" t="n">
         <v>37607.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>1182.0</v>
       </c>
       <c r="B33" t="s">
         <v>118</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33" t="s">
         <v>119</v>
       </c>
       <c r="E33" t="s">
         <v>120</v>
       </c>
       <c r="G33" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H33" t="n">
         <v>37607.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>1183.0</v>
       </c>
       <c r="B34" t="s">
         <v>121</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>122</v>
       </c>
       <c r="E34" t="s">
         <v>123</v>
       </c>
       <c r="G34" t="s">
@@ -1551,138 +1551,138 @@
       </c>
       <c r="D36" t="s">
         <v>129</v>
       </c>
       <c r="E36" t="s">
         <v>130</v>
       </c>
       <c r="G36" t="s">
         <v>131</v>
       </c>
       <c r="H36" t="n">
         <v>37607.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>1186.0</v>
       </c>
       <c r="B37" t="s">
         <v>132</v>
       </c>
       <c r="C37" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>133</v>
       </c>
       <c r="E37" t="s">
         <v>134</v>
       </c>
       <c r="G37" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="H37" t="n">
         <v>37607.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>1187.0</v>
       </c>
       <c r="B38" t="s">
         <v>135</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D38" t="s">
         <v>136</v>
       </c>
       <c r="E38" t="s">
         <v>137</v>
       </c>
       <c r="G38" t="s">
-        <v>20</v>
+        <v>138</v>
       </c>
       <c r="H38" t="n">
         <v>37607.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>1188.0</v>
       </c>
       <c r="B39" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C39" t="s">
         <v>17</v>
       </c>
       <c r="D39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E39" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G39" t="s">
-        <v>141</v>
+        <v>52</v>
       </c>
       <c r="H39" t="n">
         <v>37607.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>1189.0</v>
       </c>
       <c r="B40" t="s">
         <v>142</v>
       </c>
       <c r="C40" t="s">
         <v>17</v>
       </c>
       <c r="D40" t="s">
         <v>143</v>
       </c>
       <c r="E40" t="s">
         <v>144</v>
       </c>
       <c r="G40" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="H40" t="n">
         <v>37607.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>1190.0</v>
       </c>
       <c r="B41" t="s">
         <v>145</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>146</v>
       </c>
       <c r="E41" t="s">
         <v>147</v>
       </c>
       <c r="G41" t="s">
@@ -1716,201 +1716,201 @@
       </c>
       <c r="H42" t="n">
         <v>37608.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>1192.0</v>
       </c>
       <c r="B43" t="s">
         <v>152</v>
       </c>
       <c r="C43" t="s">
         <v>17</v>
       </c>
       <c r="D43" t="s">
         <v>153</v>
       </c>
       <c r="E43" t="s">
         <v>154</v>
       </c>
       <c r="G43" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="H43" t="n">
         <v>37611.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1193.0</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
         <v>39</v>
       </c>
       <c r="D44" t="s">
         <v>155</v>
       </c>
       <c r="E44" t="s">
         <v>156</v>
       </c>
       <c r="G44" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="H44" t="n">
         <v>37611.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>1194.0</v>
       </c>
       <c r="B45" t="s">
         <v>157</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>158</v>
       </c>
       <c r="E45" t="s">
         <v>159</v>
       </c>
       <c r="G45" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H45" t="n">
         <v>37611.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>1195.0</v>
       </c>
       <c r="B46" t="s">
         <v>160</v>
       </c>
       <c r="C46" t="s">
         <v>17</v>
       </c>
       <c r="D46" t="s">
         <v>161</v>
       </c>
       <c r="E46" t="s">
         <v>162</v>
       </c>
       <c r="G46" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H46" t="n">
         <v>37611.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>1196.0</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
         <v>163</v>
       </c>
       <c r="D47" t="s">
         <v>164</v>
       </c>
       <c r="E47" t="s">
         <v>165</v>
       </c>
       <c r="G47" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H47" t="n">
         <v>37611.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>1197.0</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
         <v>163</v>
       </c>
       <c r="D48" t="s">
         <v>166</v>
       </c>
       <c r="E48" t="s">
         <v>167</v>
       </c>
       <c r="G48" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H48" t="n">
         <v>37611.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>1198.0</v>
       </c>
       <c r="B49" t="s">
         <v>168</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>169</v>
       </c>
       <c r="E49" t="s">
         <v>170</v>
       </c>
       <c r="G49" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="H49" t="n">
         <v>37612.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>1199.0</v>
       </c>
       <c r="B50" t="s">
         <v>171</v>
       </c>
       <c r="C50" t="s">
         <v>17</v>
       </c>
       <c r="D50" t="s">
         <v>172</v>
       </c>
       <c r="E50" t="s">
         <v>173</v>
       </c>
       <c r="G50" t="s">