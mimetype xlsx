--- v0 (2025-11-08)
+++ v1 (2026-03-28)
@@ -10,185 +10,185 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="190">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>SORTIMAT</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>RL 1374</t>
+  </si>
+  <si>
+    <t>6919</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Išregistruotas</t>
+  </si>
+  <si>
+    <t>N NETZSCH</t>
+  </si>
+  <si>
+    <t>Combined</t>
+  </si>
+  <si>
+    <t>RL 1375</t>
+  </si>
+  <si>
+    <t>6920</t>
+  </si>
+  <si>
+    <t>7, 9, 10, 11, 20</t>
+  </si>
+  <si>
+    <t>LASKA</t>
+  </si>
+  <si>
+    <t>RL 1385</t>
+  </si>
+  <si>
+    <t>6950</t>
+  </si>
+  <si>
+    <t>7, 8, 11</t>
+  </si>
+  <si>
+    <t>Aperifruits</t>
+  </si>
+  <si>
+    <t>RL 1425</t>
+  </si>
+  <si>
+    <t>6999</t>
+  </si>
+  <si>
+    <t>29</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>RL 1366</t>
   </si>
   <si>
     <t>6911</t>
   </si>
   <si>
     <t>1, 5, 6, 7, 8, 9, 10, 11, 12, 16, 17, 19</t>
   </si>
   <si>
-    <t>Išregistruotas</t>
-[...1 lines deleted...]
-  <si>
     <t>laif</t>
   </si>
   <si>
-    <t>Combined</t>
-[...1 lines deleted...]
-  <si>
     <t>RL 1371</t>
   </si>
   <si>
     <t>6916</t>
   </si>
   <si>
     <t>16, 17, 18, 22, 24, 26, 27</t>
   </si>
   <si>
     <t>skai sunroll</t>
   </si>
   <si>
-    <t>Word</t>
-[...1 lines deleted...]
-  <si>
     <t>RL 1372</t>
   </si>
   <si>
     <t>6917</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>KWS</t>
   </si>
   <si>
     <t>RL 1373</t>
   </si>
   <si>
     <t>6918</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>SORTIMAT</t>
-[...46 lines deleted...]
-  <si>
     <t>SAS EuroSleeper</t>
   </si>
   <si>
     <t>ZP 2717</t>
   </si>
   <si>
     <t>21132</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>BROOKS</t>
   </si>
   <si>
     <t>ZP 2720</t>
   </si>
   <si>
     <t>21197</t>
   </si>
   <si>
     <t>18, 25</t>
   </si>
   <si>
     <t>WILDERNESS</t>
@@ -310,107 +310,107 @@
   <si>
     <t>LITPHARM-NOREIKA</t>
   </si>
   <si>
     <t>ZP 2780</t>
   </si>
   <si>
     <t>21746</t>
   </si>
   <si>
     <t>5, 16, 35, 42</t>
   </si>
   <si>
     <t>epi</t>
   </si>
   <si>
     <t>ZP 2782</t>
   </si>
   <si>
     <t>21233</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
+    <t>M Marius PREKYBOS CENTRAS</t>
+  </si>
+  <si>
+    <t>2000 0999</t>
+  </si>
+  <si>
+    <t>42360</t>
+  </si>
+  <si>
+    <t>35, 41, 42</t>
+  </si>
+  <si>
+    <t>Panaikinta registracija</t>
+  </si>
+  <si>
     <t>VETERANO</t>
   </si>
   <si>
     <t>2001 0683</t>
   </si>
   <si>
     <t>45520</t>
   </si>
   <si>
     <t>33, 35</t>
   </si>
   <si>
-    <t>Panaikinta registracija</t>
-[...13 lines deleted...]
-  <si>
     <t>PARLAMENT</t>
   </si>
   <si>
     <t>2000 2546</t>
   </si>
   <si>
     <t>43878</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
+    <t>ADMIRAL</t>
+  </si>
+  <si>
+    <t>2000 2518</t>
+  </si>
+  <si>
+    <t>43865</t>
+  </si>
+  <si>
     <t>NORMA</t>
   </si>
   <si>
     <t>2000 2534</t>
   </si>
   <si>
     <t>43872</t>
   </si>
   <si>
-    <t>ADMIRAL</t>
-[...7 lines deleted...]
-  <si>
     <t>RALIONA</t>
   </si>
   <si>
     <t>ZP 2785</t>
   </si>
   <si>
     <t>23656</t>
   </si>
   <si>
     <t>24, 25, 35, 40</t>
   </si>
   <si>
     <t>GODO</t>
   </si>
   <si>
     <t>ZP 2786</t>
   </si>
   <si>
     <t>21881</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>ZP 2787</t>
@@ -448,81 +448,81 @@
   <si>
     <t>ZP 2824</t>
   </si>
   <si>
     <t>21271</t>
   </si>
   <si>
     <t>LINNA</t>
   </si>
   <si>
     <t>RL 2809</t>
   </si>
   <si>
     <t>6897</t>
   </si>
   <si>
     <t>FII</t>
   </si>
   <si>
     <t>RL 2813</t>
   </si>
   <si>
     <t>6901</t>
   </si>
   <si>
+    <t>Praewozell</t>
+  </si>
+  <si>
+    <t>RL 2818</t>
+  </si>
+  <si>
+    <t>6924</t>
+  </si>
+  <si>
+    <t>1, 2, 3</t>
+  </si>
+  <si>
+    <t>SCONAMOLL</t>
+  </si>
+  <si>
+    <t>RL 2819</t>
+  </si>
+  <si>
+    <t>6895</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>SCOVINYL</t>
   </si>
   <si>
     <t>RL 2817</t>
   </si>
   <si>
     <t>6923</t>
-  </si>
-[...22 lines deleted...]
-    <t>6895</t>
   </si>
   <si>
     <t>RAFAMET</t>
   </si>
   <si>
     <t>RL 2822</t>
   </si>
   <si>
     <t>6839</t>
   </si>
   <si>
     <t>COMPUTERLAND</t>
   </si>
   <si>
     <t>RL 2802</t>
   </si>
   <si>
     <t>7060</t>
   </si>
   <si>
     <t>9, 16</t>
   </si>
   <si>
     <t>RL 2803</t>
   </si>
@@ -632,57 +632,57 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -725,1332 +725,1332 @@
       </c>
       <c r="D1" t="s">
         <v>4</v>
       </c>
       <c r="E1" t="s">
         <v>5</v>
       </c>
       <c r="F1" t="s">
         <v>6</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
       <c r="H1" t="s">
         <v>8</v>
       </c>
       <c r="I1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
         <v>1251.0</v>
       </c>
       <c r="B2" t="s">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="n">
         <v>37620.0</v>
       </c>
       <c r="I2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>1252.0</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="n">
         <v>37620.0</v>
       </c>
       <c r="I3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>1253.0</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="n">
         <v>37620.0</v>
       </c>
       <c r="I4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>1254.0</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="n">
         <v>37620.0</v>
       </c>
       <c r="I5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>1255.0</v>
       </c>
       <c r="B6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="n">
         <v>37620.0</v>
       </c>
       <c r="I6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>1256.0</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="n">
         <v>37620.0</v>
       </c>
       <c r="I7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>1257.0</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="G8" t="s">
         <v>40</v>
       </c>
       <c r="H8" t="n">
         <v>37620.0</v>
       </c>
       <c r="I8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>1258.0</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
       <c r="H9" t="n">
         <v>37620.0</v>
       </c>
       <c r="I9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>1259.0</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>46</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="n">
         <v>37621.0</v>
       </c>
       <c r="I10" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>1260.0</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>50</v>
       </c>
       <c r="E11" t="s">
         <v>51</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
       <c r="H11" t="n">
         <v>37621.0</v>
       </c>
       <c r="I11" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>1261.0</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>54</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="G12" t="s">
         <v>52</v>
       </c>
       <c r="H12" t="n">
         <v>37621.0</v>
       </c>
       <c r="I12" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>1262.0</v>
       </c>
       <c r="B13" t="s">
         <v>49</v>
       </c>
       <c r="C13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>56</v>
       </c>
       <c r="E13" t="s">
         <v>57</v>
       </c>
       <c r="G13" t="s">
         <v>58</v>
       </c>
       <c r="H13" t="n">
         <v>37621.0</v>
       </c>
       <c r="I13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>1263.0</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
         <v>59</v>
       </c>
       <c r="E14" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>58</v>
       </c>
       <c r="H14" t="n">
         <v>37621.0</v>
       </c>
       <c r="I14" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>1264.0</v>
       </c>
       <c r="B15" t="s">
         <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>62</v>
       </c>
       <c r="E15" t="s">
         <v>63</v>
       </c>
       <c r="G15" t="s">
         <v>64</v>
       </c>
       <c r="H15" t="n">
         <v>37621.0</v>
       </c>
       <c r="I15" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>1265.0</v>
       </c>
       <c r="B16" t="s">
         <v>65</v>
       </c>
       <c r="C16" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>66</v>
       </c>
       <c r="E16" t="s">
         <v>67</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
       <c r="H16" t="n">
         <v>37621.0</v>
       </c>
       <c r="I16" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>1266.0</v>
       </c>
       <c r="B17" t="s">
         <v>69</v>
       </c>
       <c r="C17" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>70</v>
       </c>
       <c r="E17" t="s">
         <v>71</v>
       </c>
       <c r="G17" t="s">
         <v>68</v>
       </c>
       <c r="H17" t="n">
         <v>37621.0</v>
       </c>
       <c r="I17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>1267.0</v>
       </c>
       <c r="B18" t="s">
         <v>72</v>
       </c>
       <c r="C18" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>73</v>
       </c>
       <c r="E18" t="s">
         <v>74</v>
       </c>
       <c r="G18" t="s">
         <v>68</v>
       </c>
       <c r="H18" t="n">
         <v>37621.0</v>
       </c>
       <c r="I18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1268.0</v>
       </c>
       <c r="B19" t="s">
         <v>75</v>
       </c>
       <c r="C19" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>76</v>
       </c>
       <c r="E19" t="s">
         <v>77</v>
       </c>
       <c r="G19" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H19" t="n">
         <v>37621.0</v>
       </c>
       <c r="I19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1269.0</v>
       </c>
       <c r="B20" t="s">
         <v>78</v>
       </c>
       <c r="C20" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>79</v>
       </c>
       <c r="E20" t="s">
         <v>80</v>
       </c>
       <c r="G20" t="s">
         <v>81</v>
       </c>
       <c r="H20" t="n">
         <v>37621.0</v>
       </c>
       <c r="I20" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>1270.0</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
       <c r="C21" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>83</v>
       </c>
       <c r="E21" t="s">
         <v>84</v>
       </c>
       <c r="G21" t="s">
         <v>68</v>
       </c>
       <c r="H21" t="n">
         <v>37621.0</v>
       </c>
       <c r="I21" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>1271.0</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>86</v>
       </c>
       <c r="E22" t="s">
         <v>87</v>
       </c>
       <c r="G22" t="s">
         <v>68</v>
       </c>
       <c r="H22" t="n">
         <v>37624.0</v>
       </c>
       <c r="I22" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>1272.0</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
       <c r="C23" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>89</v>
       </c>
       <c r="E23" t="s">
         <v>90</v>
       </c>
       <c r="G23" t="s">
         <v>91</v>
       </c>
       <c r="H23" t="n">
         <v>37625.0</v>
       </c>
       <c r="I23" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>1273.0</v>
       </c>
       <c r="B24" t="s">
         <v>92</v>
       </c>
       <c r="C24" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>93</v>
       </c>
       <c r="E24" t="s">
         <v>94</v>
       </c>
       <c r="G24" t="s">
         <v>95</v>
       </c>
       <c r="H24" t="n">
         <v>37625.0</v>
       </c>
       <c r="I24" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>1274.0</v>
       </c>
       <c r="B25" t="s">
         <v>96</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>97</v>
       </c>
       <c r="E25" t="s">
         <v>98</v>
       </c>
       <c r="G25" t="s">
         <v>99</v>
       </c>
       <c r="H25" t="n">
         <v>37627.0</v>
       </c>
       <c r="I25" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="26">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" ht="79.2" customHeight="true">
       <c r="A26" t="n">
         <v>1275.0</v>
       </c>
       <c r="B26" t="s">
         <v>100</v>
       </c>
       <c r="C26" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>101</v>
       </c>
       <c r="E26" t="s">
         <v>102</v>
       </c>
       <c r="G26" t="s">
         <v>103</v>
       </c>
       <c r="H26" t="n">
         <v>37627.0</v>
       </c>
       <c r="I26" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="27" ht="79.2" customHeight="true">
+    <row r="27">
       <c r="A27" t="n">
         <v>1276.0</v>
       </c>
       <c r="B27" t="s">
         <v>105</v>
       </c>
       <c r="C27" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>106</v>
       </c>
       <c r="E27" t="s">
         <v>107</v>
       </c>
       <c r="G27" t="s">
         <v>108</v>
       </c>
       <c r="H27" t="n">
         <v>37627.0</v>
       </c>
       <c r="I27" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>1277.0</v>
       </c>
       <c r="B28" t="s">
         <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>110</v>
       </c>
       <c r="E28" t="s">
         <v>111</v>
       </c>
       <c r="G28" t="s">
         <v>112</v>
       </c>
       <c r="H28" t="n">
         <v>37627.0</v>
       </c>
       <c r="I28" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1278.0</v>
       </c>
       <c r="B29" t="s">
         <v>113</v>
       </c>
       <c r="C29" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>114</v>
       </c>
       <c r="E29" t="s">
         <v>115</v>
       </c>
       <c r="G29" t="s">
         <v>112</v>
       </c>
       <c r="H29" t="n">
         <v>37628.0</v>
       </c>
       <c r="I29" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1279.0</v>
       </c>
       <c r="B30" t="s">
         <v>116</v>
       </c>
       <c r="C30" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>117</v>
       </c>
       <c r="E30" t="s">
         <v>118</v>
       </c>
       <c r="G30" t="s">
         <v>112</v>
       </c>
       <c r="H30" t="n">
         <v>37628.0</v>
       </c>
       <c r="I30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1280.0</v>
       </c>
       <c r="B31" t="s">
         <v>119</v>
       </c>
       <c r="C31" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>120</v>
       </c>
       <c r="E31" t="s">
         <v>121</v>
       </c>
       <c r="G31" t="s">
         <v>122</v>
       </c>
       <c r="H31" t="n">
         <v>37629.0</v>
       </c>
       <c r="I31" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1281.0</v>
       </c>
       <c r="B32" t="s">
         <v>123</v>
       </c>
       <c r="C32" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>124</v>
       </c>
       <c r="E32" t="s">
         <v>125</v>
       </c>
       <c r="G32" t="s">
         <v>126</v>
       </c>
       <c r="H32" t="n">
         <v>37629.0</v>
       </c>
       <c r="I32" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>1282.0</v>
       </c>
       <c r="B33" t="s">
         <v>123</v>
       </c>
       <c r="C33" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D33" t="s">
         <v>127</v>
       </c>
       <c r="E33" t="s">
         <v>128</v>
       </c>
       <c r="G33" t="s">
         <v>126</v>
       </c>
       <c r="H33" t="n">
         <v>37629.0</v>
       </c>
       <c r="I33" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>1283.0</v>
       </c>
       <c r="B34" t="s">
         <v>129</v>
       </c>
       <c r="C34" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D34" t="s">
         <v>130</v>
       </c>
       <c r="E34" t="s">
         <v>131</v>
       </c>
       <c r="G34" t="s">
         <v>132</v>
       </c>
       <c r="H34" t="n">
         <v>37632.0</v>
       </c>
       <c r="I34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1284.0</v>
       </c>
       <c r="B35" t="s">
         <v>133</v>
       </c>
       <c r="C35" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D35" t="s">
         <v>134</v>
       </c>
       <c r="E35" t="s">
         <v>135</v>
       </c>
       <c r="G35" t="s">
         <v>136</v>
       </c>
       <c r="H35" t="n">
         <v>37632.0</v>
       </c>
       <c r="I35" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>1285.0</v>
       </c>
       <c r="B36" t="s">
         <v>137</v>
       </c>
       <c r="C36" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
         <v>138</v>
       </c>
       <c r="E36" t="s">
         <v>139</v>
       </c>
       <c r="G36" t="s">
         <v>112</v>
       </c>
       <c r="H36" t="n">
         <v>37632.0</v>
       </c>
       <c r="I36" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>1286.0</v>
       </c>
       <c r="B37" t="s">
         <v>140</v>
       </c>
       <c r="C37" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>141</v>
       </c>
       <c r="E37" t="s">
         <v>142</v>
       </c>
       <c r="G37" t="s">
         <v>68</v>
       </c>
       <c r="H37" t="n">
         <v>37632.0</v>
       </c>
       <c r="I37" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>1287.0</v>
       </c>
       <c r="B38" t="s">
         <v>143</v>
       </c>
       <c r="C38" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>144</v>
       </c>
       <c r="E38" t="s">
         <v>145</v>
       </c>
       <c r="G38" t="s">
         <v>68</v>
       </c>
       <c r="H38" t="n">
         <v>37632.0</v>
       </c>
       <c r="I38" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>1288.0</v>
       </c>
       <c r="B39" t="s">
         <v>146</v>
       </c>
       <c r="C39" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D39" t="s">
         <v>147</v>
       </c>
       <c r="E39" t="s">
         <v>148</v>
       </c>
       <c r="G39" t="s">
         <v>149</v>
       </c>
       <c r="H39" t="n">
         <v>37632.0</v>
       </c>
       <c r="I39" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>1289.0</v>
       </c>
       <c r="B40" t="s">
         <v>150</v>
       </c>
       <c r="C40" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>151</v>
       </c>
       <c r="E40" t="s">
         <v>152</v>
       </c>
       <c r="G40" t="s">
         <v>153</v>
       </c>
       <c r="H40" t="n">
         <v>37632.0</v>
       </c>
       <c r="I40" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>1290.0</v>
       </c>
       <c r="B41" t="s">
         <v>154</v>
       </c>
       <c r="C41" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>155</v>
       </c>
       <c r="E41" t="s">
         <v>156</v>
       </c>
       <c r="G41" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H41" t="n">
         <v>37632.0</v>
       </c>
       <c r="I41" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>1291.0</v>
       </c>
       <c r="B42" t="s">
         <v>157</v>
       </c>
       <c r="C42" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>158</v>
       </c>
       <c r="E42" t="s">
         <v>159</v>
       </c>
       <c r="G42" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="H42" t="n">
         <v>37632.0</v>
       </c>
       <c r="I42" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>1292.0</v>
       </c>
       <c r="B43" t="s">
         <v>160</v>
       </c>
       <c r="C43" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>161</v>
       </c>
       <c r="E43" t="s">
         <v>162</v>
       </c>
       <c r="G43" t="s">
         <v>163</v>
       </c>
       <c r="H43" t="n">
         <v>37632.0</v>
       </c>
       <c r="I43" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1293.0</v>
       </c>
       <c r="B44" t="s">
         <v>160</v>
       </c>
       <c r="C44" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>164</v>
       </c>
       <c r="E44" t="s">
         <v>165</v>
       </c>
       <c r="G44" t="s">
         <v>166</v>
       </c>
       <c r="H44" t="n">
         <v>37632.0</v>
       </c>
       <c r="I44" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>1294.0</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D45" t="s">
         <v>167</v>
       </c>
       <c r="E45" t="s">
         <v>168</v>
       </c>
       <c r="G45" t="s">
         <v>169</v>
       </c>
       <c r="H45" t="n">
         <v>37633.0</v>
       </c>
       <c r="I45" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>1295.0</v>
       </c>
       <c r="B46" t="s">
         <v>170</v>
       </c>
       <c r="C46" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D46" t="s">
         <v>171</v>
       </c>
       <c r="E46" t="s">
         <v>172</v>
       </c>
       <c r="G46" t="s">
         <v>173</v>
       </c>
       <c r="H46" t="n">
         <v>37635.0</v>
       </c>
       <c r="I46" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>1296.0</v>
       </c>
       <c r="B47" t="s">
         <v>174</v>
       </c>
       <c r="C47" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D47" t="s">
         <v>175</v>
       </c>
       <c r="E47" t="s">
         <v>176</v>
       </c>
       <c r="G47" t="s">
         <v>177</v>
       </c>
       <c r="H47" t="n">
         <v>37636.0</v>
       </c>
       <c r="I47" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>1297.0</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D48" t="s">
         <v>178</v>
       </c>
       <c r="E48" t="s">
         <v>179</v>
       </c>
       <c r="G48" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H48" t="n">
         <v>37636.0</v>
       </c>
       <c r="I48" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>1298.0</v>
       </c>
       <c r="B49" t="s">
         <v>180</v>
       </c>
       <c r="C49" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>181</v>
       </c>
       <c r="E49" t="s">
         <v>182</v>
       </c>
       <c r="G49" t="s">
         <v>183</v>
       </c>
       <c r="H49" t="n">
         <v>37636.0</v>
       </c>
       <c r="I49" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>1299.0</v>
       </c>
       <c r="B50" t="s">
         <v>184</v>
       </c>
       <c r="C50" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>185</v>
       </c>
       <c r="E50" t="s">
         <v>186</v>
       </c>
       <c r="G50" t="s">
         <v>68</v>
       </c>
       <c r="H50" t="n">
         <v>37636.0</v>
       </c>
       <c r="I50" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>1300.0</v>
       </c>
       <c r="B51" t="s">
         <v>187</v>
       </c>
       <c r="C51" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>188</v>
       </c>
       <c r="E51" t="s">
         <v>189</v>
       </c>
       <c r="G51" t="s">
         <v>68</v>
       </c>
       <c r="H51" t="n">
         <v>37636.0</v>
       </c>
       <c r="I51" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>