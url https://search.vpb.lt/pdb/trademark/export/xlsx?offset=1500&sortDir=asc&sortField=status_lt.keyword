--- v0 (2025-11-09)
+++ v1 (2026-03-30)
@@ -1,539 +1,520 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="131">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298" uniqueCount="139">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...20 lines deleted...]
-    <t>ŽL Žemaitijos leidyba</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>AUKŠTADVARIO REGIONINIS PARKAS</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
-    <t>97-3217</t>
+    <t>97-0747</t>
+  </si>
+  <si>
+    <t>39, 40</t>
+  </si>
+  <si>
+    <t>Atšaukta paraiška</t>
+  </si>
+  <si>
+    <t>Š-16</t>
+  </si>
+  <si>
+    <t>97-0861</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>O S</t>
+  </si>
+  <si>
+    <t>97-0862</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Vėjavaikė Šeimininkė PRIEDAS MERGINOMS</t>
+  </si>
+  <si>
+    <t>97-0786</t>
+  </si>
+  <si>
+    <t>ŠILIS</t>
+  </si>
+  <si>
+    <t>97-0863</t>
+  </si>
+  <si>
+    <t>Š-14</t>
+  </si>
+  <si>
+    <t>97-0864</t>
+  </si>
+  <si>
+    <t>VEZO</t>
+  </si>
+  <si>
+    <t>97-0869</t>
+  </si>
+  <si>
+    <t>9, 16</t>
+  </si>
+  <si>
+    <t>ESU ŽMOGUS</t>
+  </si>
+  <si>
+    <t>97-0870</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>Atšaukta paraiška</t>
-[...2 lines deleted...]
-    <t>CONTINA</t>
+    <t>KARMA INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>97-0846</t>
+  </si>
+  <si>
+    <t>9, 35, 38, 39, 42</t>
+  </si>
+  <si>
+    <t>SAVAS</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
-    <t>97-3248</t>
-[...11 lines deleted...]
-    <t>97-3253</t>
+    <t>97-0875</t>
+  </si>
+  <si>
+    <t>16, 41, 42</t>
+  </si>
+  <si>
+    <t>PRISMA LUJA</t>
+  </si>
+  <si>
+    <t>97-0878</t>
+  </si>
+  <si>
+    <t>OPAL LUJA</t>
+  </si>
+  <si>
+    <t>97-0879</t>
+  </si>
+  <si>
+    <t>GRAFIT LUJA</t>
+  </si>
+  <si>
+    <t>97-0880</t>
+  </si>
+  <si>
+    <t>FERRO LUJA</t>
+  </si>
+  <si>
+    <t>97-0881</t>
+  </si>
+  <si>
+    <t>SPEKTRA LUJA</t>
+  </si>
+  <si>
+    <t>97-0882</t>
+  </si>
+  <si>
+    <t>KAHHEL LUJA</t>
+  </si>
+  <si>
+    <t>97-0883</t>
+  </si>
+  <si>
+    <t>LIDIVA</t>
+  </si>
+  <si>
+    <t>97-0886</t>
+  </si>
+  <si>
+    <t>37, 42</t>
+  </si>
+  <si>
+    <t>TIME MEDIA</t>
+  </si>
+  <si>
+    <t>97-0905</t>
+  </si>
+  <si>
+    <t>Olturas</t>
+  </si>
+  <si>
+    <t>97-0908</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>ROVOLTA</t>
+  </si>
+  <si>
+    <t>97-0909</t>
+  </si>
+  <si>
+    <t>35, 37</t>
+  </si>
+  <si>
+    <t>Ambreta</t>
+  </si>
+  <si>
+    <t>97-0913</t>
+  </si>
+  <si>
+    <t>35, 39, 42</t>
+  </si>
+  <si>
+    <t>Figurative</t>
+  </si>
+  <si>
+    <t>97-0914</t>
+  </si>
+  <si>
+    <t>36, 41</t>
+  </si>
+  <si>
+    <t>Mokesčių žinios SPECIALIZUOTAS SAVAITRAŠTIS</t>
+  </si>
+  <si>
+    <t>97-0965</t>
+  </si>
+  <si>
+    <t>altesa</t>
+  </si>
+  <si>
+    <t>97-0967</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>Į KELIĄ</t>
+  </si>
+  <si>
+    <t>97-1004</t>
+  </si>
+  <si>
+    <t>39, 41</t>
+  </si>
+  <si>
+    <t>BIRŠTONO TURIZMO INFORMACIJOS CENTRAS</t>
+  </si>
+  <si>
+    <t>97-0975</t>
+  </si>
+  <si>
+    <t>MATISPHERE</t>
+  </si>
+  <si>
+    <t>97-0977</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>K-Line Bruegmann</t>
+  </si>
+  <si>
+    <t>97-0928</t>
+  </si>
+  <si>
+    <t>LABAS</t>
+  </si>
+  <si>
+    <t>97-0930</t>
+  </si>
+  <si>
+    <t>PERLOJA</t>
+  </si>
+  <si>
+    <t>97-0980</t>
+  </si>
+  <si>
+    <t>RUSNĖ</t>
+  </si>
+  <si>
+    <t>97-0981</t>
+  </si>
+  <si>
+    <t>II BALTIC SEA GAMES</t>
+  </si>
+  <si>
+    <t>97-0986</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>BSK</t>
+  </si>
+  <si>
+    <t>97-1055</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>CAFE EXTRA</t>
+  </si>
+  <si>
+    <t>97-1057</t>
+  </si>
+  <si>
+    <t>GENOTHERM</t>
+  </si>
+  <si>
+    <t>97-0997</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>PHARMAMIX</t>
+  </si>
+  <si>
+    <t>97-0999</t>
+  </si>
+  <si>
+    <t>5, 10</t>
+  </si>
+  <si>
+    <t>KALĖDINIS</t>
+  </si>
+  <si>
+    <t>97-1038</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>The World In Your Pocket</t>
+  </si>
+  <si>
+    <t>97-1072</t>
   </si>
   <si>
     <t>16, 35</t>
   </si>
   <si>
-    <t>ŠEIMOS SVEIKATA</t>
-[...74 lines deleted...]
-    <t>97-3368</t>
+    <t>LADAX</t>
+  </si>
+  <si>
+    <t>97-1041</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>FLUSHOL</t>
+  </si>
+  <si>
+    <t>97-1042</t>
+  </si>
+  <si>
+    <t>97-1075</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>PACTOR</t>
-[...92 lines deleted...]
-    <t>97-3540</t>
+    <t>TOLIANA</t>
+  </si>
+  <si>
+    <t>97-1043</t>
+  </si>
+  <si>
+    <t>35, 41, 42</t>
+  </si>
+  <si>
+    <t>ŠILAS</t>
+  </si>
+  <si>
+    <t>97-1045</t>
+  </si>
+  <si>
+    <t>9, 35</t>
+  </si>
+  <si>
+    <t>Merloni Elettrodomestici FEDERATION</t>
+  </si>
+  <si>
+    <t>97-1046</t>
+  </si>
+  <si>
+    <t>9, 16, 35, 41</t>
+  </si>
+  <si>
+    <t>PIF</t>
+  </si>
+  <si>
+    <t>97-1149</t>
+  </si>
+  <si>
+    <t>RHONEP</t>
+  </si>
+  <si>
+    <t>97-1091</t>
+  </si>
+  <si>
+    <t>OLIGRA</t>
+  </si>
+  <si>
+    <t>97-1156</t>
+  </si>
+  <si>
+    <t>Tango</t>
+  </si>
+  <si>
+    <t>97-1107</t>
+  </si>
+  <si>
+    <t>Gumbinė</t>
+  </si>
+  <si>
+    <t>97-1095</t>
+  </si>
+  <si>
+    <t>PEONY</t>
+  </si>
+  <si>
+    <t>97-1098</t>
   </si>
   <si>
     <t>35, 42</t>
-  </si>
-[...142 lines deleted...]
-    <t>32</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
-[...1 lines deleted...]
-
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...38 lines deleted...]
-</xdr:wsDr>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.8125" customWidth="true"/>
     <col min="2" max="2" width="31.25" customWidth="true"/>
     <col min="3" max="3" width="15.625" customWidth="true"/>
     <col min="4" max="4" width="15.625" customWidth="true"/>
     <col min="5" max="5" width="15.625" customWidth="true"/>
     <col min="6" max="6" width="15.625" customWidth="true"/>
     <col min="7" max="7" width="15.625" customWidth="true"/>
     <col min="8" max="8" width="15.625" customWidth="true"/>
     <col min="9" max="9" width="54.6875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -575,425 +556,421 @@
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>2</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>1502.0</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
+        <v>2</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
-[...2 lines deleted...]
-      <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>1503.0</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>2</v>
       </c>
-      <c r="G4"/>
+      <c r="G4" t="s">
+        <v>20</v>
+      </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>1504.0</v>
       </c>
       <c r="B5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>2</v>
       </c>
-      <c r="G5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G5"/>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>1505.0</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6" t="s">
         <v>2</v>
       </c>
       <c r="G6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>1506.0</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>2</v>
       </c>
       <c r="G7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>1507.0</v>
       </c>
       <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
         <v>28</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
+        <v>2</v>
+      </c>
+      <c r="G8" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>1508.0</v>
       </c>
       <c r="B9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
         <v>31</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
+        <v>2</v>
+      </c>
+      <c r="G9" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>1509.0</v>
       </c>
-      <c r="B10"/>
+      <c r="B10" t="s">
+        <v>33</v>
+      </c>
       <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
         <v>34</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
+        <v>2</v>
+      </c>
+      <c r="G10" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>1510.0</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11" t="s">
         <v>2</v>
       </c>
       <c r="G11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>1511.0</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E12" t="s">
         <v>2</v>
       </c>
-      <c r="G12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G12"/>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>1512.0</v>
       </c>
       <c r="B13" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E13" t="s">
         <v>2</v>
       </c>
-      <c r="G13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G13"/>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>1513.0</v>
       </c>
       <c r="B14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>2</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>1514.0</v>
       </c>
       <c r="B15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E15" t="s">
         <v>2</v>
       </c>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>1515.0</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E16" t="s">
         <v>2</v>
       </c>
-      <c r="G16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G16"/>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>1516.0</v>
       </c>
       <c r="B17" t="s">
         <v>50</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
       <c r="E17" t="s">
         <v>2</v>
       </c>
-      <c r="G17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G17"/>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>1517.0</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>2</v>
       </c>
       <c r="G18" t="s">
         <v>54</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1518.0</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
       <c r="E19" t="s">
         <v>2</v>
       </c>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1519.0</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>58</v>
@@ -1011,725 +988,743 @@
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>1520.0</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
       <c r="E21" t="s">
         <v>2</v>
       </c>
       <c r="G21" t="s">
         <v>62</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="22" ht="75.0" customHeight="true">
+    <row r="22">
       <c r="A22" t="n">
         <v>1521.0</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
       <c r="E22" t="s">
         <v>2</v>
       </c>
       <c r="G22" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>1522.0</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B23"/>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E23" t="s">
         <v>2</v>
       </c>
       <c r="G23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>1523.0</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E24" t="s">
         <v>2</v>
       </c>
-      <c r="G24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G24"/>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>1524.0</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E25" t="s">
         <v>2</v>
       </c>
       <c r="G25" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>1525.0</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E26" t="s">
         <v>2</v>
       </c>
       <c r="G26" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>1526.0</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E27" t="s">
         <v>2</v>
       </c>
-      <c r="G27"/>
+      <c r="G27" t="s">
+        <v>59</v>
+      </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>1527.0</v>
       </c>
       <c r="B28" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="D28" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E28" t="s">
         <v>2</v>
       </c>
       <c r="G28" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1528.0</v>
       </c>
       <c r="B29" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E29" t="s">
         <v>2</v>
       </c>
-      <c r="G29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G29"/>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1529.0</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E30" t="s">
         <v>2</v>
       </c>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1530.0</v>
       </c>
       <c r="B31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C31" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E31" t="s">
         <v>2</v>
       </c>
       <c r="G31"/>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1531.0</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="D32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E32" t="s">
         <v>2</v>
       </c>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>1532.0</v>
       </c>
       <c r="B33" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C33" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E33" t="s">
         <v>2</v>
       </c>
-      <c r="G33"/>
+      <c r="G33" t="s">
+        <v>92</v>
+      </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>1533.0</v>
       </c>
       <c r="B34" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C34" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D34" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E34" t="s">
         <v>2</v>
       </c>
-      <c r="G34"/>
+      <c r="G34" t="s">
+        <v>95</v>
+      </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1534.0</v>
       </c>
       <c r="B35" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="D35" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E35" t="s">
         <v>2</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>1535.0</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C36" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D36" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E36" t="s">
         <v>2</v>
       </c>
-      <c r="G36"/>
+      <c r="G36" t="s">
+        <v>100</v>
+      </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>1536.0</v>
       </c>
       <c r="B37" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="D37" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E37" t="s">
         <v>2</v>
       </c>
-      <c r="G37"/>
+      <c r="G37" t="s">
+        <v>103</v>
+      </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>1537.0</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C38" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D38" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="E38" t="s">
         <v>2</v>
       </c>
-      <c r="G38"/>
+      <c r="G38" t="s">
+        <v>106</v>
+      </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>1538.0</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="C39" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D39" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="E39" t="s">
         <v>2</v>
       </c>
-      <c r="G39"/>
+      <c r="G39" t="s">
+        <v>109</v>
+      </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>1539.0</v>
       </c>
       <c r="B40" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C40" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D40" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E40" t="s">
         <v>2</v>
       </c>
-      <c r="G40"/>
+      <c r="G40" t="s">
+        <v>112</v>
+      </c>
       <c r="H40"/>
       <c r="I40" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>1540.0</v>
       </c>
       <c r="B41" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C41" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="D41" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="E41" t="s">
         <v>2</v>
       </c>
       <c r="G41" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>1541.0</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D42" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="E42" t="s">
         <v>2</v>
       </c>
       <c r="G42" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>1542.0</v>
       </c>
       <c r="B43" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="E43" t="s">
         <v>2</v>
       </c>
       <c r="G43" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="H43"/>
       <c r="I43" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1543.0</v>
       </c>
       <c r="B44" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="C44" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D44" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="E44" t="s">
         <v>2</v>
       </c>
-      <c r="G44"/>
+      <c r="G44" t="s">
+        <v>122</v>
+      </c>
       <c r="H44"/>
       <c r="I44" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>1544.0</v>
       </c>
       <c r="B45" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="C45" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="E45" t="s">
         <v>2</v>
       </c>
-      <c r="G45"/>
+      <c r="G45" t="s">
+        <v>125</v>
+      </c>
       <c r="H45"/>
       <c r="I45" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>1545.0</v>
       </c>
       <c r="B46" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="C46" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="E46" t="s">
         <v>2</v>
       </c>
-      <c r="G46"/>
+      <c r="G46" t="s">
+        <v>116</v>
+      </c>
       <c r="H46"/>
       <c r="I46" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>1546.0</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="C47" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D47" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E47" t="s">
         <v>2</v>
       </c>
       <c r="G47"/>
       <c r="H47"/>
       <c r="I47" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>1547.0</v>
       </c>
       <c r="B48" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="C48" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D48" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="E48" t="s">
         <v>2</v>
       </c>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>1548.0</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="E49" t="s">
         <v>2</v>
       </c>
       <c r="G49" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>1549.0</v>
       </c>
       <c r="B50" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C50" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D50" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="E50" t="s">
         <v>2</v>
       </c>
-      <c r="G50"/>
+      <c r="G50" t="s">
+        <v>73</v>
+      </c>
       <c r="H50"/>
       <c r="I50" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>1550.0</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="E51" t="s">
         <v>2</v>
       </c>
       <c r="G51" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="H51"/>
       <c r="I51" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>