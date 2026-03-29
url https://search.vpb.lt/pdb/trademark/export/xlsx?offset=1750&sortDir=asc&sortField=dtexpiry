--- v0 (2025-11-09)
+++ v1 (2026-03-29)
@@ -9,78 +9,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="187">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>Singa</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>RL 3880</t>
   </si>
   <si>
     <t>9290</t>
   </si>
   <si>
     <t>7, 9, 12, 40, 42</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>LENORA</t>
   </si>
   <si>
     <t>ZP 3841</t>
   </si>
@@ -168,396 +168,396 @@
   <si>
     <t>RL 3889</t>
   </si>
   <si>
     <t>7718</t>
   </si>
   <si>
     <t>Lanka</t>
   </si>
   <si>
     <t>ZP 3883</t>
   </si>
   <si>
     <t>22673</t>
   </si>
   <si>
     <t>Gija</t>
   </si>
   <si>
     <t>ZP 3884</t>
   </si>
   <si>
     <t>22672</t>
   </si>
   <si>
+    <t>MODELING</t>
+  </si>
+  <si>
+    <t>ZP 3893</t>
+  </si>
+  <si>
+    <t>23657</t>
+  </si>
+  <si>
     <t>LITORINA</t>
   </si>
   <si>
     <t>ZP 3896</t>
   </si>
   <si>
     <t>23903</t>
   </si>
   <si>
     <t>35, 42</t>
   </si>
   <si>
-    <t>MODELING</t>
-[...7 lines deleted...]
-  <si>
     <t>Hansa-Kaffee</t>
   </si>
   <si>
     <t>RL 3898</t>
   </si>
   <si>
     <t>7473</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>METEX</t>
   </si>
   <si>
     <t>RL 3902</t>
   </si>
   <si>
     <t>7475</t>
   </si>
   <si>
     <t>ELORD</t>
   </si>
   <si>
     <t>RL 3903</t>
   </si>
   <si>
     <t>7476</t>
   </si>
   <si>
     <t>18, 25, 28</t>
   </si>
   <si>
     <t>Mozart</t>
   </si>
   <si>
     <t>RL 3907</t>
   </si>
   <si>
     <t>7727</t>
   </si>
   <si>
+    <t>VICTORIA</t>
+  </si>
+  <si>
+    <t>RL 3908</t>
+  </si>
+  <si>
+    <t>7480</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
     <t>VENORUTON</t>
   </si>
   <si>
     <t>RL 3915</t>
   </si>
   <si>
     <t>7504</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>BERGHAUS</t>
   </si>
   <si>
     <t>ZP 3897</t>
   </si>
   <si>
     <t>21439</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>MOCCA EXTRA</t>
   </si>
   <si>
     <t>ZP 3901</t>
   </si>
   <si>
     <t>21440</t>
   </si>
   <si>
     <t>GATE GOURMET</t>
   </si>
   <si>
     <t>ZP 3914</t>
   </si>
   <si>
     <t>21441</t>
   </si>
   <si>
     <t>39, 42</t>
   </si>
   <si>
-    <t>VICTORIA</t>
-[...8 lines deleted...]
-    <t>41</t>
+    <t>eau minerale naturelle VITTEL GRANDE SOURCE</t>
+  </si>
+  <si>
+    <t>RL 3965</t>
+  </si>
+  <si>
+    <t>7735</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>STATUS</t>
+  </si>
+  <si>
+    <t>RL 3967</t>
+  </si>
+  <si>
+    <t>9461</t>
+  </si>
+  <si>
+    <t>3, 18, 25</t>
+  </si>
+  <si>
+    <t>KAO</t>
+  </si>
+  <si>
+    <t>RL 3972</t>
+  </si>
+  <si>
+    <t>7510</t>
+  </si>
+  <si>
+    <t>CIE-AN</t>
+  </si>
+  <si>
+    <t>RL 3974</t>
+  </si>
+  <si>
+    <t>7843</t>
+  </si>
+  <si>
+    <t>Anvil BRAND</t>
+  </si>
+  <si>
+    <t>RL 3975</t>
+  </si>
+  <si>
+    <t>7844</t>
+  </si>
+  <si>
+    <t>ORIGINAL WESTERN WASH</t>
+  </si>
+  <si>
+    <t>RL 3977</t>
+  </si>
+  <si>
+    <t>7845</t>
+  </si>
+  <si>
+    <t>HILTON</t>
+  </si>
+  <si>
+    <t>RL 3988</t>
+  </si>
+  <si>
+    <t>7517</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>ELECTONE</t>
+  </si>
+  <si>
+    <t>RL 3994</t>
+  </si>
+  <si>
+    <t>7523</t>
+  </si>
+  <si>
+    <t>AUTO LOGIC SYSTEM</t>
+  </si>
+  <si>
+    <t>ZP 3936</t>
+  </si>
+  <si>
+    <t>21882</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>CHALLENGER</t>
+  </si>
+  <si>
+    <t>ZP 3937</t>
+  </si>
+  <si>
+    <t>21883</t>
+  </si>
+  <si>
+    <t>SAFARI</t>
+  </si>
+  <si>
+    <t>ZP 3938</t>
+  </si>
+  <si>
+    <t>21884</t>
+  </si>
+  <si>
+    <t>AQUALITE</t>
+  </si>
+  <si>
+    <t>ZP 3986</t>
+  </si>
+  <si>
+    <t>21887</t>
   </si>
   <si>
     <t>KHLEB-SOL</t>
   </si>
   <si>
     <t>ZP 3995</t>
   </si>
   <si>
     <t>21888</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>eau minerale naturelle VITTEL GRANDE SOURCE</t>
-[...10 lines deleted...]
-  <si>
     <t>CHLEB-SOL</t>
   </si>
   <si>
     <t>ZP 3997</t>
   </si>
   <si>
     <t>22962</t>
   </si>
   <si>
     <t>AMROP</t>
   </si>
   <si>
     <t>ZP 4004</t>
   </si>
   <si>
     <t>22173</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>3-D</t>
   </si>
   <si>
     <t>ZP 4012</t>
   </si>
   <si>
     <t>22172</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>RL 3919</t>
   </si>
   <si>
     <t>7507</t>
   </si>
   <si>
     <t>7, 9, 24</t>
   </si>
   <si>
-    <t>STATUS</t>
-[...8 lines deleted...]
-    <t>3, 18, 25</t>
+    <t>T</t>
+  </si>
+  <si>
+    <t>ZP 4016</t>
+  </si>
+  <si>
+    <t>21637</t>
+  </si>
+  <si>
+    <t>20, 36, 39, 42</t>
   </si>
   <si>
     <t>ZP 4017</t>
   </si>
   <si>
     <t>21801</t>
   </si>
   <si>
     <t>35, 37, 42</t>
   </si>
   <si>
-    <t>CIE-AN</t>
-[...46 lines deleted...]
-  <si>
     <t>VISAPHONE</t>
   </si>
   <si>
     <t>RL 3925</t>
   </si>
   <si>
     <t>7509</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>TAC</t>
   </si>
   <si>
     <t>RL 3934</t>
   </si>
   <si>
     <t>7825</t>
   </si>
   <si>
     <t>2, 12, 37</t>
   </si>
   <si>
     <t>tac</t>
   </si>
   <si>
     <t>RL 3935</t>
   </si>
   <si>
     <t>7826</t>
-  </si>
-[...58 lines deleted...]
-    <t>21887</t>
   </si>
   <si>
     <t>EAU MINERALE NATURELLE Vittel</t>
   </si>
   <si>
     <t>RL 3959</t>
   </si>
   <si>
     <t>8118</t>
   </si>
   <si>
     <t>RL 3968</t>
   </si>
   <si>
     <t>8198</t>
   </si>
   <si>
     <t>EAU DE SOURCE Pierval</t>
   </si>
   <si>
     <t>RL 3960</t>
   </si>
   <si>
     <t>8119</t>
   </si>
@@ -962,86 +962,86 @@
       </c>
       <c r="D12" t="s">
         <v>51</v>
       </c>
       <c r="E12" t="s">
         <v>52</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="n">
         <v>37657.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>1762.0</v>
       </c>
       <c r="B13" t="s">
         <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D13" t="s">
         <v>54</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="H13" t="n">
         <v>37657.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>1763.0</v>
       </c>
       <c r="B14" t="s">
+        <v>56</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
         <v>57</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>58</v>
       </c>
-      <c r="E14" t="s">
+      <c r="G14" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H14" t="n">
         <v>37657.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>1764.0</v>
       </c>
       <c r="B15" t="s">
         <v>60</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>61</v>
       </c>
       <c r="E15" t="s">
         <v>62</v>
       </c>
       <c r="G15" t="s">
@@ -1118,51 +1118,51 @@
       </c>
       <c r="D18" t="s">
         <v>72</v>
       </c>
       <c r="E18" t="s">
         <v>73</v>
       </c>
       <c r="G18" t="s">
         <v>40</v>
       </c>
       <c r="H18" t="n">
         <v>37661.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1768.0</v>
       </c>
       <c r="B19" t="s">
         <v>74</v>
       </c>
       <c r="C19" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>75</v>
       </c>
       <c r="E19" t="s">
         <v>76</v>
       </c>
       <c r="G19" t="s">
         <v>77</v>
       </c>
       <c r="H19" t="n">
         <v>37661.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1769.0</v>
       </c>
       <c r="B20" t="s">
         <v>78</v>
       </c>
       <c r="C20" t="s">
@@ -1170,808 +1170,808 @@
       </c>
       <c r="D20" t="s">
         <v>79</v>
       </c>
       <c r="E20" t="s">
         <v>80</v>
       </c>
       <c r="G20" t="s">
         <v>81</v>
       </c>
       <c r="H20" t="n">
         <v>37661.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>1770.0</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D21" t="s">
         <v>83</v>
       </c>
       <c r="E21" t="s">
         <v>84</v>
       </c>
       <c r="G21" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="H21" t="n">
         <v>37661.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>1771.0</v>
       </c>
       <c r="B22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G22" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="H22" t="n">
         <v>37661.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>1772.0</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>90</v>
       </c>
       <c r="E23" t="s">
         <v>91</v>
       </c>
       <c r="G23" t="s">
         <v>92</v>
       </c>
       <c r="H23" t="n">
         <v>37661.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>1773.0</v>
       </c>
       <c r="B24" t="s">
         <v>93</v>
       </c>
       <c r="C24" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>94</v>
       </c>
       <c r="E24" t="s">
         <v>95</v>
       </c>
       <c r="G24" t="s">
         <v>96</v>
       </c>
       <c r="H24" t="n">
         <v>37662.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>1774.0</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D25" t="s">
         <v>98</v>
       </c>
       <c r="E25" t="s">
         <v>99</v>
       </c>
       <c r="G25" t="s">
         <v>100</v>
       </c>
       <c r="H25" t="n">
         <v>37662.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>1775.0</v>
       </c>
       <c r="B26" t="s">
         <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D26" t="s">
         <v>102</v>
       </c>
       <c r="E26" t="s">
         <v>103</v>
       </c>
       <c r="G26" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="H26" t="n">
         <v>37662.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>1776.0</v>
       </c>
       <c r="B27" t="s">
         <v>104</v>
       </c>
       <c r="C27" t="s">
         <v>21</v>
       </c>
       <c r="D27" t="s">
         <v>105</v>
       </c>
       <c r="E27" t="s">
         <v>106</v>
       </c>
       <c r="G27" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="H27" t="n">
         <v>37662.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>1777.0</v>
       </c>
-      <c r="B28"/>
+      <c r="B28" t="s">
+        <v>107</v>
+      </c>
       <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
         <v>108</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>109</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="H28" t="n">
         <v>37662.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1778.0</v>
       </c>
-      <c r="B29"/>
+      <c r="B29" t="s">
+        <v>110</v>
+      </c>
       <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
         <v>111</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>112</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" t="s">
-        <v>114</v>
+        <v>85</v>
       </c>
       <c r="H29" t="n">
         <v>37662.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1779.0</v>
       </c>
       <c r="B30" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>114</v>
+      </c>
+      <c r="E30" t="s">
         <v>115</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+      <c r="G30" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="H30" t="n">
         <v>37662.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1780.0</v>
       </c>
-      <c r="B31"/>
+      <c r="B31" t="s">
+        <v>117</v>
+      </c>
       <c r="C31" t="s">
-        <v>111</v>
+        <v>21</v>
       </c>
       <c r="D31" t="s">
+        <v>118</v>
+      </c>
+      <c r="E31" t="s">
         <v>119</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="H31" t="n">
         <v>37662.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1781.0</v>
       </c>
       <c r="B32" t="s">
+        <v>120</v>
+      </c>
+      <c r="C32" t="s">
+        <v>21</v>
+      </c>
+      <c r="D32" t="s">
+        <v>121</v>
+      </c>
+      <c r="E32" t="s">
         <v>122</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="G32" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="H32" t="n">
         <v>37662.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>1782.0</v>
       </c>
       <c r="B33" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" t="s">
+        <v>21</v>
+      </c>
+      <c r="D33" t="s">
         <v>125</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>126</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>81</v>
+        <v>123</v>
       </c>
       <c r="H33" t="n">
         <v>37662.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>1783.0</v>
       </c>
       <c r="B34" t="s">
+        <v>127</v>
+      </c>
+      <c r="C34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D34" t="s">
         <v>128</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>129</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" t="s">
-        <v>81</v>
+        <v>123</v>
       </c>
       <c r="H34" t="n">
         <v>37662.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1784.0</v>
       </c>
       <c r="B35" t="s">
+        <v>130</v>
+      </c>
+      <c r="C35" t="s">
+        <v>21</v>
+      </c>
+      <c r="D35" t="s">
         <v>131</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>132</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H35" t="n">
         <v>37662.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>1785.0</v>
       </c>
       <c r="B36" t="s">
+        <v>133</v>
+      </c>
+      <c r="C36" t="s">
+        <v>21</v>
+      </c>
+      <c r="D36" t="s">
         <v>134</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>135</v>
       </c>
-      <c r="E36" t="s">
+      <c r="G36" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="H36" t="n">
         <v>37662.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>1786.0</v>
       </c>
       <c r="B37" t="s">
+        <v>137</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
         <v>138</v>
       </c>
-      <c r="C37" t="s">
-[...2 lines deleted...]
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>139</v>
       </c>
-      <c r="E37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="H37" t="n">
         <v>37662.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>1787.0</v>
       </c>
       <c r="B38" t="s">
+        <v>140</v>
+      </c>
+      <c r="C38" t="s">
+        <v>21</v>
+      </c>
+      <c r="D38" t="s">
+        <v>141</v>
+      </c>
+      <c r="E38" t="s">
         <v>142</v>
       </c>
-      <c r="C38" t="s">
-[...2 lines deleted...]
-      <c r="D38" t="s">
+      <c r="G38" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="H38" t="n">
         <v>37662.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>1788.0</v>
       </c>
-      <c r="B39" t="s">
+      <c r="B39"/>
+      <c r="C39" t="s">
+        <v>144</v>
+      </c>
+      <c r="D39" t="s">
+        <v>145</v>
+      </c>
+      <c r="E39" t="s">
         <v>146</v>
       </c>
-      <c r="C39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G39" t="s">
-        <v>145</v>
+        <v>36</v>
       </c>
       <c r="H39" t="n">
         <v>37662.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>1789.0</v>
       </c>
-      <c r="B40" t="s">
+      <c r="B40"/>
+      <c r="C40" t="s">
+        <v>147</v>
+      </c>
+      <c r="D40" t="s">
+        <v>148</v>
+      </c>
+      <c r="E40" t="s">
         <v>149</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="s">
+      <c r="G40" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H40" t="n">
         <v>37662.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>1790.0</v>
       </c>
       <c r="B41" t="s">
+        <v>151</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
         <v>152</v>
       </c>
-      <c r="C41" t="s">
-[...2 lines deleted...]
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>153</v>
       </c>
-      <c r="E41" t="s">
+      <c r="G41" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="H41" t="n">
         <v>37662.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>1791.0</v>
       </c>
-      <c r="B42" t="s">
+      <c r="B42"/>
+      <c r="C42" t="s">
+        <v>147</v>
+      </c>
+      <c r="D42" t="s">
+        <v>155</v>
+      </c>
+      <c r="E42" t="s">
         <v>156</v>
       </c>
-      <c r="C42" t="s">
-[...2 lines deleted...]
-      <c r="D42" t="s">
+      <c r="G42" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="H42" t="n">
         <v>37662.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>1792.0</v>
       </c>
       <c r="B43" t="s">
+        <v>158</v>
+      </c>
+      <c r="C43" t="s">
+        <v>21</v>
+      </c>
+      <c r="D43" t="s">
+        <v>159</v>
+      </c>
+      <c r="E43" t="s">
         <v>160</v>
       </c>
-      <c r="C43" t="s">
-[...2 lines deleted...]
-      <c r="D43" t="s">
+      <c r="G43" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="H43" t="n">
         <v>37662.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1793.0</v>
       </c>
       <c r="B44" t="s">
+        <v>162</v>
+      </c>
+      <c r="C44" t="s">
+        <v>21</v>
+      </c>
+      <c r="D44" t="s">
         <v>163</v>
       </c>
-      <c r="C44" t="s">
-[...2 lines deleted...]
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>164</v>
       </c>
-      <c r="E44" t="s">
+      <c r="G44" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="H44" t="n">
         <v>37662.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>1794.0</v>
       </c>
       <c r="B45" t="s">
         <v>166</v>
       </c>
       <c r="C45" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>167</v>
       </c>
       <c r="E45" t="s">
         <v>168</v>
       </c>
       <c r="G45" t="s">
-        <v>36</v>
+        <v>165</v>
       </c>
       <c r="H45" t="n">
         <v>37662.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>1795.0</v>
       </c>
       <c r="B46" t="s">
         <v>169</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>170</v>
       </c>
       <c r="E46" t="s">
         <v>171</v>
       </c>
       <c r="G46" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H46" t="n">
         <v>37662.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>1796.0</v>
       </c>
       <c r="B47" t="s">
-        <v>115</v>
+        <v>97</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>172</v>
       </c>
       <c r="E47" t="s">
         <v>173</v>
       </c>
       <c r="G47" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="H47" t="n">
         <v>37662.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>1797.0</v>
       </c>
       <c r="B48" t="s">
         <v>174</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>175</v>
       </c>
       <c r="E48" t="s">
         <v>176</v>
       </c>
       <c r="G48" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H48" t="n">
         <v>37662.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>1798.0</v>
       </c>
       <c r="B49" t="s">
         <v>177</v>
       </c>
       <c r="C49" t="s">
         <v>21</v>
       </c>
       <c r="D49" t="s">
         <v>178</v>
       </c>
       <c r="E49" t="s">
         <v>179</v>
       </c>
       <c r="G49" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="H49" t="n">
         <v>37662.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>1799.0</v>
       </c>
       <c r="B50" t="s">
         <v>180</v>
       </c>
       <c r="C50" t="s">
         <v>21</v>
       </c>
       <c r="D50" t="s">
         <v>181</v>
       </c>
       <c r="E50" t="s">
         <v>182</v>
       </c>
       <c r="G50" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="H50" t="n">
         <v>37662.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>1800.0</v>
       </c>
       <c r="B51" t="s">
         <v>183</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>184</v>
       </c>
       <c r="E51" t="s">
         <v>185</v>
       </c>
       <c r="G51" t="s">