--- v0 (2025-11-09)
+++ v1 (2026-03-29)
@@ -9,78 +9,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="183">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>VITTEL VITALITE</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
     <t>RL 3958</t>
   </si>
   <si>
     <t>8196</t>
   </si>
   <si>
     <t>3, 32, 41, 42</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>RL 3963</t>
   </si>
@@ -93,128 +93,257 @@
   <si>
     <t>COHNCISCO</t>
   </si>
   <si>
     <t>RL 3976</t>
   </si>
   <si>
     <t>8199</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>TIMONIL</t>
   </si>
   <si>
     <t>RL 3980</t>
   </si>
   <si>
     <t>8117</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>FIS</t>
+  </si>
+  <si>
+    <t>RL 4165</t>
+  </si>
+  <si>
+    <t>7642</t>
+  </si>
+  <si>
+    <t>1, 5, 29, 30, 31, 32</t>
+  </si>
+  <si>
+    <t>LINKMENA</t>
+  </si>
+  <si>
+    <t>Combined</t>
+  </si>
+  <si>
+    <t>RL 4176</t>
+  </si>
+  <si>
+    <t>7580</t>
+  </si>
+  <si>
+    <t>6, 11, 19</t>
+  </si>
+  <si>
+    <t>aiva</t>
+  </si>
+  <si>
+    <t>RL 4177</t>
+  </si>
+  <si>
+    <t>7581</t>
+  </si>
+  <si>
+    <t>1, 19</t>
+  </si>
+  <si>
     <t>Aponti</t>
   </si>
   <si>
     <t>RL 4072</t>
   </si>
   <si>
     <t>7798</t>
   </si>
   <si>
     <t>3, 5</t>
   </si>
   <si>
     <t>Nestle</t>
   </si>
   <si>
-    <t>Combined</t>
-[...1 lines deleted...]
-  <si>
     <t>RL 4081</t>
   </si>
   <si>
     <t>7795</t>
   </si>
   <si>
     <t>3, 5, 29, 30, 32</t>
   </si>
   <si>
     <t>NESCAFE</t>
   </si>
   <si>
     <t>RL 4082</t>
   </si>
   <si>
     <t>7796</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
+    <t>Lion</t>
+  </si>
+  <si>
+    <t>RL 4099</t>
+  </si>
+  <si>
+    <t>7797</t>
+  </si>
+  <si>
+    <t>29, 30</t>
+  </si>
+  <si>
+    <t>Carnation</t>
+  </si>
+  <si>
+    <t>RL 4115</t>
+  </si>
+  <si>
+    <t>7686</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>RL 4116</t>
+  </si>
+  <si>
+    <t>7687</t>
+  </si>
+  <si>
+    <t>MAGGI</t>
+  </si>
+  <si>
+    <t>RL 4117</t>
+  </si>
+  <si>
+    <t>7688</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>GUIGOZ</t>
+  </si>
+  <si>
+    <t>RL 4125</t>
+  </si>
+  <si>
+    <t>7831</t>
+  </si>
+  <si>
+    <t>RL 4132</t>
+  </si>
+  <si>
+    <t>7838</t>
+  </si>
+  <si>
     <t>NESCAFE CLASSIC</t>
   </si>
   <si>
     <t>RL 4146</t>
   </si>
   <si>
     <t>7691</t>
   </si>
   <si>
     <t>29, 30, 32</t>
   </si>
   <si>
     <t>VIACNIL</t>
   </si>
   <si>
     <t>RL 4148</t>
   </si>
   <si>
     <t>7879</t>
   </si>
   <si>
     <t>VIBACTER</t>
   </si>
   <si>
     <t>RL 4149</t>
   </si>
   <si>
     <t>7880</t>
   </si>
   <si>
     <t>CUTAPAX</t>
   </si>
   <si>
     <t>RL 4150</t>
   </si>
   <si>
     <t>7881</t>
   </si>
   <si>
+    <t>OBSERVANCE</t>
+  </si>
+  <si>
+    <t>RL 4151</t>
+  </si>
+  <si>
+    <t>7882</t>
+  </si>
+  <si>
+    <t>UVACNYL</t>
+  </si>
+  <si>
+    <t>RL 4152</t>
+  </si>
+  <si>
+    <t>7930</t>
+  </si>
+  <si>
+    <t>DITHRASIS</t>
+  </si>
+  <si>
+    <t>RL 4153</t>
+  </si>
+  <si>
+    <t>7883</t>
+  </si>
+  <si>
+    <t>RETINOSOME</t>
+  </si>
+  <si>
+    <t>RL 4154</t>
+  </si>
+  <si>
+    <t>7931</t>
+  </si>
+  <si>
     <t>NEOXIDIL</t>
   </si>
   <si>
     <t>RL 4155</t>
   </si>
   <si>
     <t>7884</t>
   </si>
   <si>
     <t>ACNERYNE</t>
   </si>
   <si>
     <t>RL 4161</t>
   </si>
   <si>
     <t>7889</t>
   </si>
   <si>
     <t>NESTEC</t>
   </si>
   <si>
     <t>RL 4164</t>
   </si>
   <si>
     <t>7641</t>
@@ -225,381 +354,252 @@
   <si>
     <t>TAMIKSAS</t>
   </si>
   <si>
     <t>ZP 4021</t>
   </si>
   <si>
     <t>22029</t>
   </si>
   <si>
     <t>18, 20, 21, 25, 26, 28, 35, 36, 39, 42</t>
   </si>
   <si>
     <t>ARC STRAIGHTWIRE</t>
   </si>
   <si>
     <t>ZP 4023</t>
   </si>
   <si>
     <t>21752</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>LINKMENA</t>
-[...8 lines deleted...]
-    <t>6, 11, 19</t>
+    <t>AUDITED NOTS</t>
+  </si>
+  <si>
+    <t>ZP 4024</t>
+  </si>
+  <si>
+    <t>21753</t>
   </si>
   <si>
     <t>FALSE PURPOSE RUNDOWN</t>
   </si>
   <si>
     <t>ZP 4029</t>
   </si>
   <si>
     <t>21756</t>
   </si>
   <si>
     <t>16, 41, 42</t>
   </si>
   <si>
+    <t>HAPPINESS RUNDOWN</t>
+  </si>
+  <si>
+    <t>ZP 4033</t>
+  </si>
+  <si>
+    <t>21760</t>
+  </si>
+  <si>
+    <t>KEY TO LIFE</t>
+  </si>
+  <si>
+    <t>ZP 4036</t>
+  </si>
+  <si>
+    <t>21762</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
     <t>KSW NEWS</t>
   </si>
   <si>
     <t>ZP 4037</t>
   </si>
   <si>
     <t>21763</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>L10</t>
   </si>
   <si>
     <t>ZP 4038</t>
   </si>
   <si>
     <t>21764</t>
   </si>
   <si>
     <t>L11</t>
   </si>
   <si>
     <t>ZP 4039</t>
   </si>
   <si>
     <t>21765</t>
   </si>
   <si>
+    <t>L12</t>
+  </si>
+  <si>
+    <t>ZP 4040</t>
+  </si>
+  <si>
+    <t>21766</t>
+  </si>
+  <si>
+    <t>LIFE ORIENTATION</t>
+  </si>
+  <si>
+    <t>ZP 4043</t>
+  </si>
+  <si>
+    <t>21769</t>
+  </si>
+  <si>
+    <t>MARK SUPER VII</t>
+  </si>
+  <si>
+    <t>ZP 4045</t>
+  </si>
+  <si>
+    <t>23599</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
     <t>METHOD ONE</t>
   </si>
   <si>
     <t>ZP 4046</t>
   </si>
   <si>
     <t>21770</t>
   </si>
   <si>
     <t>41, 42</t>
   </si>
   <si>
+    <t>NED</t>
+  </si>
+  <si>
+    <t>ZP 4047</t>
+  </si>
+  <si>
+    <t>21771</t>
+  </si>
+  <si>
     <t>NEW LIFE RUNDOWN</t>
   </si>
   <si>
     <t>ZP 4049</t>
   </si>
   <si>
     <t>21773</t>
   </si>
   <si>
+    <t>NEW VITALITY RUNDOWN</t>
+  </si>
+  <si>
+    <t>ZP 4050</t>
+  </si>
+  <si>
+    <t>21774</t>
+  </si>
+  <si>
     <t>OCA</t>
   </si>
   <si>
     <t>ZP 4052</t>
   </si>
   <si>
     <t>21776</t>
   </si>
   <si>
     <t>OXFORD CAPACITY ANALYSIS</t>
   </si>
   <si>
     <t>ZP 4054</t>
   </si>
   <si>
     <t>21778</t>
   </si>
   <si>
     <t>SAINT HILL</t>
   </si>
   <si>
     <t>ZP 4057</t>
   </si>
   <si>
     <t>21780</t>
   </si>
   <si>
-    <t>41</t>
+    <t>SCIENTOMETRIC</t>
+  </si>
+  <si>
+    <t>ZP 4059</t>
+  </si>
+  <si>
+    <t>22369</t>
+  </si>
+  <si>
+    <t>SOLO NOTS</t>
+  </si>
+  <si>
+    <t>ZP 4060</t>
+  </si>
+  <si>
+    <t>21782</t>
   </si>
   <si>
     <t>STUDENT HAT</t>
   </si>
   <si>
     <t>ZP 4062</t>
   </si>
   <si>
     <t>21784</t>
   </si>
   <si>
-    <t>SUNSHINE RUNDOWN</t>
-[...215 lines deleted...]
-    <t>21782</t>
+    <t>CLASS IV AUDITOR STANDARDTECH</t>
+  </si>
+  <si>
+    <t>ZP 4066</t>
+  </si>
+  <si>
+    <t>21788</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -872,1126 +872,1126 @@
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
       <c r="H9" t="n">
         <v>37663.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>1809.0</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D10" t="s">
         <v>46</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="G10" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="H10" t="n">
         <v>37663.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>1810.0</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="H11" t="n">
         <v>37663.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>1811.0</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="H12" t="n">
         <v>37663.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>1812.0</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G13" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="H13" t="n">
         <v>37663.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>1813.0</v>
       </c>
       <c r="B14" t="s">
         <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G14" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="H14" t="n">
         <v>37663.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>1814.0</v>
       </c>
       <c r="B15" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H15" t="n">
         <v>37663.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>1815.0</v>
       </c>
       <c r="B16" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="E16" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G16" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="H16" t="n">
         <v>37663.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>1816.0</v>
       </c>
       <c r="B17" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="H17" t="n">
         <v>37663.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>1817.0</v>
       </c>
       <c r="B18" t="s">
         <v>72</v>
       </c>
       <c r="C18" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>73</v>
       </c>
       <c r="E18" t="s">
         <v>74</v>
       </c>
       <c r="G18" t="s">
         <v>75</v>
       </c>
       <c r="H18" t="n">
         <v>37663.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1818.0</v>
       </c>
       <c r="B19" t="s">
         <v>76</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>77</v>
       </c>
       <c r="E19" t="s">
         <v>78</v>
       </c>
       <c r="G19" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="H19" t="n">
         <v>37663.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1819.0</v>
       </c>
       <c r="B20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
         <v>80</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>81</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" t="s">
-        <v>83</v>
+        <v>44</v>
       </c>
       <c r="H20" t="n">
         <v>37663.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>1820.0</v>
       </c>
       <c r="B21" t="s">
+        <v>82</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>83</v>
+      </c>
+      <c r="E21" t="s">
         <v>84</v>
       </c>
-      <c r="C21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="H21" t="n">
         <v>37663.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>1821.0</v>
       </c>
       <c r="B22" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>86</v>
+      </c>
+      <c r="E22" t="s">
         <v>87</v>
       </c>
-      <c r="C22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="H22" t="n">
         <v>37663.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>1822.0</v>
       </c>
       <c r="B23" t="s">
+        <v>88</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>89</v>
+      </c>
+      <c r="E23" t="s">
         <v>90</v>
       </c>
-      <c r="C23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G23" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="H23" t="n">
         <v>37663.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>1823.0</v>
       </c>
       <c r="B24" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E24" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="H24" t="n">
         <v>37663.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>1824.0</v>
       </c>
       <c r="B25" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E25" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="H25" t="n">
         <v>37663.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>1825.0</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E26" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="G26" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="H26" t="n">
         <v>37663.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>1826.0</v>
       </c>
       <c r="B27" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E27" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="H27" t="n">
         <v>37663.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>1827.0</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="E28" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="G28" t="s">
         <v>106</v>
       </c>
       <c r="H28" t="n">
         <v>37663.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1828.0</v>
       </c>
       <c r="B29" t="s">
+        <v>107</v>
+      </c>
+      <c r="C29" t="s">
+        <v>33</v>
+      </c>
+      <c r="D29" t="s">
+        <v>108</v>
+      </c>
+      <c r="E29" t="s">
+        <v>109</v>
+      </c>
+      <c r="G29" t="s">
         <v>110</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
       <c r="H29" t="n">
         <v>37663.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1829.0</v>
       </c>
       <c r="B30" t="s">
+        <v>111</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>112</v>
+      </c>
+      <c r="E30" t="s">
         <v>113</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+      <c r="G30" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="H30" t="n">
         <v>37663.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1830.0</v>
       </c>
       <c r="B31" t="s">
+        <v>115</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>116</v>
+      </c>
+      <c r="E31" t="s">
         <v>117</v>
       </c>
-      <c r="C31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="H31" t="n">
         <v>37663.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1831.0</v>
       </c>
       <c r="B32" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C32" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D32" t="s">
+        <v>119</v>
+      </c>
+      <c r="E32" t="s">
+        <v>120</v>
+      </c>
+      <c r="G32" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="H32" t="n">
         <v>37663.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>1832.0</v>
       </c>
       <c r="B33" t="s">
+        <v>122</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
         <v>123</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>124</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="H33" t="n">
         <v>37663.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>1833.0</v>
       </c>
       <c r="B34" t="s">
+        <v>125</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E34" t="s">
         <v>127</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="G34" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="H34" t="n">
         <v>37663.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1834.0</v>
       </c>
       <c r="B35" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="C35" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>130</v>
       </c>
       <c r="E35" t="s">
         <v>131</v>
       </c>
       <c r="G35" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="H35" t="n">
         <v>37663.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>1835.0</v>
       </c>
       <c r="B36" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E36" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G36" t="s">
-        <v>31</v>
+        <v>114</v>
       </c>
       <c r="H36" t="n">
         <v>37663.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>1836.0</v>
       </c>
       <c r="B37" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E37" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G37" t="s">
-        <v>27</v>
+        <v>114</v>
       </c>
       <c r="H37" t="n">
         <v>37663.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>1837.0</v>
       </c>
       <c r="B38" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E38" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G38" t="s">
-        <v>27</v>
+        <v>114</v>
       </c>
       <c r="H38" t="n">
         <v>37663.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>1838.0</v>
       </c>
       <c r="B39" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E39" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G39" t="s">
-        <v>31</v>
+        <v>128</v>
       </c>
       <c r="H39" t="n">
         <v>37663.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>1839.0</v>
       </c>
       <c r="B40" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E40" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G40" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H40" t="n">
         <v>37663.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>1840.0</v>
       </c>
       <c r="B41" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E41" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G41" t="s">
-        <v>71</v>
+        <v>152</v>
       </c>
       <c r="H41" t="n">
         <v>37663.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>1841.0</v>
       </c>
       <c r="B42" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C42" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E42" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G42" t="s">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="H42" t="n">
         <v>37663.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>1842.0</v>
       </c>
       <c r="B43" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E43" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G43" t="s">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="H43" t="n">
         <v>37663.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1843.0</v>
       </c>
       <c r="B44" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E44" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G44" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="H44" t="n">
         <v>37663.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>1844.0</v>
       </c>
       <c r="B45" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E45" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G45" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="H45" t="n">
         <v>37663.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>1845.0</v>
       </c>
       <c r="B46" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E46" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G46" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="H46" t="n">
         <v>37663.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>1846.0</v>
       </c>
       <c r="B47" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E47" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G47" t="s">
-        <v>170</v>
+        <v>128</v>
       </c>
       <c r="H47" t="n">
         <v>37663.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>1847.0</v>
       </c>
       <c r="B48" t="s">
         <v>171</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>172</v>
       </c>
       <c r="E48" t="s">
         <v>173</v>
       </c>
       <c r="G48" t="s">
-        <v>79</v>
+        <v>132</v>
       </c>
       <c r="H48" t="n">
         <v>37663.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>1848.0</v>
       </c>
       <c r="B49" t="s">
         <v>174</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>175</v>
       </c>
       <c r="E49" t="s">
         <v>176</v>
       </c>
       <c r="G49" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="H49" t="n">
         <v>37663.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>1849.0</v>
       </c>
       <c r="B50" t="s">
         <v>177</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>178</v>
       </c>
       <c r="E50" t="s">
         <v>179</v>
       </c>
       <c r="G50" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
       <c r="H50" t="n">
         <v>37663.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>1850.0</v>
       </c>
       <c r="B51" t="s">
         <v>180</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D51" t="s">
         <v>181</v>
       </c>
       <c r="E51" t="s">
         <v>182</v>
       </c>
       <c r="G51" t="s">
-        <v>71</v>
+        <v>128</v>
       </c>
       <c r="H51" t="n">
         <v>37663.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>