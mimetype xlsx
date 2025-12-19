--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -328,147 +328,147 @@
   <si>
     <t>USWEB</t>
   </si>
   <si>
     <t>97-0715</t>
   </si>
   <si>
     <t>34008</t>
   </si>
   <si>
     <t>35, 42</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>97-1630</t>
   </si>
   <si>
     <t>34613</t>
   </si>
   <si>
     <t>1, 2, 3, 4, 35, 39, 42</t>
   </si>
   <si>
+    <t>Senolių Midus</t>
+  </si>
+  <si>
+    <t>97-3485</t>
+  </si>
+  <si>
+    <t>34907</t>
+  </si>
+  <si>
+    <t>AUŠRA KARAMELĖ</t>
+  </si>
+  <si>
+    <t>97-3480</t>
+  </si>
+  <si>
+    <t>34904</t>
+  </si>
+  <si>
     <t>ŠYPSENA VAFLINIAI SALDAINIAI</t>
   </si>
   <si>
     <t>97-3481</t>
   </si>
   <si>
     <t>34905</t>
   </si>
   <si>
     <t>Mū-Mū KARAMELĖ</t>
   </si>
   <si>
     <t>97-3483</t>
   </si>
   <si>
     <t>34906</t>
   </si>
   <si>
-    <t>Senolių Midus</t>
-[...16 lines deleted...]
-  <si>
     <t>RASA 2</t>
   </si>
   <si>
     <t>97-1615</t>
   </si>
   <si>
     <t>33318</t>
   </si>
   <si>
     <t>Birutė</t>
   </si>
   <si>
     <t>97-3323</t>
   </si>
   <si>
     <t>34805</t>
   </si>
   <si>
     <t>BIOVIT</t>
   </si>
   <si>
     <t>97-2350</t>
   </si>
   <si>
     <t>34560</t>
   </si>
   <si>
     <t>MEŠKIUKAS</t>
   </si>
   <si>
     <t>97-4047</t>
   </si>
   <si>
     <t>35472</t>
   </si>
   <si>
+    <t>CYCLE</t>
+  </si>
+  <si>
+    <t>ZP 12904</t>
+  </si>
+  <si>
+    <t>25281</t>
+  </si>
+  <si>
+    <t>AIDA</t>
+  </si>
+  <si>
+    <t>97-2866</t>
+  </si>
+  <si>
+    <t>35107</t>
+  </si>
+  <si>
     <t>OTTO KERN cycle</t>
   </si>
   <si>
     <t>RL 11454</t>
   </si>
   <si>
     <t>13502</t>
-  </si>
-[...16 lines deleted...]
-    <t>25281</t>
   </si>
   <si>
     <t>HIGĖJA</t>
   </si>
   <si>
     <t>97-4040</t>
   </si>
   <si>
     <t>35468</t>
   </si>
   <si>
     <t>ANCHOR BEER Pilsener ARCHIPELAGO BREWERY CO (1941) PTE LTD</t>
   </si>
   <si>
     <t>96-2473</t>
   </si>
   <si>
     <t>31863</t>
   </si>
   <si>
     <t>LINKSMASIS VARPELIS</t>
   </si>
   <si>
     <t>98-3224</t>
   </si>
@@ -927,69 +927,69 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="936000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>29</xdr:row>
-      <xdr:rowOff>1152000</xdr:rowOff>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1152000"/>
+          <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>360000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1003,69 +1003,69 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="360000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>31</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:rowOff>1152000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1008000"/>
+          <a:ext cx="1080000" cy="1152000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>360000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -2132,51 +2132,51 @@
     </row>
     <row r="29" ht="75.0" customHeight="true">
       <c r="A29" t="n">
         <v>228.0</v>
       </c>
       <c r="B29"/>
       <c r="C29" t="s">
         <v>102</v>
       </c>
       <c r="D29" t="s">
         <v>103</v>
       </c>
       <c r="E29" t="s">
         <v>104</v>
       </c>
       <c r="G29" t="s">
         <v>105</v>
       </c>
       <c r="H29" t="n">
         <v>36775.0</v>
       </c>
       <c r="I29" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="30" ht="90.55" customHeight="true">
+    <row r="30" ht="79.2" customHeight="true">
       <c r="A30" t="n">
         <v>229.0</v>
       </c>
       <c r="B30" t="s">
         <v>106</v>
       </c>
       <c r="C30" t="s">
         <v>33</v>
       </c>
       <c r="D30" t="s">
         <v>107</v>
       </c>
       <c r="E30" t="s">
         <v>108</v>
       </c>
       <c r="G30" t="s">
         <v>76</v>
       </c>
       <c r="H30" t="n">
         <v>36776.0</v>
       </c>
       <c r="I30" t="s">
         <v>14</v>
       </c>
     </row>
@@ -2184,51 +2184,51 @@
       <c r="A31" t="n">
         <v>230.0</v>
       </c>
       <c r="B31" t="s">
         <v>109</v>
       </c>
       <c r="C31" t="s">
         <v>33</v>
       </c>
       <c r="D31" t="s">
         <v>110</v>
       </c>
       <c r="E31" t="s">
         <v>111</v>
       </c>
       <c r="G31" t="s">
         <v>76</v>
       </c>
       <c r="H31" t="n">
         <v>36776.0</v>
       </c>
       <c r="I31" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="32" ht="79.2" customHeight="true">
+    <row r="32" ht="90.55" customHeight="true">
       <c r="A32" t="n">
         <v>231.0</v>
       </c>
       <c r="B32" t="s">
         <v>112</v>
       </c>
       <c r="C32" t="s">
         <v>33</v>
       </c>
       <c r="D32" t="s">
         <v>113</v>
       </c>
       <c r="E32" t="s">
         <v>114</v>
       </c>
       <c r="G32" t="s">
         <v>76</v>
       </c>
       <c r="H32" t="n">
         <v>36776.0</v>
       </c>
       <c r="I32" t="s">
         <v>14</v>
       </c>
     </row>
@@ -2348,51 +2348,51 @@
       </c>
       <c r="D37" t="s">
         <v>128</v>
       </c>
       <c r="E37" t="s">
         <v>129</v>
       </c>
       <c r="G37" t="s">
         <v>76</v>
       </c>
       <c r="H37" t="n">
         <v>36795.0</v>
       </c>
       <c r="I37" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>237.0</v>
       </c>
       <c r="B38" t="s">
         <v>130</v>
       </c>
       <c r="C38" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>131</v>
       </c>
       <c r="E38" t="s">
         <v>132</v>
       </c>
       <c r="G38" t="s">
         <v>36</v>
       </c>
       <c r="H38" t="n">
         <v>36796.0</v>
       </c>
       <c r="I38" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>238.0</v>
       </c>
       <c r="B39" t="s">
         <v>133</v>
       </c>
       <c r="C39" t="s">
@@ -2400,51 +2400,51 @@
       </c>
       <c r="D39" t="s">
         <v>134</v>
       </c>
       <c r="E39" t="s">
         <v>135</v>
       </c>
       <c r="G39" t="s">
         <v>76</v>
       </c>
       <c r="H39" t="n">
         <v>36796.0</v>
       </c>
       <c r="I39" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>239.0</v>
       </c>
       <c r="B40" t="s">
         <v>136</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D40" t="s">
         <v>137</v>
       </c>
       <c r="E40" t="s">
         <v>138</v>
       </c>
       <c r="G40" t="s">
         <v>36</v>
       </c>
       <c r="H40" t="n">
         <v>36796.0</v>
       </c>
       <c r="I40" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41" ht="75.0" customHeight="true">
       <c r="A41" t="n">
         <v>240.0</v>
       </c>
       <c r="B41" t="s">
         <v>139</v>
       </c>
       <c r="C41" t="s">