--- v1 (2025-12-19)
+++ v2 (2026-03-19)
@@ -10,78 +10,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="172">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>DAVID'S OAK</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
     <t>98-2667</t>
   </si>
   <si>
     <t>38167</t>
   </si>
   <si>
     <t>Panaikinta registracija</t>
   </si>
   <si>
     <t>ERNEST'S BLUFF</t>
   </si>
   <si>
     <t>98-2668</t>
   </si>
   <si>
     <t>38168</t>
   </si>
@@ -304,110 +304,110 @@
   <si>
     <t>32841</t>
   </si>
   <si>
     <t>97-0681</t>
   </si>
   <si>
     <t>32370</t>
   </si>
   <si>
     <t>97-0727</t>
   </si>
   <si>
     <t>32296</t>
   </si>
   <si>
     <t>Karmen</t>
   </si>
   <si>
     <t>97-3486</t>
   </si>
   <si>
     <t>34908</t>
   </si>
   <si>
+    <t>Figurative</t>
+  </si>
+  <si>
+    <t>97-1630</t>
+  </si>
+  <si>
+    <t>34613</t>
+  </si>
+  <si>
+    <t>1, 2, 3, 4, 35, 39, 42</t>
+  </si>
+  <si>
     <t>USWEB</t>
   </si>
   <si>
     <t>97-0715</t>
   </si>
   <si>
     <t>34008</t>
   </si>
   <si>
     <t>35, 42</t>
   </si>
   <si>
-    <t>Figurative</t>
-[...8 lines deleted...]
-    <t>1, 2, 3, 4, 35, 39, 42</t>
+    <t>AUŠRA KARAMELĖ</t>
+  </si>
+  <si>
+    <t>97-3480</t>
+  </si>
+  <si>
+    <t>34904</t>
+  </si>
+  <si>
+    <t>ŠYPSENA VAFLINIAI SALDAINIAI</t>
+  </si>
+  <si>
+    <t>97-3481</t>
+  </si>
+  <si>
+    <t>34905</t>
+  </si>
+  <si>
+    <t>Mū-Mū KARAMELĖ</t>
+  </si>
+  <si>
+    <t>97-3483</t>
+  </si>
+  <si>
+    <t>34906</t>
   </si>
   <si>
     <t>Senolių Midus</t>
   </si>
   <si>
     <t>97-3485</t>
   </si>
   <si>
     <t>34907</t>
   </si>
   <si>
-    <t>AUŠRA KARAMELĖ</t>
-[...25 lines deleted...]
-  <si>
     <t>RASA 2</t>
   </si>
   <si>
     <t>97-1615</t>
   </si>
   <si>
     <t>33318</t>
   </si>
   <si>
     <t>Birutė</t>
   </si>
   <si>
     <t>97-3323</t>
   </si>
   <si>
     <t>34805</t>
   </si>
   <si>
     <t>BIOVIT</t>
   </si>
   <si>
     <t>97-2350</t>
   </si>
   <si>
     <t>34560</t>
@@ -445,75 +445,75 @@
   <si>
     <t>RL 11454</t>
   </si>
   <si>
     <t>13502</t>
   </si>
   <si>
     <t>HIGĖJA</t>
   </si>
   <si>
     <t>97-4040</t>
   </si>
   <si>
     <t>35468</t>
   </si>
   <si>
     <t>ANCHOR BEER Pilsener ARCHIPELAGO BREWERY CO (1941) PTE LTD</t>
   </si>
   <si>
     <t>96-2473</t>
   </si>
   <si>
     <t>31863</t>
   </si>
   <si>
+    <t>LINKSMASIS BURATINAS</t>
+  </si>
+  <si>
+    <t>98-3222</t>
+  </si>
+  <si>
+    <t>38179</t>
+  </si>
+  <si>
     <t>LINKSMASIS VARPELIS</t>
   </si>
   <si>
     <t>98-3224</t>
   </si>
   <si>
     <t>38180</t>
   </si>
   <si>
     <t>LINKSMASIS ŠALTUKAS</t>
   </si>
   <si>
     <t>98-3225</t>
   </si>
   <si>
     <t>38181</t>
-  </si>
-[...7 lines deleted...]
-    <t>38179</t>
   </si>
   <si>
     <t>KAROTINAS</t>
   </si>
   <si>
     <t>97-2536</t>
   </si>
   <si>
     <t>29892</t>
   </si>
   <si>
     <t>3, 5, 29, 30</t>
   </si>
   <si>
     <t>PREZIDENTO</t>
   </si>
   <si>
     <t>98-1871</t>
   </si>
   <si>
     <t>37442</t>
   </si>
   <si>
     <t>29</t>
   </si>
@@ -882,228 +882,228 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="972000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>936000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="936000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>29</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:rowOff>360000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="360000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>1152000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId12"/>
+        <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1152000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>360000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="360000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>32</xdr:row>
-      <xdr:rowOff>360000</xdr:rowOff>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="360000"/>
+          <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1269,107 +1269,107 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="504000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>43</xdr:row>
-      <xdr:rowOff>468000</xdr:rowOff>
+      <xdr:rowOff>504000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="468000"/>
+          <a:ext cx="1080000" cy="504000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>44</xdr:row>
-      <xdr:rowOff>504000</xdr:rowOff>
+      <xdr:rowOff>468000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="504000"/>
+          <a:ext cx="1080000" cy="468000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>936000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -2082,179 +2082,179 @@
       <c r="A27" t="n">
         <v>226.0</v>
       </c>
       <c r="B27" t="s">
         <v>95</v>
       </c>
       <c r="C27" t="s">
         <v>33</v>
       </c>
       <c r="D27" t="s">
         <v>96</v>
       </c>
       <c r="E27" t="s">
         <v>97</v>
       </c>
       <c r="G27" t="s">
         <v>76</v>
       </c>
       <c r="H27" t="n">
         <v>36774.0</v>
       </c>
       <c r="I27" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="28">
+    <row r="28" ht="75.0" customHeight="true">
       <c r="A28" t="n">
         <v>227.0</v>
       </c>
-      <c r="B28" t="s">
+      <c r="B28"/>
+      <c r="C28" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>99</v>
       </c>
       <c r="E28" t="s">
         <v>100</v>
       </c>
       <c r="G28" t="s">
         <v>101</v>
       </c>
       <c r="H28" t="n">
         <v>36775.0</v>
       </c>
       <c r="I28" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="29" ht="75.0" customHeight="true">
+    <row r="29">
       <c r="A29" t="n">
         <v>228.0</v>
       </c>
-      <c r="B29"/>
+      <c r="B29" t="s">
+        <v>102</v>
+      </c>
       <c r="C29" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>103</v>
       </c>
       <c r="E29" t="s">
         <v>104</v>
       </c>
       <c r="G29" t="s">
         <v>105</v>
       </c>
       <c r="H29" t="n">
         <v>36775.0</v>
       </c>
       <c r="I29" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="30" ht="79.2" customHeight="true">
+    <row r="30" ht="75.0" customHeight="true">
       <c r="A30" t="n">
         <v>229.0</v>
       </c>
       <c r="B30" t="s">
         <v>106</v>
       </c>
       <c r="C30" t="s">
         <v>33</v>
       </c>
       <c r="D30" t="s">
         <v>107</v>
       </c>
       <c r="E30" t="s">
         <v>108</v>
       </c>
       <c r="G30" t="s">
         <v>76</v>
       </c>
       <c r="H30" t="n">
         <v>36776.0</v>
       </c>
       <c r="I30" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="31" ht="75.0" customHeight="true">
+    <row r="31" ht="90.55" customHeight="true">
       <c r="A31" t="n">
         <v>230.0</v>
       </c>
       <c r="B31" t="s">
         <v>109</v>
       </c>
       <c r="C31" t="s">
         <v>33</v>
       </c>
       <c r="D31" t="s">
         <v>110</v>
       </c>
       <c r="E31" t="s">
         <v>111</v>
       </c>
       <c r="G31" t="s">
         <v>76</v>
       </c>
       <c r="H31" t="n">
         <v>36776.0</v>
       </c>
       <c r="I31" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="32" ht="90.55" customHeight="true">
+    <row r="32" ht="75.0" customHeight="true">
       <c r="A32" t="n">
         <v>231.0</v>
       </c>
       <c r="B32" t="s">
         <v>112</v>
       </c>
       <c r="C32" t="s">
         <v>33</v>
       </c>
       <c r="D32" t="s">
         <v>113</v>
       </c>
       <c r="E32" t="s">
         <v>114</v>
       </c>
       <c r="G32" t="s">
         <v>76</v>
       </c>
       <c r="H32" t="n">
         <v>36776.0</v>
       </c>
       <c r="I32" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="33" ht="75.0" customHeight="true">
+    <row r="33" ht="79.2" customHeight="true">
       <c r="A33" t="n">
         <v>232.0</v>
       </c>
       <c r="B33" t="s">
         <v>115</v>
       </c>
       <c r="C33" t="s">
         <v>33</v>
       </c>
       <c r="D33" t="s">
         <v>116</v>
       </c>
       <c r="E33" t="s">
         <v>117</v>
       </c>
       <c r="G33" t="s">
         <v>76</v>
       </c>
       <c r="H33" t="n">
         <v>36776.0</v>
       </c>
       <c r="I33" t="s">
         <v>14</v>
       </c>
     </row>
@@ -2606,86 +2606,86 @@
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>159</v>
       </c>
       <c r="E47" t="s">
         <v>160</v>
       </c>
       <c r="G47" t="s">
         <v>161</v>
       </c>
       <c r="H47" t="n">
         <v>36818.0</v>
       </c>
       <c r="I47" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>247.0</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D48" t="s">
         <v>162</v>
       </c>
       <c r="E48" t="s">
         <v>163</v>
       </c>
       <c r="G48" t="s">
         <v>80</v>
       </c>
       <c r="H48" t="n">
         <v>36822.0</v>
       </c>
       <c r="I48" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>248.0</v>
       </c>
       <c r="B49" t="s">
         <v>164</v>
       </c>
       <c r="C49" t="s">
         <v>33</v>
       </c>
       <c r="D49" t="s">
         <v>165</v>
       </c>
       <c r="E49" t="s">
         <v>166</v>
       </c>
       <c r="G49" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="H49" t="n">
         <v>36847.0</v>
       </c>
       <c r="I49" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="50" ht="75.0" customHeight="true">
       <c r="A50" t="n">
         <v>249.0</v>
       </c>
       <c r="B50"/>
       <c r="C50" t="s">
         <v>88</v>
       </c>
       <c r="D50" t="s">
         <v>167</v>
       </c>
       <c r="E50" t="s">
         <v>168</v>
       </c>
       <c r="G50" t="s">
         <v>76</v>
       </c>