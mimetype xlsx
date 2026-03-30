--- v0 (2025-11-10)
+++ v1 (2026-03-30)
@@ -40,1881 +40,1767 @@
   <si>
     <t/>
   </si>
   <si>
     <t>Ženklo tipas</t>
   </si>
   <si>
     <t>Paraiškos Nr</t>
   </si>
   <si>
     <t>Registracijos Nr</t>
   </si>
   <si>
     <t>Ženklo vaizdas</t>
   </si>
   <si>
     <t>Nicos klasės Nr</t>
   </si>
   <si>
     <t>Galioja iki</t>
   </si>
   <si>
     <t>Statusas</t>
   </si>
   <si>
-    <t>Kad pergalės nesibaigtų!</t>
+    <t>Taste of your memories</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
-    <t>2025 0652</t>
-[...5 lines deleted...]
-    <t>32</t>
+    <t>2025 1820</t>
+  </si>
+  <si>
+    <t>95345</t>
+  </si>
+  <si>
+    <t>32, 33</t>
   </si>
   <si>
     <t>Registruotas</t>
   </si>
   <si>
-    <t>GASTRO SVEIKATA</t>
+    <t>Prisiminimų skonio</t>
+  </si>
+  <si>
+    <t>2025 1819</t>
+  </si>
+  <si>
+    <t>95344</t>
+  </si>
+  <si>
+    <t>Amazing Year</t>
+  </si>
+  <si>
+    <t>2025 1818</t>
+  </si>
+  <si>
+    <t>95660</t>
+  </si>
+  <si>
+    <t>29, 30, 31, 32, 33</t>
+  </si>
+  <si>
+    <t>Vyno kalba</t>
+  </si>
+  <si>
+    <t>2025 1817</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Ženklas atitinka absoliučius reikalavimus (paraiška paskelbta)</t>
+  </si>
+  <si>
+    <t>MyFitPro Personal Fitness</t>
+  </si>
+  <si>
+    <t>2025 1816</t>
+  </si>
+  <si>
+    <t>95343</t>
+  </si>
+  <si>
+    <t>41, 44</t>
+  </si>
+  <si>
+    <t>MOVARA</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
-    <t>2025 0651</t>
-[...2 lines deleted...]
-    <t>94287</t>
+    <t>2025 1815</t>
+  </si>
+  <si>
+    <t>95342</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>D DENNCRAFT</t>
+  </si>
+  <si>
+    <t>2025 1814</t>
+  </si>
+  <si>
+    <t>95341</t>
+  </si>
+  <si>
+    <t>11, 19</t>
+  </si>
+  <si>
+    <t>ABELT</t>
+  </si>
+  <si>
+    <t>2025 1813</t>
+  </si>
+  <si>
+    <t>95340</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>SUSHI DRAUGAI</t>
+  </si>
+  <si>
+    <t>2025 1812</t>
+  </si>
+  <si>
+    <t>95339</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>ARCUSA</t>
+  </si>
+  <si>
+    <t>2025 1811</t>
+  </si>
+  <si>
+    <t>95338</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>P-MAC</t>
+  </si>
+  <si>
+    <t>2025 1810</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>Pareikštas protestas</t>
+  </si>
+  <si>
+    <t>AJ KLINIKA</t>
+  </si>
+  <si>
+    <t>2025 1809</t>
+  </si>
+  <si>
+    <t>95069</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>Alkante</t>
-[...107 lines deleted...]
-    <t>94326</t>
+    <t>GABŪS KARTU</t>
+  </si>
+  <si>
+    <t>2025 1808</t>
+  </si>
+  <si>
+    <t>95337</t>
+  </si>
+  <si>
+    <t>MATRONA</t>
+  </si>
+  <si>
+    <t>2025 1807</t>
+  </si>
+  <si>
+    <t>95336</t>
+  </si>
+  <si>
+    <t>3, 35</t>
+  </si>
+  <si>
+    <t>RAE LT</t>
+  </si>
+  <si>
+    <t>2025 1806</t>
+  </si>
+  <si>
+    <t>95335</t>
+  </si>
+  <si>
+    <t>SANTA KLINIKA</t>
+  </si>
+  <si>
+    <t>2025 1805</t>
+  </si>
+  <si>
+    <t>95334</t>
+  </si>
+  <si>
+    <t>eGenetika.lt</t>
+  </si>
+  <si>
+    <t>2025 1804</t>
+  </si>
+  <si>
+    <t>95333</t>
+  </si>
+  <si>
+    <t>5, 10, 35, 44</t>
+  </si>
+  <si>
+    <t>Omnor</t>
+  </si>
+  <si>
+    <t>2025 1803</t>
+  </si>
+  <si>
+    <t>95332</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>TAKSI</t>
+  </si>
+  <si>
+    <t>2025 1802</t>
+  </si>
+  <si>
+    <t>95331</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>UTENOS APSKAITA BUHALTERINĖS PASLAUGOS</t>
+  </si>
+  <si>
+    <t>2025 1801</t>
+  </si>
+  <si>
+    <t>95330</t>
+  </si>
+  <si>
+    <t>35, 36</t>
+  </si>
+  <si>
+    <t>JUVELYRUS</t>
+  </si>
+  <si>
+    <t>2025 1800</t>
+  </si>
+  <si>
+    <t>95421</t>
+  </si>
+  <si>
+    <t>14, 35, 42</t>
+  </si>
+  <si>
+    <t>Baltish</t>
+  </si>
+  <si>
+    <t>2025 1799</t>
+  </si>
+  <si>
+    <t>95329</t>
+  </si>
+  <si>
+    <t>LTRAKAS SUNKVEŽIMIŲ NUOMA IR KROVINIŲ PERVEŽIMAS</t>
+  </si>
+  <si>
+    <t>2025 1798</t>
+  </si>
+  <si>
+    <t>95328</t>
+  </si>
+  <si>
+    <t>bon o bon</t>
+  </si>
+  <si>
+    <t>2025 1797</t>
+  </si>
+  <si>
+    <t>95327</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>SUPERBITAS b bitė</t>
+  </si>
+  <si>
+    <t>2025 1796</t>
+  </si>
+  <si>
+    <t>95326</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>DR VET JERUZALĖS KLINIKA</t>
+  </si>
+  <si>
+    <t>2025 1795</t>
+  </si>
+  <si>
+    <t>95325</t>
   </si>
   <si>
     <t>35, 44</t>
   </si>
   <si>
-    <t>MANKŠTOS KLINIKA</t>
-[...89 lines deleted...]
-    <t>7</t>
+    <t>Tailent</t>
+  </si>
+  <si>
+    <t>2025 1794</t>
+  </si>
+  <si>
+    <t>95324</t>
+  </si>
+  <si>
+    <t>OlyBar Sporto Baras</t>
+  </si>
+  <si>
+    <t>2025 1793</t>
+  </si>
+  <si>
+    <t>95323</t>
+  </si>
+  <si>
+    <t>2025 1792</t>
+  </si>
+  <si>
+    <t>95322</t>
+  </si>
+  <si>
+    <t>OlyBaras Sporto</t>
+  </si>
+  <si>
+    <t>2025 1791</t>
+  </si>
+  <si>
+    <t>95321</t>
+  </si>
+  <si>
+    <t>2025 1790</t>
+  </si>
+  <si>
+    <t>95320</t>
+  </si>
+  <si>
+    <t>PROGLASS</t>
+  </si>
+  <si>
+    <t>2025 1789</t>
+  </si>
+  <si>
+    <t>95319</t>
+  </si>
+  <si>
+    <t>PROTINGA ŠILUMA</t>
+  </si>
+  <si>
+    <t>2025 1788</t>
+  </si>
+  <si>
+    <t>95318</t>
+  </si>
+  <si>
+    <t>35, 37</t>
+  </si>
+  <si>
+    <t>STATEKS</t>
+  </si>
+  <si>
+    <t>2025 1787</t>
+  </si>
+  <si>
+    <t>95068</t>
+  </si>
+  <si>
+    <t>35, 42</t>
+  </si>
+  <si>
+    <t>Baltas vilkas</t>
+  </si>
+  <si>
+    <t>2025 1785</t>
+  </si>
+  <si>
+    <t>95317</t>
+  </si>
+  <si>
+    <t>Meraki Beauty house</t>
+  </si>
+  <si>
+    <t>2025 1784</t>
+  </si>
+  <si>
+    <t>95316</t>
+  </si>
+  <si>
+    <t>POPIERINĖS DOVANOS</t>
+  </si>
+  <si>
+    <t>2025 1783</t>
+  </si>
+  <si>
+    <t>16, 35, 41</t>
+  </si>
+  <si>
+    <t>Neregistruotinas ženklas 1</t>
+  </si>
+  <si>
+    <t>KAVOS GURMANAI anno 2018</t>
+  </si>
+  <si>
+    <t>2025 1782</t>
+  </si>
+  <si>
+    <t>95315</t>
+  </si>
+  <si>
+    <t>30, 35</t>
+  </si>
+  <si>
+    <t>PARKO DENTAL SPA</t>
+  </si>
+  <si>
+    <t>2025 1781</t>
+  </si>
+  <si>
+    <t>95283</t>
+  </si>
+  <si>
+    <t>THE MANAGEMENT COMPANY</t>
+  </si>
+  <si>
+    <t>2025 1780</t>
+  </si>
+  <si>
+    <t>ESTEEM SMART LAW. TRUE CARE</t>
+  </si>
+  <si>
+    <t>2025 1779</t>
+  </si>
+  <si>
+    <t>95314</t>
+  </si>
+  <si>
+    <t>35, 36, 45</t>
+  </si>
+  <si>
+    <t>ESTEEM</t>
+  </si>
+  <si>
+    <t>2025 1778</t>
+  </si>
+  <si>
+    <t>95313</t>
+  </si>
+  <si>
+    <t>GAIVA</t>
+  </si>
+  <si>
+    <t>2025 1777</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Sendvario dvaras</t>
+  </si>
+  <si>
+    <t>2025 1776</t>
+  </si>
+  <si>
+    <t>95312</t>
+  </si>
+  <si>
+    <t>35, 36, 41</t>
+  </si>
+  <si>
+    <t>ŽUVĖDROS NAMAI</t>
+  </si>
+  <si>
+    <t>2025 1775</t>
+  </si>
+  <si>
+    <t>95282</t>
+  </si>
+  <si>
+    <t>Skut</t>
+  </si>
+  <si>
+    <t>2025 1774</t>
+  </si>
+  <si>
+    <t>95775</t>
+  </si>
+  <si>
+    <t>9, 12</t>
+  </si>
+  <si>
+    <t>DIRTY HANDS HOUSE OF TASTE</t>
+  </si>
+  <si>
+    <t>2025 1773</t>
+  </si>
+  <si>
+    <t>95311</t>
+  </si>
+  <si>
+    <t>HANKOOK BATTERY</t>
+  </si>
+  <si>
+    <t>2025 1771</t>
+  </si>
+  <si>
+    <t>95281</t>
+  </si>
+  <si>
+    <t>9</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
-    <t>2025 0631</t>
-[...290 lines deleted...]
-    <t>94369</t>
+    <t>2025 1770</t>
+  </si>
+  <si>
+    <t>95280</t>
+  </si>
+  <si>
+    <t>FIBRO ROCKET</t>
+  </si>
+  <si>
+    <t>2025 1769</t>
+  </si>
+  <si>
+    <t>95515</t>
+  </si>
+  <si>
+    <t>1, 19, 39, 40</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>2</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>720000</xdr:rowOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>756000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="756000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>468000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="468000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>504000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="504000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>288000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="288000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>720000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="720000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>4</xdr:row>
-[...228 lines deleted...]
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>720000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1008000"/>
+          <a:ext cx="1080000" cy="720000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>576000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="576000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>14</xdr:row>
-      <xdr:rowOff>936000</xdr:rowOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>792000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="792000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>864000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="864000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>936000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="936000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>15</xdr:row>
-      <xdr:rowOff>576000</xdr:rowOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>756000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11"/>
+        <a:blip r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="756000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>540000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="540000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>720000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="720000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>252000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="252000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>936000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="936000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>576000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="576000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>648000</xdr:rowOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>252000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId12"/>
+        <a:blip r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="252000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>648000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="648000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>18</xdr:row>
-      <xdr:rowOff>648000</xdr:rowOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId13"/>
-[...37 lines deleted...]
-        <a:blip r:embed="rId14"/>
+        <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>21</xdr:row>
-      <xdr:rowOff>468000</xdr:rowOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>756000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId15"/>
-[...303 lines deleted...]
-        <a:blip r:embed="rId23"/>
+        <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="756000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>32</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>576000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId24"/>
-[...75 lines deleted...]
-        <a:blip r:embed="rId26"/>
+        <a:blip r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="576000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>38</xdr:row>
-[...114 lines deleted...]
-      <xdr:rowOff>504000</xdr:rowOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>720000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="504000"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="720000"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1080000" cy="1152000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.8125" customWidth="true"/>
     <col min="2" max="2" width="31.25" customWidth="true"/>
     <col min="3" max="3" width="15.625" customWidth="true"/>
@@ -1953,1299 +1839,1313 @@
       </c>
       <c r="I1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
         <v>2001.0</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3" ht="75.0" customHeight="true">
+    <row r="3">
       <c r="A3" t="n">
         <v>2002.0</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="H3" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>2003.0</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="E4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H4" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="5" ht="75.0" customHeight="true">
+    <row r="5">
       <c r="A5" t="n">
         <v>2004.0</v>
       </c>
       <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="H5"/>
+      <c r="I5" t="s">
         <v>26</v>
       </c>
-      <c r="E5" t="s">
-[...12 lines deleted...]
-    <row r="6" ht="75.0" customHeight="true">
+    </row>
+    <row r="6">
       <c r="A6" t="n">
         <v>2005.0</v>
       </c>
       <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" t="s">
         <v>29</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="G6" t="s">
         <v>30</v>
       </c>
-      <c r="E6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H6" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="7" ht="79.2" customHeight="true">
+    <row r="7" ht="75.0" customHeight="true">
       <c r="A7" t="n">
         <v>2006.0</v>
       </c>
       <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>34</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="8" ht="75.0" customHeight="true">
+    <row r="8" ht="79.2" customHeight="true">
       <c r="A8" t="n">
         <v>2007.0</v>
       </c>
       <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
         <v>37</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
-      <c r="H8"/>
+      <c r="H8" t="n">
+        <v>49513.0</v>
+      </c>
       <c r="I8" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="9" ht="75.0" customHeight="true">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9">
       <c r="A9" t="n">
         <v>2008.0</v>
       </c>
       <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
         <v>41</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="G9" t="s">
         <v>43</v>
       </c>
-      <c r="H9"/>
+      <c r="H9" t="n">
+        <v>49513.0</v>
+      </c>
       <c r="I9" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" ht="75.0" customHeight="true">
       <c r="A10" t="n">
         <v>2009.0</v>
       </c>
       <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>45</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>46</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" t="s">
         <v>47</v>
       </c>
-      <c r="G10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H10" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" ht="79.2" customHeight="true">
+    <row r="11" ht="75.0" customHeight="true">
       <c r="A11" t="n">
         <v>2010.0</v>
       </c>
       <c r="B11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
         <v>49</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>50</v>
       </c>
-      <c r="E11" t="s">
+      <c r="G11" t="s">
         <v>51</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H11" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>2011.0</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E12" t="s">
         <v>2</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="13">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" ht="75.0" customHeight="true">
       <c r="A13" t="n">
         <v>2012.0</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H13" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" ht="75.0" customHeight="true">
+    <row r="14" ht="79.2" customHeight="true">
       <c r="A14" t="n">
         <v>2013.0</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G14" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="H14" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="15" ht="75.0" customHeight="true">
+    <row r="15">
       <c r="A15" t="n">
         <v>2014.0</v>
       </c>
       <c r="B15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="H15" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="16" ht="75.0" customHeight="true">
+    <row r="16">
       <c r="A16" t="n">
         <v>2015.0</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C16" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E16" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="H16" t="n">
-        <v>49387.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="17">
+    <row r="17" ht="75.0" customHeight="true">
       <c r="A17" t="n">
         <v>2016.0</v>
       </c>
       <c r="B17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E17" t="s">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="H17"/>
+        <v>59</v>
+      </c>
+      <c r="H17" t="n">
+        <v>49513.0</v>
+      </c>
       <c r="I17" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" ht="75.0" customHeight="true">
       <c r="A18" t="n">
         <v>2017.0</v>
       </c>
       <c r="B18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C18" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H18" t="n">
-        <v>49386.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="19" ht="75.0" customHeight="true">
+    <row r="19">
       <c r="A19" t="n">
         <v>2018.0</v>
       </c>
       <c r="B19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C19" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G19" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="H19" t="n">
-        <v>49386.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="20" ht="79.2" customHeight="true">
+    <row r="20" ht="75.0" customHeight="true">
       <c r="A20" t="n">
         <v>2019.0</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C20" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E20" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G20" t="s">
-        <v>20</v>
+        <v>84</v>
       </c>
       <c r="H20" t="n">
-        <v>49386.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="21">
+    <row r="21" ht="75.0" customHeight="true">
       <c r="A21" t="n">
         <v>2020.0</v>
       </c>
       <c r="B21" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E21" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="G21" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="H21" t="n">
-        <v>49386.0</v>
+        <v>49513.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="22" ht="75.0" customHeight="true">
+    <row r="22" ht="79.2" customHeight="true">
       <c r="A22" t="n">
         <v>2021.0</v>
       </c>
       <c r="B22" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C22" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E22" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="G22" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="H22" t="n">
-        <v>49386.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="23" ht="84.9" customHeight="true">
+    <row r="23">
       <c r="A23" t="n">
         <v>2022.0</v>
       </c>
       <c r="B23" t="s">
-        <v>2</v>
+        <v>93</v>
       </c>
       <c r="C23" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E23" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G23" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="H23" t="n">
-        <v>49386.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="24">
+    <row r="24" ht="75.0" customHeight="true">
       <c r="A24" t="n">
         <v>2023.0</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E24" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="G24" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="H24" t="n">
-        <v>49386.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="25" ht="82.05" customHeight="true">
+    <row r="25" ht="75.0" customHeight="true">
       <c r="A25" t="n">
         <v>2024.0</v>
       </c>
       <c r="B25" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E25" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="G25" t="s">
-        <v>48</v>
+        <v>102</v>
       </c>
       <c r="H25" t="n">
-        <v>49386.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" ht="75.0" customHeight="true">
       <c r="A26" t="n">
         <v>2025.0</v>
       </c>
       <c r="B26" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E26" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G26" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="H26" t="n">
-        <v>49386.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" ht="75.0" customHeight="true">
       <c r="A27" t="n">
         <v>2026.0</v>
       </c>
       <c r="B27" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C27" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E27" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="H27" t="n">
-        <v>49386.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>2027.0</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E28" t="s">
-        <v>2</v>
+        <v>113</v>
       </c>
       <c r="G28" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="H28"/>
+        <v>54</v>
+      </c>
+      <c r="H28" t="n">
+        <v>49512.0</v>
+      </c>
       <c r="I28" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="29" ht="75.0" customHeight="true">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="29" ht="79.2" customHeight="true">
       <c r="A29" t="n">
         <v>2028.0</v>
       </c>
       <c r="B29" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C29" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="E29" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="G29" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="H29" t="n">
-        <v>49386.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="30" ht="75.0" customHeight="true">
+    <row r="30" ht="79.2" customHeight="true">
       <c r="A30" t="n">
         <v>2029.0</v>
       </c>
       <c r="B30" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C30" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E30" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="G30" t="s">
-        <v>116</v>
+        <v>47</v>
       </c>
       <c r="H30" t="n">
-        <v>49386.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="31" ht="75.0" customHeight="true">
+    <row r="31" ht="79.2" customHeight="true">
       <c r="A31" t="n">
         <v>2030.0</v>
       </c>
       <c r="B31" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C31" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E31" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G31" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="H31" t="n">
-        <v>49386.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="32" ht="75.0" customHeight="true">
+    <row r="32" ht="79.2" customHeight="true">
       <c r="A32" t="n">
         <v>2031.0</v>
       </c>
       <c r="B32" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C32" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
         <v>122</v>
       </c>
       <c r="E32" t="s">
         <v>123</v>
       </c>
       <c r="G32" t="s">
-        <v>124</v>
+        <v>47</v>
       </c>
       <c r="H32" t="n">
-        <v>49385.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="33" ht="79.2" customHeight="true">
+    <row r="33" ht="75.0" customHeight="true">
       <c r="A33" t="n">
         <v>2032.0</v>
       </c>
       <c r="B33" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" t="s">
         <v>125</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>126</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="H33"/>
+        <v>51</v>
+      </c>
+      <c r="H33" t="n">
+        <v>49512.0</v>
+      </c>
       <c r="I33" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="34">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" ht="75.0" customHeight="true">
       <c r="A34" t="n">
         <v>2033.0</v>
       </c>
       <c r="B34" t="s">
+        <v>127</v>
+      </c>
+      <c r="C34" t="s">
+        <v>32</v>
+      </c>
+      <c r="D34" t="s">
         <v>128</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>129</v>
       </c>
-      <c r="E34" t="s">
+      <c r="G34" t="s">
         <v>130</v>
       </c>
-      <c r="G34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H34" t="n">
-        <v>49385.0</v>
+        <v>49512.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="35" ht="79.2" customHeight="true">
+    <row r="35">
       <c r="A35" t="n">
         <v>2034.0</v>
       </c>
       <c r="B35" t="s">
         <v>131</v>
       </c>
       <c r="C35" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>132</v>
       </c>
       <c r="E35" t="s">
         <v>133</v>
       </c>
       <c r="G35" t="s">
         <v>134</v>
       </c>
       <c r="H35" t="n">
-        <v>49385.0</v>
+        <v>49511.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>2035.0</v>
       </c>
       <c r="B36" t="s">
         <v>135</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>136</v>
       </c>
       <c r="E36" t="s">
-        <v>2</v>
+        <v>137</v>
       </c>
       <c r="G36" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="H36"/>
+        <v>35</v>
+      </c>
+      <c r="H36" t="n">
+        <v>49511.0</v>
+      </c>
       <c r="I36" t="s">
-        <v>138</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>2036.0</v>
       </c>
       <c r="B37" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
+        <v>139</v>
+      </c>
+      <c r="E37" t="s">
         <v>140</v>
       </c>
-      <c r="E37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" t="s">
-        <v>142</v>
+        <v>110</v>
       </c>
       <c r="H37" t="n">
-        <v>49385.0</v>
+        <v>49511.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="38" ht="75.0" customHeight="true">
+    <row r="38" ht="79.2" customHeight="true">
       <c r="A38" t="n">
         <v>2037.0</v>
       </c>
       <c r="B38" t="s">
+        <v>141</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>142</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2</v>
+      </c>
+      <c r="G38" t="s">
         <v>143</v>
       </c>
-      <c r="C38" t="s">
-[...2 lines deleted...]
-      <c r="D38" t="s">
+      <c r="H38"/>
+      <c r="I38" t="s">
         <v>144</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="39" ht="75.0" customHeight="true">
       <c r="A39" t="n">
         <v>2038.0</v>
       </c>
       <c r="B39" t="s">
+        <v>145</v>
+      </c>
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
         <v>146</v>
       </c>
-      <c r="C39" t="s">
-[...2 lines deleted...]
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="G39" t="s">
         <v>148</v>
       </c>
-      <c r="H39"/>
+      <c r="H39" t="n">
+        <v>49511.0</v>
+      </c>
       <c r="I39" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="40" ht="75.0" customHeight="true">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="40">
       <c r="A40" t="n">
         <v>2039.0</v>
       </c>
       <c r="B40" t="s">
+        <v>149</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
         <v>150</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>151</v>
       </c>
-      <c r="E40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" t="s">
-        <v>153</v>
+        <v>59</v>
       </c>
       <c r="H40" t="n">
-        <v>49385.0</v>
+        <v>49511.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="41" ht="79.2" customHeight="true">
+    <row r="41" ht="75.0" customHeight="true">
       <c r="A41" t="n">
         <v>2040.0</v>
       </c>
       <c r="B41" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C41" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="E41" t="s">
-        <v>156</v>
+        <v>2</v>
       </c>
       <c r="G41" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="H41"/>
       <c r="I41" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" ht="75.0" customHeight="true">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="42">
       <c r="A42" t="n">
         <v>2041.0</v>
       </c>
       <c r="B42" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C42" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="E42" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="G42" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="H42" t="n">
-        <v>49382.0</v>
+        <v>49511.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" ht="75.0" customHeight="true">
       <c r="A43" t="n">
         <v>2042.0</v>
       </c>
       <c r="B43" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C43" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E43" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="G43" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="H43" t="n">
-        <v>49382.0</v>
+        <v>49511.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="44" ht="75.0" customHeight="true">
+    <row r="44">
       <c r="A44" t="n">
         <v>2043.0</v>
       </c>
       <c r="B44" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C44" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D44" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E44" t="s">
-        <v>167</v>
+        <v>2</v>
       </c>
       <c r="G44" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="H44"/>
       <c r="I44" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>2044.0</v>
       </c>
       <c r="B45" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="E45" t="s">
-        <v>2</v>
+        <v>166</v>
       </c>
       <c r="G45" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="H45"/>
+        <v>167</v>
+      </c>
+      <c r="H45" t="n">
+        <v>49511.0</v>
+      </c>
       <c r="I45" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>2045.0</v>
       </c>
       <c r="B46" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E46" t="s">
-        <v>2</v>
+        <v>170</v>
       </c>
       <c r="G46" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="H46"/>
+        <v>47</v>
+      </c>
+      <c r="H46" t="n">
+        <v>49511.0</v>
+      </c>
       <c r="I46" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="47">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="47" ht="75.0" customHeight="true">
       <c r="A47" t="n">
         <v>2046.0</v>
       </c>
       <c r="B47" t="s">
+        <v>171</v>
+      </c>
+      <c r="C47" t="s">
+        <v>32</v>
+      </c>
+      <c r="D47" t="s">
+        <v>172</v>
+      </c>
+      <c r="E47" t="s">
+        <v>173</v>
+      </c>
+      <c r="G47" t="s">
         <v>174</v>
       </c>
-      <c r="C47" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H47" t="n">
-        <v>49382.0</v>
+        <v>49511.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="48">
+    <row r="48" ht="79.2" customHeight="true">
       <c r="A48" t="n">
         <v>2047.0</v>
       </c>
       <c r="B48" t="s">
+        <v>175</v>
+      </c>
+      <c r="C48" t="s">
+        <v>32</v>
+      </c>
+      <c r="D48" t="s">
+        <v>176</v>
+      </c>
+      <c r="E48" t="s">
         <v>177</v>
       </c>
-      <c r="C48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G48" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="H48"/>
+        <v>25</v>
+      </c>
+      <c r="H48" t="n">
+        <v>49511.0</v>
+      </c>
       <c r="I48" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="49">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="49" ht="75.0" customHeight="true">
       <c r="A49" t="n">
         <v>2048.0</v>
       </c>
       <c r="B49" t="s">
+        <v>178</v>
+      </c>
+      <c r="C49" t="s">
+        <v>32</v>
+      </c>
+      <c r="D49" t="s">
+        <v>179</v>
+      </c>
+      <c r="E49" t="s">
         <v>180</v>
       </c>
-      <c r="C49" t="s">
-[...2 lines deleted...]
-      <c r="D49" t="s">
+      <c r="G49" t="s">
         <v>181</v>
       </c>
-      <c r="E49" t="s">
-[...5 lines deleted...]
-      <c r="H49"/>
+      <c r="H49" t="n">
+        <v>49508.0</v>
+      </c>
       <c r="I49" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="50" ht="90.55" customHeight="true">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="50" ht="75.0" customHeight="true">
       <c r="A50" t="n">
         <v>2049.0</v>
       </c>
       <c r="B50" t="s">
+        <v>2</v>
+      </c>
+      <c r="C50" t="s">
+        <v>182</v>
+      </c>
+      <c r="D50" t="s">
         <v>183</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>184</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="H50" t="n">
-        <v>49382.0</v>
+        <v>49508.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="51">
+    <row r="51" ht="75.0" customHeight="true">
       <c r="A51" t="n">
         <v>2050.0</v>
       </c>
       <c r="B51" t="s">
+        <v>185</v>
+      </c>
+      <c r="C51" t="s">
+        <v>32</v>
+      </c>
+      <c r="D51" t="s">
         <v>186</v>
       </c>
-      <c r="C51" t="s">
-[...2 lines deleted...]
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>187</v>
       </c>
-      <c r="E51" t="s">
+      <c r="G51" t="s">
         <v>188</v>
       </c>
-      <c r="G51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H51" t="n">
-        <v>49382.0</v>
+        <v>49508.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>