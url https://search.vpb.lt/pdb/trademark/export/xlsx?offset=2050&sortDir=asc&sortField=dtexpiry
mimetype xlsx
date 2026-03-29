--- v0 (2025-11-09)
+++ v1 (2026-03-29)
@@ -7,247 +7,256 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="191">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="311" uniqueCount="190">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>aerodata</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
     <t>ZP 4791</t>
   </si>
   <si>
     <t>22221</t>
   </si>
   <si>
     <t>9, 12, 16, 39, 42</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>VIVIL EXTRA STARK POWER-MINTS</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>ZP 4775</t>
   </si>
   <si>
     <t>21792</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
+    <t>LUMIERE</t>
+  </si>
+  <si>
+    <t>RL 4750</t>
+  </si>
+  <si>
+    <t>8213</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Kid Cool</t>
+  </si>
+  <si>
+    <t>RL 4737</t>
+  </si>
+  <si>
+    <t>8211</t>
+  </si>
+  <si>
+    <t>24, 25, 28</t>
+  </si>
+  <si>
     <t>AMPER</t>
   </si>
   <si>
     <t>RL 4733</t>
   </si>
   <si>
     <t>8334</t>
   </si>
   <si>
     <t>9, 37</t>
   </si>
   <si>
     <t>MERCIER</t>
   </si>
   <si>
     <t>RL 4779</t>
   </si>
   <si>
     <t>8344</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Paratron</t>
   </si>
   <si>
     <t>RL 4783</t>
   </si>
   <si>
     <t>8348</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
+    <t>RL 4735</t>
+  </si>
+  <si>
+    <t>8335</t>
+  </si>
+  <si>
+    <t>6, 7, 9, 10, 11, 37</t>
+  </si>
+  <si>
+    <t>CONSEC</t>
+  </si>
+  <si>
+    <t>RL 4781</t>
+  </si>
+  <si>
+    <t>8346</t>
+  </si>
+  <si>
     <t>NOVA</t>
   </si>
   <si>
     <t>RL 4769</t>
   </si>
   <si>
     <t>8342</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>LUMIERE</t>
-[...8 lines deleted...]
-    <t>3</t>
+    <t>LEAKLEARN</t>
+  </si>
+  <si>
+    <t>RL 4782</t>
+  </si>
+  <si>
+    <t>8347</t>
   </si>
   <si>
     <t>SKYFLEX</t>
   </si>
   <si>
     <t>RL 4786</t>
   </si>
   <si>
     <t>8350</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>SONTEC</t>
   </si>
   <si>
     <t>RL 4794</t>
   </si>
   <si>
     <t>8416</t>
   </si>
   <si>
     <t>7, 8, 11, 14, 16</t>
   </si>
   <si>
-    <t>Kid Cool</t>
-[...37 lines deleted...]
-  <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>RL 4805</t>
   </si>
   <si>
     <t>13912</t>
   </si>
   <si>
+    <t>RL 4806</t>
+  </si>
+  <si>
+    <t>9292</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
     <t>ZEGNA</t>
   </si>
   <si>
     <t>RL 4848</t>
   </si>
   <si>
     <t>8221</t>
   </si>
   <si>
     <t>23, 24, 25</t>
   </si>
   <si>
     <t>GUB</t>
   </si>
   <si>
     <t>RL 4878</t>
   </si>
   <si>
     <t>8232</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>CARLTON SPECIAL LIGHT</t>
@@ -270,134 +279,125 @@
   <si>
     <t>6, 14, 18, 36</t>
   </si>
   <si>
     <t>CARLTON FINE FULL-FLAVOURED BEER Special Light</t>
   </si>
   <si>
     <t>RL 4880</t>
   </si>
   <si>
     <t>8234</t>
   </si>
   <si>
     <t>MASADA</t>
   </si>
   <si>
     <t>ZP 4798</t>
   </si>
   <si>
     <t>21663</t>
   </si>
   <si>
     <t>35, 42</t>
   </si>
   <si>
+    <t>A.ROMEIKOS ĮMONĖ RAA</t>
+  </si>
+  <si>
+    <t>ZP 4799</t>
+  </si>
+  <si>
+    <t>21913</t>
+  </si>
+  <si>
+    <t>11, 35, 36, 37, 42</t>
+  </si>
+  <si>
+    <t>Eurolita</t>
+  </si>
+  <si>
+    <t>ZP 4801</t>
+  </si>
+  <si>
+    <t>22145</t>
+  </si>
+  <si>
+    <t>29, 32, 35, 36, 37, 39, 41, 42</t>
+  </si>
+  <si>
+    <t>ZP 4803</t>
+  </si>
+  <si>
+    <t>22219</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>CLEARLINK</t>
+  </si>
+  <si>
+    <t>ZP 4808</t>
+  </si>
+  <si>
+    <t>21912</t>
+  </si>
+  <si>
+    <t>9, 38</t>
+  </si>
+  <si>
+    <t>WORLDSOURCE</t>
+  </si>
+  <si>
+    <t>ZP 4809</t>
+  </si>
+  <si>
+    <t>21911</t>
+  </si>
+  <si>
+    <t>37, 38, 42</t>
+  </si>
+  <si>
     <t>RED BULL</t>
   </si>
   <si>
     <t>ZP 4844</t>
   </si>
   <si>
     <t>21825</t>
   </si>
   <si>
     <t>dita</t>
   </si>
   <si>
     <t>ZP 4884</t>
   </si>
   <si>
     <t>22678</t>
   </si>
   <si>
-    <t>RL 4806</t>
-[...64 lines deleted...]
-  <si>
     <t>Chokolate Cup</t>
   </si>
   <si>
     <t>RL 4815</t>
   </si>
   <si>
     <t>8353</t>
   </si>
   <si>
     <t>29, 30</t>
   </si>
   <si>
     <t>Optiform BRINGT DICH IN FORM</t>
   </si>
   <si>
     <t>RL 4816</t>
   </si>
   <si>
     <t>8354</t>
   </si>
   <si>
     <t>5, 30, 32</t>
   </si>
   <si>
     <t>Cappucino Cup</t>
@@ -510,120 +510,117 @@
   <si>
     <t>8018</t>
   </si>
   <si>
     <t>SOMATECH</t>
   </si>
   <si>
     <t>RL 4925</t>
   </si>
   <si>
     <t>8020</t>
   </si>
   <si>
     <t>BALL PARK</t>
   </si>
   <si>
     <t>RL 4930</t>
   </si>
   <si>
     <t>8021</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>TIXO</t>
-[...8 lines deleted...]
-    <t>16</t>
+    <t>GRILLMASTER</t>
+  </si>
+  <si>
+    <t>RL 4931</t>
+  </si>
+  <si>
+    <t>8022</t>
+  </si>
+  <si>
+    <t>HYGRADE</t>
+  </si>
+  <si>
+    <t>RL 4932</t>
+  </si>
+  <si>
+    <t>8023</t>
+  </si>
+  <si>
+    <t>RL 4936</t>
+  </si>
+  <si>
+    <t>8024</t>
+  </si>
+  <si>
+    <t>6, 19</t>
   </si>
   <si>
     <t>EVAK</t>
   </si>
   <si>
     <t>RL 4937</t>
   </si>
   <si>
     <t>8025</t>
   </si>
   <si>
     <t>37, 42</t>
   </si>
   <si>
-    <t>HANSAPOR</t>
-[...44 lines deleted...]
-    <t>8022</t>
+    <t>ZIT</t>
+  </si>
+  <si>
+    <t>ZP 4928</t>
+  </si>
+  <si>
+    <t>21567</t>
+  </si>
+  <si>
+    <t>BIČIULIS</t>
+  </si>
+  <si>
+    <t>ZP 4935</t>
+  </si>
+  <si>
+    <t>22112</t>
+  </si>
+  <si>
+    <t>9, 35, 41, 42</t>
+  </si>
+  <si>
+    <t>azea-fussfrisch</t>
+  </si>
+  <si>
+    <t>RL 4894</t>
+  </si>
+  <si>
+    <t>8032</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -867,577 +864,577 @@
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="G8" t="s">
         <v>40</v>
       </c>
       <c r="H8" t="n">
         <v>37677.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>2058.0</v>
       </c>
       <c r="B9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
         <v>41</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>42</v>
       </c>
-      <c r="E9" t="s">
+      <c r="G9" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="H9" t="n">
         <v>37677.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>2059.0</v>
       </c>
       <c r="B10" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
         <v>46</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="H10" t="n">
         <v>37677.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>2060.0</v>
       </c>
       <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" t="s">
         <v>49</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="G11" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="H11" t="n">
         <v>37677.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>2061.0</v>
       </c>
       <c r="B12" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" t="s">
         <v>53</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="H12" t="n">
         <v>37677.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>2062.0</v>
       </c>
       <c r="B13" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="G13" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="H13" t="n">
         <v>37677.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>2063.0</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E14" t="s">
         <v>60</v>
       </c>
-      <c r="E14" t="s">
+      <c r="G14" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="H14" t="n">
         <v>37677.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>2064.0</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
         <v>62</v>
       </c>
       <c r="D15" t="s">
         <v>63</v>
       </c>
       <c r="E15" t="s">
         <v>64</v>
       </c>
       <c r="G15" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H15" t="n">
         <v>37678.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>2065.0</v>
       </c>
-      <c r="B16" t="s">
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" t="s">
         <v>65</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>66</v>
       </c>
-      <c r="E16" t="s">
+      <c r="G16" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="H16" t="n">
         <v>37678.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>2066.0</v>
       </c>
       <c r="B17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
         <v>69</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>70</v>
       </c>
-      <c r="E17" t="s">
+      <c r="G17" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H17" t="n">
         <v>37678.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>2067.0</v>
       </c>
       <c r="B18" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" t="s">
         <v>73</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>74</v>
       </c>
-      <c r="E18" t="s">
+      <c r="G18" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H18" t="n">
         <v>37678.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>2068.0</v>
       </c>
       <c r="B19" t="s">
         <v>76</v>
       </c>
       <c r="C19" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>77</v>
       </c>
       <c r="E19" t="s">
         <v>78</v>
       </c>
       <c r="G19" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="H19" t="n">
         <v>37678.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>2069.0</v>
       </c>
       <c r="B20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" t="s">
         <v>80</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>81</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H20" t="n">
         <v>37678.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>2070.0</v>
       </c>
       <c r="B21" t="s">
         <v>83</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>84</v>
       </c>
       <c r="E21" t="s">
         <v>85</v>
       </c>
       <c r="G21" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="H21" t="n">
         <v>37678.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>2071.0</v>
       </c>
       <c r="B22" t="s">
+        <v>86</v>
+      </c>
+      <c r="C22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" t="s">
         <v>87</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>88</v>
       </c>
-      <c r="E22" t="s">
+      <c r="G22" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H22" t="n">
         <v>37678.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>2072.0</v>
       </c>
       <c r="B23" t="s">
         <v>90</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>91</v>
       </c>
       <c r="E23" t="s">
         <v>92</v>
       </c>
       <c r="G23" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="H23" t="n">
         <v>37678.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>2073.0</v>
       </c>
-      <c r="B24"/>
+      <c r="B24" t="s">
+        <v>94</v>
+      </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="D24" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E24" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G24" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H24" t="n">
         <v>37678.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>2074.0</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B25"/>
       <c r="C25" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="D25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H25" t="n">
         <v>37678.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>2075.0</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E26" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G26" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H26" t="n">
         <v>37678.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>2076.0</v>
       </c>
-      <c r="B27"/>
+      <c r="B27" t="s">
+        <v>105</v>
+      </c>
       <c r="C27" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E27" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H27" t="n">
         <v>37678.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>2077.0</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D28" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E28" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G28" t="s">
-        <v>110</v>
+        <v>75</v>
       </c>
       <c r="H28" t="n">
         <v>37678.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>2078.0</v>
       </c>
       <c r="B29" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G29" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="H29" t="n">
         <v>37678.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>2079.0</v>
       </c>
       <c r="B30" t="s">
         <v>115</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>116</v>
       </c>
       <c r="E30" t="s">
         <v>117</v>
       </c>
       <c r="G30" t="s">
@@ -1625,77 +1622,77 @@
       </c>
       <c r="H37" t="n">
         <v>37681.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>2087.0</v>
       </c>
       <c r="B38" t="s">
         <v>143</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>144</v>
       </c>
       <c r="E38" t="s">
         <v>145</v>
       </c>
       <c r="G38" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="H38" t="n">
         <v>37682.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>2088.0</v>
       </c>
       <c r="B39" t="s">
         <v>146</v>
       </c>
       <c r="C39" t="s">
         <v>17</v>
       </c>
       <c r="D39" t="s">
         <v>147</v>
       </c>
       <c r="E39" t="s">
         <v>148</v>
       </c>
       <c r="G39" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="H39" t="n">
         <v>37682.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>2089.0</v>
       </c>
       <c r="B40" t="s">
         <v>149</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>150</v>
       </c>
       <c r="E40" t="s">
         <v>151</v>
       </c>
       <c r="G40" t="s">
@@ -1729,51 +1726,51 @@
       </c>
       <c r="H41" t="n">
         <v>37682.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2091.0</v>
       </c>
       <c r="B42" t="s">
         <v>157</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>158</v>
       </c>
       <c r="E42" t="s">
         <v>159</v>
       </c>
       <c r="G42" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="H42" t="n">
         <v>37682.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>2092.0</v>
       </c>
       <c r="B43" t="s">
         <v>160</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>161</v>
       </c>
       <c r="E43" t="s">
         <v>162</v>
       </c>
       <c r="G43" t="s">
@@ -1798,216 +1795,214 @@
       </c>
       <c r="D44" t="s">
         <v>164</v>
       </c>
       <c r="E44" t="s">
         <v>165</v>
       </c>
       <c r="G44" t="s">
         <v>166</v>
       </c>
       <c r="H44" t="n">
         <v>37682.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>2094.0</v>
       </c>
       <c r="B45" t="s">
         <v>167</v>
       </c>
       <c r="C45" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>168</v>
       </c>
       <c r="E45" t="s">
         <v>169</v>
       </c>
       <c r="G45" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="H45" t="n">
         <v>37682.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>2095.0</v>
       </c>
       <c r="B46" t="s">
+        <v>170</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
         <v>171</v>
       </c>
-      <c r="C46" t="s">
-[...2 lines deleted...]
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>172</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="H46" t="n">
         <v>37682.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>2096.0</v>
       </c>
-      <c r="B47" t="s">
+      <c r="B47"/>
+      <c r="C47" t="s">
+        <v>62</v>
+      </c>
+      <c r="D47" t="s">
+        <v>173</v>
+      </c>
+      <c r="E47" t="s">
+        <v>174</v>
+      </c>
+      <c r="G47" t="s">
         <v>175</v>
-      </c>
-[...10 lines deleted...]
-        <v>152</v>
       </c>
       <c r="H47" t="n">
         <v>37682.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>2097.0</v>
       </c>
       <c r="B48" t="s">
+        <v>176</v>
+      </c>
+      <c r="C48" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" t="s">
+        <v>177</v>
+      </c>
+      <c r="E48" t="s">
         <v>178</v>
       </c>
-      <c r="C48" t="s">
-[...2 lines deleted...]
-      <c r="D48" t="s">
+      <c r="G48" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H48" t="n">
         <v>37682.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>2098.0</v>
       </c>
       <c r="B49" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
+        <v>181</v>
+      </c>
+      <c r="E49" t="s">
         <v>182</v>
       </c>
-      <c r="E49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49" t="s">
-        <v>184</v>
+        <v>75</v>
       </c>
       <c r="H49" t="n">
         <v>37682.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>2099.0</v>
       </c>
       <c r="B50" t="s">
+        <v>183</v>
+      </c>
+      <c r="C50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" t="s">
+        <v>184</v>
+      </c>
+      <c r="E50" t="s">
         <v>185</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50" t="s">
+      <c r="G50" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H50" t="n">
         <v>37682.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>2100.0</v>
       </c>
       <c r="B51" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
+        <v>188</v>
+      </c>
+      <c r="E51" t="s">
         <v>189</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
       <c r="H51" t="n">
         <v>37682.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>