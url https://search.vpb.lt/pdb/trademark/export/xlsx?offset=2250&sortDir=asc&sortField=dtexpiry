--- v0 (2025-11-09)
+++ v1 (2026-03-29)
@@ -9,365 +9,365 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="189">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...20 lines deleted...]
-    <t>ESCOMER</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>MADIPLOT</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
-    <t>RL 5392</t>
-[...2 lines deleted...]
-    <t>9212</t>
+    <t>RL 5327</t>
+  </si>
+  <si>
+    <t>8456</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Išregistruotas</t>
+  </si>
+  <si>
+    <t>SUNTEC</t>
+  </si>
+  <si>
+    <t>RL 5340</t>
+  </si>
+  <si>
+    <t>8489</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>Išregistruotas</t>
-[...14 lines deleted...]
-    <t>KRAZY KRIZIA</t>
+    <t>PV</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
-    <t>RL 5412</t>
-[...2 lines deleted...]
-    <t>9576</t>
+    <t>ZP 5280</t>
+  </si>
+  <si>
+    <t>21955</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>KAŠMILON</t>
+  </si>
+  <si>
+    <t>RL 5342</t>
+  </si>
+  <si>
+    <t>9103</t>
+  </si>
+  <si>
+    <t>22, 23, 24, 25, 26, 27</t>
+  </si>
+  <si>
+    <t>ASADENE</t>
+  </si>
+  <si>
+    <t>RL 5343</t>
+  </si>
+  <si>
+    <t>8490</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>BENBITS</t>
+  </si>
+  <si>
+    <t>ZP 5400</t>
+  </si>
+  <si>
+    <t>21727</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>CASHMILON</t>
+  </si>
+  <si>
+    <t>RL 5345</t>
+  </si>
+  <si>
+    <t>8492</t>
+  </si>
+  <si>
+    <t>LAKRISAL</t>
+  </si>
+  <si>
+    <t>ZP 5404</t>
+  </si>
+  <si>
+    <t>21730</t>
+  </si>
+  <si>
+    <t>Figurative</t>
+  </si>
+  <si>
+    <t>RL 5352</t>
+  </si>
+  <si>
+    <t>8655</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>RADIO</t>
+  </si>
+  <si>
+    <t>RL 5440</t>
+  </si>
+  <si>
+    <t>8526</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>FLEURANCE DE JUVENA</t>
+  </si>
+  <si>
+    <t>RL 5284</t>
+  </si>
+  <si>
+    <t>9189</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>ESSO-MAR</t>
-[...61 lines deleted...]
-  <si>
     <t>CADNICA</t>
   </si>
   <si>
     <t>RL 5303</t>
   </si>
   <si>
     <t>8389</t>
   </si>
   <si>
     <t>7, 8, 9, 11, 16</t>
   </si>
   <si>
     <t>CUPRESSIN</t>
   </si>
   <si>
     <t>RL 5321</t>
   </si>
   <si>
     <t>8450</t>
   </si>
   <si>
     <t>HOROSTEON</t>
   </si>
   <si>
     <t>RL 5324</t>
   </si>
   <si>
     <t>8453</t>
   </si>
   <si>
     <t>RL 5325</t>
   </si>
   <si>
     <t>8454</t>
   </si>
   <si>
     <t>LUCEBANOL</t>
   </si>
   <si>
     <t>RL 5326</t>
   </si>
   <si>
     <t>8455</t>
   </si>
   <si>
-    <t>MADIPLOT</t>
-[...38 lines deleted...]
-    <t>22, 23, 24, 25, 26, 27</t>
+    <t>A</t>
+  </si>
+  <si>
+    <t>ZP 5341</t>
+  </si>
+  <si>
+    <t>22000</t>
+  </si>
+  <si>
+    <t>ALPENKRAFT</t>
+  </si>
+  <si>
+    <t>ZP 5437</t>
+  </si>
+  <si>
+    <t>23559</t>
+  </si>
+  <si>
+    <t>SONOPRESS</t>
+  </si>
+  <si>
+    <t>ZP 5447</t>
+  </si>
+  <si>
+    <t>21671</t>
+  </si>
+  <si>
+    <t>Sono press</t>
+  </si>
+  <si>
+    <t>ZP 5448</t>
+  </si>
+  <si>
+    <t>21672</t>
+  </si>
+  <si>
+    <t>BUBBLE</t>
+  </si>
+  <si>
+    <t>RL 5452</t>
+  </si>
+  <si>
+    <t>10000</t>
+  </si>
+  <si>
+    <t>7, 12, 35, 37, 41, 42</t>
+  </si>
+  <si>
+    <t>SIRE</t>
+  </si>
+  <si>
+    <t>RL 5453</t>
+  </si>
+  <si>
+    <t>8894</t>
+  </si>
+  <si>
+    <t>TECALEMIT</t>
+  </si>
+  <si>
+    <t>RL 5456</t>
+  </si>
+  <si>
+    <t>8528</t>
+  </si>
+  <si>
+    <t>2, 6, 7, 9, 11, 12, 17</t>
+  </si>
+  <si>
+    <t>STATA</t>
+  </si>
+  <si>
+    <t>RL 5459</t>
+  </si>
+  <si>
+    <t>8530</t>
+  </si>
+  <si>
+    <t>19, 35, 37, 42</t>
+  </si>
+  <si>
+    <t>r REPRISE</t>
+  </si>
+  <si>
+    <t>RL 5454</t>
+  </si>
+  <si>
+    <t>8895</t>
   </si>
   <si>
     <t>PASAKA</t>
   </si>
   <si>
     <t>99-1706</t>
   </si>
   <si>
     <t>41065</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Panaikinta registracija</t>
   </si>
   <si>
-    <t>SONOPRESS</t>
-[...73 lines deleted...]
-  <si>
     <t>MIXA</t>
   </si>
   <si>
     <t>RL 5460</t>
   </si>
   <si>
     <t>8531</t>
   </si>
   <si>
     <t>JOHN DEERE</t>
   </si>
   <si>
     <t>RL 5469</t>
   </si>
   <si>
     <t>8536</t>
   </si>
   <si>
     <t>7, 12</t>
   </si>
   <si>
     <t>auvi</t>
   </si>
   <si>
     <t>RL 5480</t>
@@ -456,159 +456,159 @@
   <si>
     <t>9251</t>
   </si>
   <si>
     <t>3, 9, 14, 18</t>
   </si>
   <si>
     <t>RL 5527</t>
   </si>
   <si>
     <t>8553</t>
   </si>
   <si>
     <t>6, 20, 21, 40</t>
   </si>
   <si>
     <t>RL 5528</t>
   </si>
   <si>
     <t>8554</t>
   </si>
   <si>
     <t>6, 8, 11</t>
   </si>
   <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>RL 5529</t>
+  </si>
+  <si>
+    <t>9918</t>
+  </si>
+  <si>
+    <t>6, 11, 12</t>
+  </si>
+  <si>
     <t>TEC NI ART</t>
   </si>
   <si>
     <t>ZP 5461</t>
   </si>
   <si>
     <t>22063</t>
   </si>
   <si>
+    <t>TCP</t>
+  </si>
+  <si>
+    <t>ZP 5504</t>
+  </si>
+  <si>
+    <t>21683</t>
+  </si>
+  <si>
+    <t>Skalmantas</t>
+  </si>
+  <si>
+    <t>ZP 5510</t>
+  </si>
+  <si>
+    <t>21826</t>
+  </si>
+  <si>
+    <t>18, 24, 25, 35, 42</t>
+  </si>
+  <si>
+    <t>BANDA</t>
+  </si>
+  <si>
+    <t>ZP 5525</t>
+  </si>
+  <si>
+    <t>22037</t>
+  </si>
+  <si>
+    <t>25, 28</t>
+  </si>
+  <si>
     <t>INTER PHASE</t>
   </si>
   <si>
     <t>ZP 5462</t>
   </si>
   <si>
     <t>22064</t>
   </si>
   <si>
     <t>VAZA</t>
   </si>
   <si>
     <t>ZP 5484</t>
   </si>
   <si>
     <t>21676</t>
   </si>
   <si>
     <t>35, 39, 42</t>
   </si>
   <si>
     <t>BRIZ</t>
   </si>
   <si>
     <t>ZP 5501</t>
   </si>
   <si>
     <t>22033</t>
   </si>
   <si>
     <t>3, 5</t>
   </si>
   <si>
-    <t>BANDA</t>
-[...41 lines deleted...]
-    <t>18, 24, 25, 35, 42</t>
+    <t>CASHWOOL</t>
+  </si>
+  <si>
+    <t>RL 5085</t>
+  </si>
+  <si>
+    <t>12442</t>
+  </si>
+  <si>
+    <t>23</t>
   </si>
   <si>
     <t>JIFFI</t>
   </si>
   <si>
     <t>RL 5467</t>
   </si>
   <si>
     <t>10921</t>
   </si>
   <si>
     <t>10</t>
-  </si>
-[...10 lines deleted...]
-    <t>23</t>
   </si>
   <si>
     <t>BEFORTEN</t>
   </si>
   <si>
     <t>2001 1754</t>
   </si>
   <si>
     <t>45489</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -760,656 +760,656 @@
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="n">
         <v>37689.0</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>2254.0</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="n">
         <v>37689.0</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>2255.0</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="H6" t="n">
         <v>37689.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>2256.0</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H7" t="n">
         <v>37689.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>2257.0</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="H8" t="n">
         <v>37689.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>2258.0</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="G9" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H9" t="n">
         <v>37689.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>2259.0</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
         <v>45</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="H10" t="n">
         <v>37689.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>2260.0</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H11" t="n">
         <v>37689.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>2261.0</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="H12" t="n">
         <v>37689.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>2262.0</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G13" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="H13" t="n">
         <v>37689.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>2263.0</v>
       </c>
       <c r="B14" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G14" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H14" t="n">
         <v>37689.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>2264.0</v>
       </c>
       <c r="B15" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E15" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="G15" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H15" t="n">
         <v>37689.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>2265.0</v>
       </c>
       <c r="B16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E16" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G16" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H16" t="n">
         <v>37689.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>2266.0</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="E17" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="n">
         <v>37689.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>2267.0</v>
       </c>
       <c r="B18" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C18" t="s">
         <v>21</v>
       </c>
       <c r="D18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E18" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G18" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="H18" t="n">
         <v>37689.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>2268.0</v>
       </c>
       <c r="B19" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C19" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E19" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G19" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="H19" t="n">
         <v>37689.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>2269.0</v>
       </c>
       <c r="B20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G20" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="H20" t="n">
         <v>37690.0</v>
       </c>
       <c r="I20" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>2270.0</v>
       </c>
       <c r="B21" t="s">
+        <v>79</v>
+      </c>
+      <c r="C21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D21" t="s">
         <v>80</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>81</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" t="s">
-        <v>83</v>
+        <v>46</v>
       </c>
       <c r="H21" t="n">
         <v>37690.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>2271.0</v>
       </c>
       <c r="B22" t="s">
+        <v>82</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>83</v>
+      </c>
+      <c r="E22" t="s">
         <v>84</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="G22" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="H22" t="n">
         <v>37690.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>2272.0</v>
       </c>
       <c r="B23" t="s">
+        <v>86</v>
+      </c>
+      <c r="C23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D23" t="s">
         <v>87</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>88</v>
       </c>
-      <c r="E23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" t="s">
-        <v>83</v>
+        <v>46</v>
       </c>
       <c r="H23" t="n">
         <v>37690.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>2273.0</v>
       </c>
       <c r="B24" t="s">
+        <v>89</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
         <v>90</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>91</v>
       </c>
-      <c r="E24" t="s">
+      <c r="G24" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="H24" t="n">
         <v>37690.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>2274.0</v>
       </c>
       <c r="B25" t="s">
         <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D25" t="s">
         <v>94</v>
       </c>
       <c r="E25" t="s">
         <v>95</v>
       </c>
       <c r="G25" t="s">
         <v>96</v>
       </c>
       <c r="H25" t="n">
         <v>37690.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>2275.0</v>
       </c>
       <c r="B26" t="s">
         <v>97</v>
       </c>
       <c r="C26" t="s">
         <v>21</v>
       </c>
       <c r="D26" t="s">
         <v>98</v>
       </c>
       <c r="E26" t="s">
         <v>99</v>
       </c>
       <c r="G26" t="s">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="H26" t="n">
         <v>37690.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>2276.0</v>
       </c>
       <c r="B27" t="s">
+        <v>100</v>
+      </c>
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
         <v>101</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>102</v>
       </c>
-      <c r="E27" t="s">
+      <c r="G27" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="H27" t="n">
         <v>37690.0</v>
       </c>
       <c r="I27" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>2277.0</v>
       </c>
       <c r="B28" t="s">
         <v>105</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>106</v>
       </c>
       <c r="E28" t="s">
         <v>107</v>
       </c>
       <c r="G28" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="H28" t="n">
         <v>37692.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>2278.0</v>
       </c>
       <c r="B29" t="s">
         <v>108</v>
       </c>
       <c r="C29" t="s">
         <v>21</v>
       </c>
       <c r="D29" t="s">
         <v>109</v>
       </c>
       <c r="E29" t="s">
         <v>110</v>
       </c>
       <c r="G29" t="s">
@@ -1443,51 +1443,51 @@
       </c>
       <c r="H30" t="n">
         <v>37692.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>2280.0</v>
       </c>
       <c r="B31" t="s">
         <v>112</v>
       </c>
       <c r="C31" t="s">
         <v>21</v>
       </c>
       <c r="D31" t="s">
         <v>116</v>
       </c>
       <c r="E31" t="s">
         <v>117</v>
       </c>
       <c r="G31" t="s">
-        <v>83</v>
+        <v>46</v>
       </c>
       <c r="H31" t="n">
         <v>37692.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>2281.0</v>
       </c>
       <c r="B32" t="s">
         <v>118</v>
       </c>
       <c r="C32" t="s">
         <v>21</v>
       </c>
       <c r="D32" t="s">
         <v>119</v>
       </c>
       <c r="E32" t="s">
         <v>120</v>
       </c>
       <c r="G32" t="s">
@@ -1547,51 +1547,51 @@
       </c>
       <c r="H34" t="n">
         <v>37692.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>2284.0</v>
       </c>
       <c r="B35" t="s">
         <v>128</v>
       </c>
       <c r="C35" t="s">
         <v>21</v>
       </c>
       <c r="D35" t="s">
         <v>129</v>
       </c>
       <c r="E35" t="s">
         <v>130</v>
       </c>
       <c r="G35" t="s">
-        <v>83</v>
+        <v>46</v>
       </c>
       <c r="H35" t="n">
         <v>37692.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>2285.0</v>
       </c>
       <c r="B36" t="s">
         <v>131</v>
       </c>
       <c r="C36" t="s">
         <v>21</v>
       </c>
       <c r="D36" t="s">
         <v>132</v>
       </c>
       <c r="E36" t="s">
         <v>133</v>
       </c>
       <c r="G36" t="s">
@@ -1699,103 +1699,103 @@
       </c>
       <c r="H40" t="n">
         <v>37692.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>2290.0</v>
       </c>
       <c r="B41" t="s">
         <v>149</v>
       </c>
       <c r="C41" t="s">
         <v>21</v>
       </c>
       <c r="D41" t="s">
         <v>150</v>
       </c>
       <c r="E41" t="s">
         <v>151</v>
       </c>
       <c r="G41" t="s">
-        <v>24</v>
+        <v>152</v>
       </c>
       <c r="H41" t="n">
         <v>37692.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2291.0</v>
       </c>
       <c r="B42" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C42" t="s">
         <v>21</v>
       </c>
       <c r="D42" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E42" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G42" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="H42" t="n">
         <v>37692.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>2292.0</v>
       </c>
       <c r="B43" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C43" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D43" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E43" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G43" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="H43" t="n">
         <v>37692.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>2293.0</v>
       </c>
       <c r="B44" t="s">
         <v>159</v>
       </c>
       <c r="C44" t="s">
         <v>21</v>
       </c>
       <c r="D44" t="s">
         <v>160</v>
       </c>
       <c r="E44" t="s">
         <v>161</v>
       </c>
       <c r="G44" t="s">
@@ -1829,77 +1829,77 @@
       </c>
       <c r="H45" t="n">
         <v>37692.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>2295.0</v>
       </c>
       <c r="B46" t="s">
         <v>167</v>
       </c>
       <c r="C46" t="s">
         <v>21</v>
       </c>
       <c r="D46" t="s">
         <v>168</v>
       </c>
       <c r="E46" t="s">
         <v>169</v>
       </c>
       <c r="G46" t="s">
-        <v>170</v>
+        <v>54</v>
       </c>
       <c r="H46" t="n">
         <v>37692.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>2296.0</v>
       </c>
       <c r="B47" t="s">
+        <v>170</v>
+      </c>
+      <c r="C47" t="s">
+        <v>21</v>
+      </c>
+      <c r="D47" t="s">
         <v>171</v>
       </c>
-      <c r="C47" t="s">
-[...2 lines deleted...]
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>172</v>
       </c>
-      <c r="E47" t="s">
+      <c r="G47" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="H47" t="n">
         <v>37692.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>2297.0</v>
       </c>
       <c r="B48" t="s">
         <v>174</v>
       </c>
       <c r="C48" t="s">
         <v>21</v>
       </c>
       <c r="D48" t="s">
         <v>175</v>
       </c>
       <c r="E48" t="s">
         <v>176</v>
       </c>
       <c r="G48" t="s">
@@ -1959,52 +1959,52 @@
       </c>
       <c r="H50" t="n">
         <v>37692.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>2300.0</v>
       </c>
       <c r="B51" t="s">
         <v>186</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>187</v>
       </c>
       <c r="E51" t="s">
         <v>188</v>
       </c>
       <c r="G51" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H51" t="n">
         <v>37694.0</v>
       </c>
       <c r="I51" t="s">
-        <v>79</v>
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>