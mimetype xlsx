--- v0 (2025-11-10)
+++ v1 (2026-03-30)
@@ -7,80 +7,80 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="189">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="188">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>RL 6578</t>
   </si>
   <si>
     <t>9065</t>
   </si>
   <si>
     <t>6, 7, 12, 17</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>LOGLIFT</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>RL 6579</t>
   </si>
@@ -447,177 +447,174 @@
   <si>
     <t>albitas</t>
   </si>
   <si>
     <t>ZP 6708</t>
   </si>
   <si>
     <t>22541</t>
   </si>
   <si>
     <t>19, 35</t>
   </si>
   <si>
     <t>Junesta</t>
   </si>
   <si>
     <t>ZP 6711</t>
   </si>
   <si>
     <t>22125</t>
   </si>
   <si>
     <t>18, 35, 36</t>
   </si>
   <si>
+    <t>STERN</t>
+  </si>
+  <si>
+    <t>ZP 6727</t>
+  </si>
+  <si>
+    <t>22200</t>
+  </si>
+  <si>
+    <t>16, 41</t>
+  </si>
+  <si>
+    <t>GEO MAGAZIN</t>
+  </si>
+  <si>
+    <t>ZP 6731</t>
+  </si>
+  <si>
+    <t>22201</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>SAISON</t>
+  </si>
+  <si>
+    <t>ZP 6732</t>
+  </si>
+  <si>
+    <t>22202</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>POESCHL'S Blanko</t>
+  </si>
+  <si>
+    <t>ZP 6755</t>
+  </si>
+  <si>
+    <t>22204</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>BLANKO</t>
+  </si>
+  <si>
+    <t>ZP 6756</t>
+  </si>
+  <si>
+    <t>22205</t>
+  </si>
+  <si>
+    <t>BOUNTY</t>
+  </si>
+  <si>
+    <t>ZP 6757</t>
+  </si>
+  <si>
+    <t>22206</t>
+  </si>
+  <si>
     <t>RL 6714</t>
   </si>
   <si>
     <t>9266</t>
   </si>
   <si>
     <t>6, 10, 21</t>
   </si>
   <si>
     <t>ADRIA EXPORT</t>
   </si>
   <si>
     <t>ZP 6758</t>
   </si>
   <si>
     <t>22207</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>BROOKFIELD</t>
   </si>
   <si>
     <t>ZP 6759</t>
   </si>
   <si>
     <t>22208</t>
   </si>
   <si>
     <t>ROULOTTE</t>
   </si>
   <si>
     <t>RL 6715</t>
   </si>
   <si>
     <t>10189</t>
   </si>
   <si>
     <t>16, 28</t>
   </si>
   <si>
     <t>WERTHERS ECHTE</t>
   </si>
   <si>
     <t>RL 6717</t>
   </si>
   <si>
     <t>9268</t>
   </si>
   <si>
     <t>Fi Ma</t>
   </si>
   <si>
     <t>ZP 6775</t>
   </si>
   <si>
     <t>22128</t>
   </si>
   <si>
     <t>37</t>
-  </si>
-[...64 lines deleted...]
-    <t>9274</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1654,348 +1651,348 @@
         <v>142</v>
       </c>
       <c r="C39" t="s">
         <v>16</v>
       </c>
       <c r="D39" t="s">
         <v>143</v>
       </c>
       <c r="E39" t="s">
         <v>144</v>
       </c>
       <c r="G39" t="s">
         <v>145</v>
       </c>
       <c r="H39" t="n">
         <v>37730.0</v>
       </c>
       <c r="I39" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>2689.0</v>
       </c>
-      <c r="B40"/>
+      <c r="B40" t="s">
+        <v>146</v>
+      </c>
       <c r="C40" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D40" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E40" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G40" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H40" t="n">
         <v>37731.0</v>
       </c>
       <c r="I40" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>2690.0</v>
       </c>
       <c r="B41" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C41" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D41" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E41" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G41" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H41" t="n">
         <v>37731.0</v>
       </c>
       <c r="I41" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2691.0</v>
       </c>
       <c r="B42" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E42" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G42" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H42" t="n">
         <v>37731.0</v>
       </c>
       <c r="I42" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>2692.0</v>
       </c>
       <c r="B43" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C43" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D43" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E43" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="G43" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="H43" t="n">
         <v>37731.0</v>
       </c>
       <c r="I43" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>2693.0</v>
       </c>
       <c r="B44" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C44" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D44" t="s">
+        <v>163</v>
+      </c>
+      <c r="E44" t="s">
+        <v>164</v>
+      </c>
+      <c r="G44" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="H44" t="n">
         <v>37731.0</v>
       </c>
       <c r="I44" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>2694.0</v>
       </c>
       <c r="B45" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C45" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D45" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E45" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="G45" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="H45" t="n">
         <v>37731.0</v>
       </c>
       <c r="I45" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>2695.0</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B46"/>
       <c r="C46" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D46" t="s">
         <v>168</v>
       </c>
       <c r="E46" t="s">
         <v>169</v>
       </c>
       <c r="G46" t="s">
-        <v>131</v>
+        <v>170</v>
       </c>
       <c r="H46" t="n">
         <v>37731.0</v>
       </c>
       <c r="I46" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>2696.0</v>
       </c>
       <c r="B47" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C47" t="s">
         <v>16</v>
       </c>
       <c r="D47" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E47" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G47" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="H47" t="n">
         <v>37731.0</v>
       </c>
       <c r="I47" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>2697.0</v>
       </c>
       <c r="B48" t="s">
         <v>174</v>
       </c>
       <c r="C48" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>175</v>
       </c>
       <c r="E48" t="s">
         <v>176</v>
       </c>
       <c r="G48" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="H48" t="n">
         <v>37731.0</v>
       </c>
       <c r="I48" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>2698.0</v>
       </c>
       <c r="B49" t="s">
+        <v>177</v>
+      </c>
+      <c r="C49" t="s">
+        <v>25</v>
+      </c>
+      <c r="D49" t="s">
         <v>178</v>
       </c>
-      <c r="C49" t="s">
-[...2 lines deleted...]
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>179</v>
       </c>
-      <c r="E49" t="s">
+      <c r="G49" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="H49" t="n">
         <v>37731.0</v>
       </c>
       <c r="I49" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>2699.0</v>
       </c>
       <c r="B50" t="s">
+        <v>181</v>
+      </c>
+      <c r="C50" t="s">
+        <v>16</v>
+      </c>
+      <c r="D50" t="s">
         <v>182</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>183</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" t="s">
-        <v>185</v>
+        <v>131</v>
       </c>
       <c r="H50" t="n">
         <v>37731.0</v>
       </c>
       <c r="I50" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>2700.0</v>
       </c>
       <c r="B51" t="s">
+        <v>184</v>
+      </c>
+      <c r="C51" t="s">
+        <v>16</v>
+      </c>
+      <c r="D51" t="s">
+        <v>185</v>
+      </c>
+      <c r="E51" t="s">
         <v>186</v>
       </c>
-      <c r="C51" t="s">
-[...2 lines deleted...]
-      <c r="D51" t="s">
+      <c r="G51" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="H51" t="n">
         <v>37731.0</v>
       </c>
       <c r="I51" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>