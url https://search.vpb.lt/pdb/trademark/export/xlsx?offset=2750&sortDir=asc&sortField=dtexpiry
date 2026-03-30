--- v0 (2025-11-10)
+++ v1 (2026-03-30)
@@ -9,78 +9,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="184">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>CONTINENTAL</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
     <t>RL 6893</t>
   </si>
   <si>
     <t>9127</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>MINISTER</t>
   </si>
   <si>
     <t>RL 6894</t>
   </si>
@@ -204,405 +204,405 @@
   <si>
     <t>BMG</t>
   </si>
   <si>
     <t>RL 6918</t>
   </si>
   <si>
     <t>9343</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>NOVENCO</t>
   </si>
   <si>
     <t>RL 6846</t>
   </si>
   <si>
     <t>9337</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
+    <t>RL 6946</t>
+  </si>
+  <si>
+    <t>10288</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>RL 6948</t>
+  </si>
+  <si>
+    <t>9353</t>
+  </si>
+  <si>
+    <t>COTONELLE</t>
+  </si>
+  <si>
+    <t>RL 6944</t>
+  </si>
+  <si>
+    <t>9352</t>
+  </si>
+  <si>
+    <t>3, 16</t>
+  </si>
+  <si>
+    <t>LITHOSTAR</t>
+  </si>
+  <si>
+    <t>RL 6850</t>
+  </si>
+  <si>
+    <t>10203</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>OSTEOSTAR</t>
+  </si>
+  <si>
+    <t>RL 6851</t>
+  </si>
+  <si>
+    <t>10204</t>
+  </si>
+  <si>
+    <t>POLYDOROS</t>
+  </si>
+  <si>
+    <t>RL 6852</t>
+  </si>
+  <si>
+    <t>10205</t>
+  </si>
+  <si>
+    <t>LOADIX</t>
+  </si>
+  <si>
+    <t>RL 6853</t>
+  </si>
+  <si>
+    <t>10206</t>
+  </si>
+  <si>
+    <t>COMFOSET</t>
+  </si>
+  <si>
+    <t>RL 6854</t>
+  </si>
+  <si>
+    <t>10207</t>
+  </si>
+  <si>
+    <t>Z</t>
+  </si>
+  <si>
+    <t>RL 6953</t>
+  </si>
+  <si>
+    <t>9358</t>
+  </si>
+  <si>
+    <t>POLYMATIC</t>
+  </si>
+  <si>
+    <t>RL 6855</t>
+  </si>
+  <si>
+    <t>10208</t>
+  </si>
+  <si>
+    <t>VIK</t>
+  </si>
+  <si>
+    <t>RL 6955</t>
+  </si>
+  <si>
+    <t>9360</t>
+  </si>
+  <si>
+    <t>HI-PRES</t>
+  </si>
+  <si>
+    <t>ZP 6847</t>
+  </si>
+  <si>
+    <t>22553</t>
+  </si>
+  <si>
+    <t>CONTINENTAL CAN EUROPE</t>
+  </si>
+  <si>
+    <t>ZP 6888</t>
+  </si>
+  <si>
+    <t>24050</t>
+  </si>
+  <si>
+    <t>4, 6, 7, 8, 11, 16, 20, 21, 28</t>
+  </si>
+  <si>
+    <t>hollywood</t>
+  </si>
+  <si>
+    <t>ZP 6899</t>
+  </si>
+  <si>
+    <t>22265</t>
+  </si>
+  <si>
+    <t>BRIST</t>
+  </si>
+  <si>
+    <t>ZP 6900</t>
+  </si>
+  <si>
+    <t>22266</t>
+  </si>
+  <si>
+    <t>SPARTA</t>
+  </si>
+  <si>
+    <t>ZP 6901</t>
+  </si>
+  <si>
+    <t>22267</t>
+  </si>
+  <si>
+    <t>CLEA</t>
+  </si>
+  <si>
+    <t>ZP 6903</t>
+  </si>
+  <si>
+    <t>22269</t>
+  </si>
+  <si>
     <t>SEA HORSE</t>
   </si>
   <si>
     <t>RL 6930</t>
   </si>
   <si>
     <t>9347</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ARDOCOL</t>
   </si>
   <si>
     <t>RL 6849</t>
   </si>
   <si>
     <t>10202</t>
   </si>
   <si>
-    <t>9</t>
-[...49 lines deleted...]
-  <si>
     <t>SPINNER</t>
   </si>
   <si>
     <t>RL 6947</t>
   </si>
   <si>
     <t>10289</t>
   </si>
   <si>
-    <t>LOADIX</t>
-[...22 lines deleted...]
-  <si>
     <t>NOVUS</t>
   </si>
   <si>
     <t>RL 6951</t>
   </si>
   <si>
     <t>9356</t>
   </si>
   <si>
-    <t>Z</t>
-[...25 lines deleted...]
-  <si>
     <t>NV</t>
   </si>
   <si>
     <t>ZP 6845</t>
   </si>
   <si>
     <t>23563</t>
   </si>
   <si>
-    <t>HI-PRES</t>
-[...7 lines deleted...]
-  <si>
     <t>WEMEX</t>
   </si>
   <si>
     <t>ZP 6886</t>
   </si>
   <si>
     <t>23662</t>
   </si>
   <si>
     <t>7, 9</t>
   </si>
   <si>
-    <t>CONTINENTAL CAN EUROPE</t>
-[...10 lines deleted...]
-  <si>
     <t>Minister M</t>
   </si>
   <si>
     <t>ZP 6896</t>
   </si>
   <si>
     <t>22100</t>
   </si>
   <si>
     <t>HOLLYWOOD LIGHTS</t>
   </si>
   <si>
     <t>ZP 6897</t>
   </si>
   <si>
     <t>22264</t>
   </si>
   <si>
-    <t>hollywood</t>
-[...32 lines deleted...]
-    <t>22269</t>
+    <t>VIDOMATIC</t>
+  </si>
+  <si>
+    <t>RL 6875</t>
+  </si>
+  <si>
+    <t>12125</t>
   </si>
   <si>
     <t>EUGENE DE PARIS</t>
   </si>
   <si>
     <t>RL 6827</t>
   </si>
   <si>
     <t>11128</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>AUPAL</t>
   </si>
   <si>
     <t>RL 6876</t>
   </si>
   <si>
     <t>11144</t>
   </si>
   <si>
     <t>BEDAS</t>
   </si>
   <si>
     <t>RL 6879</t>
   </si>
   <si>
     <t>11145</t>
   </si>
   <si>
     <t>9, 42</t>
   </si>
   <si>
     <t>ANT</t>
   </si>
   <si>
     <t>RL 6945</t>
   </si>
   <si>
     <t>11129</t>
   </si>
   <si>
     <t>6, 8, 9, 16, 35, 37, 41, 42</t>
   </si>
   <si>
-    <t>VIDOMATIC</t>
-[...7 lines deleted...]
-  <si>
     <t>ARIOLA express</t>
   </si>
   <si>
     <t>RL 6959</t>
   </si>
   <si>
     <t>10416</t>
   </si>
   <si>
     <t>BERTELSMANN</t>
   </si>
   <si>
     <t>RL 6963</t>
   </si>
   <si>
     <t>10293</t>
   </si>
   <si>
     <t>9, 16, 41</t>
   </si>
   <si>
     <t>WICOplan</t>
   </si>
   <si>
     <t>RL 6964</t>
   </si>
   <si>
     <t>10294</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>INTURIST</t>
   </si>
   <si>
     <t>RL 6969</t>
   </si>
   <si>
     <t>9364</t>
   </si>
   <si>
     <t>35, 39, 42</t>
   </si>
   <si>
-    <t>DERACYN</t>
-[...5 lines deleted...]
-    <t>9370</t>
+    <t>FREEDOX</t>
+  </si>
+  <si>
+    <t>RL 6981</t>
+  </si>
+  <si>
+    <t>9372</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>FREEDOX</t>
-[...5 lines deleted...]
-    <t>9372</t>
+    <t>UPJOHN</t>
+  </si>
+  <si>
+    <t>RL 7000</t>
+  </si>
+  <si>
+    <t>9448</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1026,652 +1026,652 @@
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>62</v>
       </c>
       <c r="E15" t="s">
         <v>63</v>
       </c>
       <c r="G15" t="s">
         <v>64</v>
       </c>
       <c r="H15" t="n">
         <v>37734.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>2765.0</v>
       </c>
       <c r="B16" t="s">
+        <v>2</v>
+      </c>
+      <c r="C16" t="s">
+        <v>26</v>
+      </c>
+      <c r="D16" t="s">
         <v>65</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>66</v>
       </c>
-      <c r="E16" t="s">
+      <c r="G16" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="H16" t="n">
         <v>37734.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>2766.0</v>
       </c>
       <c r="B17" t="s">
+        <v>57</v>
+      </c>
+      <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>68</v>
+      </c>
+      <c r="E17" t="s">
         <v>69</v>
       </c>
-      <c r="C17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H17" t="n">
         <v>37734.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>2767.0</v>
       </c>
       <c r="B18" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>71</v>
+      </c>
+      <c r="E18" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" t="s">
         <v>73</v>
-      </c>
-[...10 lines deleted...]
-        <v>76</v>
       </c>
       <c r="H18" t="n">
         <v>37734.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>2768.0</v>
       </c>
       <c r="B19" t="s">
+        <v>74</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>75</v>
+      </c>
+      <c r="E19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G19" t="s">
         <v>77</v>
-      </c>
-[...10 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H19" t="n">
         <v>37734.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>2769.0</v>
       </c>
       <c r="B20" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E20" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G20" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="H20" t="n">
         <v>37734.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>2770.0</v>
       </c>
       <c r="B21" t="s">
-        <v>2</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="E21" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G21" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="H21" t="n">
         <v>37734.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>2771.0</v>
       </c>
       <c r="B22" t="s">
+        <v>84</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>85</v>
+      </c>
+      <c r="E22" t="s">
         <v>86</v>
       </c>
-      <c r="C22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="H22" t="n">
         <v>37734.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>2772.0</v>
       </c>
       <c r="B23" t="s">
+        <v>87</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>88</v>
+      </c>
+      <c r="E23" t="s">
         <v>89</v>
       </c>
-      <c r="C23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G23" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H23" t="n">
         <v>37734.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>2773.0</v>
       </c>
       <c r="B24" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" t="s">
+        <v>91</v>
+      </c>
+      <c r="E24" t="s">
         <v>92</v>
       </c>
-      <c r="C24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G24" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="H24" t="n">
         <v>37734.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>2774.0</v>
       </c>
       <c r="B25" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="D25" t="s">
+        <v>94</v>
+      </c>
+      <c r="E25" t="s">
         <v>95</v>
       </c>
-      <c r="E25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="H25" t="n">
         <v>37734.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>2775.0</v>
       </c>
       <c r="B26" t="s">
+        <v>96</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
         <v>97</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>98</v>
       </c>
-      <c r="E26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H26" t="n">
         <v>37734.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>2776.0</v>
       </c>
       <c r="B27" t="s">
+        <v>99</v>
+      </c>
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
         <v>100</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>101</v>
       </c>
-      <c r="E27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="H27" t="n">
         <v>37734.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>2777.0</v>
       </c>
       <c r="B28" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C28" t="s">
         <v>42</v>
       </c>
       <c r="D28" t="s">
+        <v>103</v>
+      </c>
+      <c r="E28" t="s">
         <v>104</v>
       </c>
-      <c r="E28" t="s">
+      <c r="G28" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H28" t="n">
         <v>37734.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>2778.0</v>
       </c>
       <c r="B29" t="s">
         <v>106</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="D29" t="s">
         <v>107</v>
       </c>
       <c r="E29" t="s">
         <v>108</v>
       </c>
       <c r="G29" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="H29" t="n">
         <v>37734.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>2779.0</v>
       </c>
       <c r="B30" t="s">
         <v>109</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>110</v>
       </c>
       <c r="E30" t="s">
         <v>111</v>
       </c>
       <c r="G30" t="s">
-        <v>72</v>
+        <v>14</v>
       </c>
       <c r="H30" t="n">
         <v>37734.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>2780.0</v>
       </c>
       <c r="B31" t="s">
         <v>112</v>
       </c>
       <c r="C31" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>113</v>
       </c>
       <c r="E31" t="s">
         <v>114</v>
       </c>
       <c r="G31" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="H31" t="n">
         <v>37734.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>2781.0</v>
       </c>
       <c r="B32" t="s">
         <v>115</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>116</v>
       </c>
       <c r="E32" t="s">
         <v>117</v>
       </c>
       <c r="G32" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="H32" t="n">
         <v>37734.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>2782.0</v>
       </c>
       <c r="B33" t="s">
         <v>118</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>119</v>
       </c>
       <c r="E33" t="s">
         <v>120</v>
       </c>
       <c r="G33" t="s">
         <v>121</v>
       </c>
       <c r="H33" t="n">
         <v>37734.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>2783.0</v>
       </c>
       <c r="B34" t="s">
         <v>122</v>
       </c>
       <c r="C34" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>123</v>
       </c>
       <c r="E34" t="s">
         <v>124</v>
       </c>
       <c r="G34" t="s">
-        <v>125</v>
+        <v>67</v>
       </c>
       <c r="H34" t="n">
         <v>37734.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>2784.0</v>
       </c>
       <c r="B35" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C35" t="s">
         <v>42</v>
       </c>
       <c r="D35" t="s">
+        <v>126</v>
+      </c>
+      <c r="E35" t="s">
         <v>127</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="H35" t="n">
         <v>37734.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>2785.0</v>
       </c>
       <c r="B36" t="s">
+        <v>128</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
         <v>129</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>130</v>
       </c>
-      <c r="E36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="H36" t="n">
         <v>37734.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>2786.0</v>
       </c>
       <c r="B37" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C37" t="s">
         <v>42</v>
       </c>
       <c r="D37" t="s">
+        <v>132</v>
+      </c>
+      <c r="E37" t="s">
         <v>133</v>
       </c>
-      <c r="E37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="H37" t="n">
         <v>37734.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>2787.0</v>
       </c>
       <c r="B38" t="s">
+        <v>134</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
         <v>135</v>
       </c>
-      <c r="C38" t="s">
-[...2 lines deleted...]
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>136</v>
       </c>
-      <c r="E38" t="s">
+      <c r="G38" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H38" t="n">
         <v>37734.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>2788.0</v>
       </c>
       <c r="B39" t="s">
         <v>138</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="D39" t="s">
         <v>139</v>
       </c>
       <c r="E39" t="s">
         <v>140</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="n">
         <v>37734.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>2789.0</v>
       </c>
       <c r="B40" t="s">
         <v>141</v>
       </c>
       <c r="C40" t="s">
@@ -1688,181 +1688,181 @@
       </c>
       <c r="H40" t="n">
         <v>37734.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>2790.0</v>
       </c>
       <c r="B41" t="s">
         <v>144</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>145</v>
       </c>
       <c r="E41" t="s">
         <v>146</v>
       </c>
       <c r="G41" t="s">
-        <v>147</v>
+        <v>77</v>
       </c>
       <c r="H41" t="n">
         <v>37734.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2791.0</v>
       </c>
       <c r="B42" t="s">
+        <v>147</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
         <v>148</v>
       </c>
-      <c r="C42" t="s">
-[...2 lines deleted...]
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>149</v>
       </c>
-      <c r="E42" t="s">
+      <c r="G42" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H42" t="n">
         <v>37734.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>2792.0</v>
       </c>
       <c r="B43" t="s">
         <v>151</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>152</v>
       </c>
       <c r="E43" t="s">
         <v>153</v>
       </c>
       <c r="G43" t="s">
-        <v>154</v>
+        <v>67</v>
       </c>
       <c r="H43" t="n">
         <v>37734.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>2793.0</v>
       </c>
       <c r="B44" t="s">
+        <v>154</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
         <v>155</v>
       </c>
-      <c r="C44" t="s">
-[...2 lines deleted...]
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>156</v>
       </c>
-      <c r="E44" t="s">
+      <c r="G44" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="H44" t="n">
         <v>37734.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>2794.0</v>
       </c>
       <c r="B45" t="s">
+        <v>158</v>
+      </c>
+      <c r="C45" t="s">
+        <v>42</v>
+      </c>
+      <c r="D45" t="s">
         <v>159</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>160</v>
       </c>
-      <c r="E45" t="s">
+      <c r="G45" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H45" t="n">
         <v>37734.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>2795.0</v>
       </c>
       <c r="B46" t="s">
         <v>162</v>
       </c>
       <c r="C46" t="s">
         <v>42</v>
       </c>
       <c r="D46" t="s">
         <v>163</v>
       </c>
       <c r="E46" t="s">
         <v>164</v>
       </c>
       <c r="G46" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H46" t="n">
         <v>37737.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>2796.0</v>
       </c>
       <c r="B47" t="s">
         <v>165</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>166</v>
       </c>
       <c r="E47" t="s">
         <v>167</v>
       </c>
       <c r="G47" t="s">