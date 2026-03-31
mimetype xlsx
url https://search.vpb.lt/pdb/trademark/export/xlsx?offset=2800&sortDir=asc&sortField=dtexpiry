--- v0 (2025-11-10)
+++ v1 (2026-03-31)
@@ -10,429 +10,429 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="188">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>TARASEP</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>ZP 7006</t>
+  </si>
+  <si>
+    <t>22251</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Išregistruotas</t>
+  </si>
+  <si>
+    <t>COLYTE</t>
+  </si>
+  <si>
+    <t>ZP 7010</t>
+  </si>
+  <si>
+    <t>23792</t>
+  </si>
+  <si>
+    <t>STAFFORD-MILLER</t>
+  </si>
+  <si>
+    <t>ZP 7011</t>
+  </si>
+  <si>
+    <t>22326</t>
+  </si>
+  <si>
+    <t>3, 5, 10, 21</t>
+  </si>
+  <si>
+    <t>DERACYN</t>
+  </si>
+  <si>
+    <t>RL 6979</t>
+  </si>
+  <si>
+    <t>9370</t>
   </si>
   <si>
     <t>LUTALYSE</t>
   </si>
   <si>
-    <t>Word</t>
-[...1 lines deleted...]
-  <si>
     <t>RL 6987</t>
   </si>
   <si>
     <t>9378</t>
   </si>
   <si>
-    <t>5</t>
-[...4 lines deleted...]
-  <si>
     <t>SPEXIL</t>
   </si>
   <si>
     <t>RL 6996</t>
   </si>
   <si>
     <t>9445</t>
   </si>
   <si>
-    <t>UPJOHN</t>
-[...7 lines deleted...]
-  <si>
     <t>SURAZEM</t>
   </si>
   <si>
     <t>ZP 7005</t>
   </si>
   <si>
     <t>22250</t>
   </si>
   <si>
-    <t>TARASEP</t>
-[...28 lines deleted...]
-  <si>
     <t>S GROUPE SCHNEIDER</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>ZP 7012</t>
   </si>
   <si>
     <t>23644</t>
   </si>
   <si>
     <t>6, 7, 9, 11, 12, 19, 35, 36, 37, 38, 39, 40, 41, 42</t>
   </si>
   <si>
+    <t>KA</t>
+  </si>
+  <si>
+    <t>ZP 7015</t>
+  </si>
+  <si>
+    <t>22606</t>
+  </si>
+  <si>
+    <t>35, 39</t>
+  </si>
+  <si>
+    <t>AL ASTA &amp; LIŪTAS</t>
+  </si>
+  <si>
+    <t>ZP 7016</t>
+  </si>
+  <si>
+    <t>22624</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Xantia</t>
+  </si>
+  <si>
+    <t>ZP 7018</t>
+  </si>
+  <si>
+    <t>22818</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>VIENSĖDIJA</t>
+  </si>
+  <si>
+    <t>ZP 7019</t>
+  </si>
+  <si>
+    <t>23225</t>
+  </si>
+  <si>
+    <t>35, 36, 37</t>
+  </si>
+  <si>
     <t>L</t>
   </si>
   <si>
     <t>RL 7021</t>
   </si>
   <si>
     <t>11625</t>
   </si>
   <si>
     <t>9, 17</t>
   </si>
   <si>
-    <t>KA</t>
-[...44 lines deleted...]
-    <t>35, 36, 37</t>
+    <t>Basilit</t>
+  </si>
+  <si>
+    <t>RL 7034</t>
+  </si>
+  <si>
+    <t>9539</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Pyromors</t>
+  </si>
+  <si>
+    <t>RL 7035</t>
+  </si>
+  <si>
+    <t>9540</t>
+  </si>
+  <si>
+    <t>PYROTECT</t>
+  </si>
+  <si>
+    <t>RL 7037</t>
+  </si>
+  <si>
+    <t>9543</t>
+  </si>
+  <si>
+    <t>KONSOLAN</t>
+  </si>
+  <si>
+    <t>RL 7038</t>
+  </si>
+  <si>
+    <t>9544</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>PIROTEKT</t>
+  </si>
+  <si>
+    <t>RL 7039</t>
+  </si>
+  <si>
+    <t>9545</t>
+  </si>
+  <si>
+    <t>PIROMORS</t>
+  </si>
+  <si>
+    <t>RL 7040</t>
+  </si>
+  <si>
+    <t>9546</t>
+  </si>
+  <si>
+    <t>L'EQUIPE</t>
+  </si>
+  <si>
+    <t>RL 7043</t>
+  </si>
+  <si>
+    <t>10460</t>
+  </si>
+  <si>
+    <t>16, 25</t>
+  </si>
+  <si>
+    <t>EXACT</t>
+  </si>
+  <si>
+    <t>RL 7045</t>
+  </si>
+  <si>
+    <t>10461</t>
+  </si>
+  <si>
+    <t>UROTRAST</t>
+  </si>
+  <si>
+    <t>RL 7046</t>
+  </si>
+  <si>
+    <t>9549</t>
+  </si>
+  <si>
+    <t>trigema</t>
+  </si>
+  <si>
+    <t>RL 7048</t>
+  </si>
+  <si>
+    <t>10462</t>
+  </si>
+  <si>
+    <t>EMPREINTE</t>
+  </si>
+  <si>
+    <t>RL 7049</t>
+  </si>
+  <si>
+    <t>9550</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>COURREGES</t>
+  </si>
+  <si>
+    <t>RL 7050</t>
+  </si>
+  <si>
+    <t>9551</t>
+  </si>
+  <si>
+    <t>falke</t>
+  </si>
+  <si>
+    <t>RL 7054</t>
+  </si>
+  <si>
+    <t>10459</t>
+  </si>
+  <si>
+    <t>ZP 7047</t>
+  </si>
+  <si>
+    <t>22608</t>
+  </si>
+  <si>
+    <t>25, 28</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>ZP 7071</t>
+  </si>
+  <si>
+    <t>23793</t>
+  </si>
+  <si>
+    <t>1, 2</t>
+  </si>
+  <si>
+    <t>Morton</t>
+  </si>
+  <si>
+    <t>ZP 7072</t>
+  </si>
+  <si>
+    <t>23794</t>
+  </si>
+  <si>
+    <t>TANDEM</t>
+  </si>
+  <si>
+    <t>ZP 7075</t>
+  </si>
+  <si>
+    <t>22757</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>THE RISING HOPE VAN NELLE</t>
+  </si>
+  <si>
+    <t>ZP 7079</t>
+  </si>
+  <si>
+    <t>22332</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Sadolin</t>
+  </si>
+  <si>
+    <t>ZP 7081</t>
+  </si>
+  <si>
+    <t>23045</t>
   </si>
   <si>
     <t>XYLAMON</t>
   </si>
   <si>
     <t>RL 7033</t>
   </si>
   <si>
     <t>9538</t>
-  </si>
-[...190 lines deleted...]
-    <t>23045</t>
   </si>
   <si>
     <t>KOORDINAT</t>
   </si>
   <si>
     <t>RL 7111</t>
   </si>
   <si>
     <t>10421</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>SIPMOS</t>
   </si>
   <si>
     <t>RL 7112</t>
   </si>
   <si>
     <t>10422</t>
   </si>
   <si>
     <t>9</t>
   </si>
@@ -783,155 +783,155 @@
       </c>
       <c r="H3" t="n">
         <v>37738.0</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>2803.0</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H4" t="n">
         <v>37738.0</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>2804.0</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="n">
         <v>37738.0</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>2805.0</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="n">
         <v>37738.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>2806.0</v>
       </c>
       <c r="B7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="n">
         <v>37738.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>2807.0</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="H8" t="n">
         <v>37738.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" ht="75.0" customHeight="true">
       <c r="A9" t="n">
         <v>2808.0</v>
       </c>
       <c r="B9" t="s">
         <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>36</v>
       </c>
       <c r="D9" t="s">
         <v>37</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="G9" t="s">
@@ -1095,103 +1095,103 @@
       </c>
       <c r="H15" t="n">
         <v>37740.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>2815.0</v>
       </c>
       <c r="B16" t="s">
         <v>64</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>65</v>
       </c>
       <c r="E16" t="s">
         <v>66</v>
       </c>
       <c r="G16" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="H16" t="n">
         <v>37740.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>2816.0</v>
       </c>
       <c r="B17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
         <v>68</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>69</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="H17" t="n">
         <v>37740.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>2817.0</v>
       </c>
       <c r="B18" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" t="s">
+        <v>36</v>
+      </c>
+      <c r="D18" t="s">
         <v>71</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>72</v>
       </c>
-      <c r="E18" t="s">
+      <c r="G18" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="H18" t="n">
         <v>37740.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>2818.0</v>
       </c>
       <c r="B19" t="s">
         <v>74</v>
       </c>
       <c r="C19" t="s">
         <v>36</v>
       </c>
       <c r="D19" t="s">
         <v>75</v>
       </c>
       <c r="E19" t="s">
         <v>76</v>
       </c>
       <c r="G19" t="s">
@@ -1199,415 +1199,415 @@
       </c>
       <c r="H19" t="n">
         <v>37740.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>2819.0</v>
       </c>
       <c r="B20" t="s">
         <v>77</v>
       </c>
       <c r="C20" t="s">
         <v>36</v>
       </c>
       <c r="D20" t="s">
         <v>78</v>
       </c>
       <c r="E20" t="s">
         <v>79</v>
       </c>
       <c r="G20" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="H20" t="n">
         <v>37740.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>2820.0</v>
       </c>
       <c r="B21" t="s">
         <v>80</v>
       </c>
       <c r="C21" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>81</v>
       </c>
       <c r="E21" t="s">
         <v>82</v>
       </c>
       <c r="G21" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="H21" t="n">
         <v>37740.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>2821.0</v>
       </c>
       <c r="B22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="D22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G22" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
       <c r="H22" t="n">
         <v>37740.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>2822.0</v>
       </c>
       <c r="B23" t="s">
         <v>87</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>88</v>
       </c>
       <c r="E23" t="s">
         <v>89</v>
       </c>
       <c r="G23" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H23" t="n">
         <v>37740.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>2823.0</v>
       </c>
       <c r="B24" t="s">
         <v>90</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>91</v>
       </c>
       <c r="E24" t="s">
         <v>92</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="H24" t="n">
         <v>37740.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>2824.0</v>
       </c>
       <c r="B25" t="s">
         <v>93</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>94</v>
       </c>
       <c r="E25" t="s">
         <v>95</v>
       </c>
       <c r="G25" t="s">
-        <v>51</v>
+        <v>96</v>
       </c>
       <c r="H25" t="n">
         <v>37740.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>2825.0</v>
       </c>
       <c r="B26" t="s">
+        <v>97</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>98</v>
+      </c>
+      <c r="E26" t="s">
+        <v>99</v>
+      </c>
+      <c r="G26" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
       <c r="H26" t="n">
         <v>37740.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>2826.0</v>
       </c>
       <c r="B27" t="s">
         <v>100</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="D27" t="s">
         <v>101</v>
       </c>
       <c r="E27" t="s">
         <v>102</v>
       </c>
       <c r="G27" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="H27" t="n">
         <v>37740.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>2827.0</v>
       </c>
       <c r="B28" t="s">
+        <v>90</v>
+      </c>
+      <c r="C28" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" t="s">
         <v>103</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>104</v>
       </c>
-      <c r="E28" t="s">
+      <c r="G28" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="H28" t="n">
         <v>37740.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>2828.0</v>
       </c>
       <c r="B29" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="C29" t="s">
         <v>36</v>
       </c>
       <c r="D29" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E29" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G29" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H29" t="n">
         <v>37740.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>2829.0</v>
       </c>
       <c r="B30" t="s">
+        <v>110</v>
+      </c>
+      <c r="C30" t="s">
+        <v>36</v>
+      </c>
+      <c r="D30" t="s">
+        <v>111</v>
+      </c>
+      <c r="E30" t="s">
+        <v>112</v>
+      </c>
+      <c r="G30" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
       <c r="H30" t="n">
         <v>37740.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>2830.0</v>
       </c>
       <c r="B31" t="s">
         <v>113</v>
       </c>
       <c r="C31" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>114</v>
       </c>
       <c r="E31" t="s">
         <v>115</v>
       </c>
       <c r="G31" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="H31" t="n">
         <v>37740.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>2831.0</v>
       </c>
       <c r="B32" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="D32" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E32" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G32" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H32" t="n">
         <v>37740.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>2832.0</v>
       </c>
       <c r="B33" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C33" t="s">
         <v>36</v>
       </c>
       <c r="D33" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E33" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G33" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="H33" t="n">
         <v>37740.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>2833.0</v>
       </c>
       <c r="B34" t="s">
         <v>124</v>
       </c>
       <c r="C34" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>125</v>
       </c>
       <c r="E34" t="s">
         <v>126</v>
       </c>
       <c r="G34" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="H34" t="n">
         <v>37740.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>2834.0</v>
       </c>
       <c r="B35" t="s">
         <v>127</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>128</v>
       </c>
       <c r="E35" t="s">
         <v>129</v>
       </c>
       <c r="G35" t="s">
@@ -1771,51 +1771,51 @@
       </c>
       <c r="H41" t="n">
         <v>37741.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2841.0</v>
       </c>
       <c r="B42" t="s">
         <v>152</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>153</v>
       </c>
       <c r="E42" t="s">
         <v>154</v>
       </c>
       <c r="G42" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="H42" t="n">
         <v>37741.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>2842.0</v>
       </c>
       <c r="B43" t="s">
         <v>155</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>156</v>
       </c>
       <c r="E43" t="s">
         <v>157</v>
       </c>
       <c r="G43" t="s">