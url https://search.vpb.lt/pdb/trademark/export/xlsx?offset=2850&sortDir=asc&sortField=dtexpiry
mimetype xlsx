--- v0 (2025-11-10)
+++ v1 (2026-03-31)
@@ -7,80 +7,80 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="176">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="182">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>XMove</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>RL 7084</t>
   </si>
   <si>
     <t>10869</t>
   </si>
   <si>
     <t>9, 42</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>NANOBEAM</t>
   </si>
   <si>
     <t>Word</t>
   </si>
@@ -153,161 +153,161 @@
   <si>
     <t>RL 7091</t>
   </si>
   <si>
     <t>10345</t>
   </si>
   <si>
     <t>SINIX</t>
   </si>
   <si>
     <t>RL 7092</t>
   </si>
   <si>
     <t>10344</t>
   </si>
   <si>
     <t>Sincal</t>
   </si>
   <si>
     <t>RL 7094</t>
   </si>
   <si>
     <t>10429</t>
   </si>
   <si>
+    <t>STABILIPAN</t>
+  </si>
+  <si>
+    <t>RL 7101</t>
+  </si>
+  <si>
+    <t>10351</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>MULTISPOT</t>
+  </si>
+  <si>
+    <t>RL 7102</t>
+  </si>
+  <si>
+    <t>10352</t>
+  </si>
+  <si>
+    <t>SIMSAVE</t>
+  </si>
+  <si>
+    <t>RL 7103</t>
+  </si>
+  <si>
+    <t>10353</t>
+  </si>
+  <si>
+    <t>SIMOVIS</t>
+  </si>
+  <si>
+    <t>RL 7104</t>
+  </si>
+  <si>
+    <t>10354</t>
+  </si>
+  <si>
+    <t>MULTISKOP</t>
+  </si>
+  <si>
+    <t>RL 7105</t>
+  </si>
+  <si>
+    <t>10355</t>
+  </si>
+  <si>
     <t>Siplan</t>
   </si>
   <si>
     <t>RL 7097</t>
   </si>
   <si>
     <t>10347</t>
   </si>
   <si>
     <t>COMET</t>
   </si>
   <si>
     <t>RL 7098</t>
   </si>
   <si>
     <t>10348</t>
   </si>
   <si>
     <t>9, 35, 42</t>
   </si>
   <si>
     <t>DIWOS</t>
   </si>
   <si>
     <t>RL 7099</t>
   </si>
   <si>
     <t>10349</t>
   </si>
   <si>
     <t>9, 16</t>
   </si>
   <si>
-    <t>STABILIPAN</t>
-[...44 lines deleted...]
-    <t>10355</t>
+    <t>SIEMENS NIXDORF</t>
+  </si>
+  <si>
+    <t>RL 7106</t>
+  </si>
+  <si>
+    <t>11384</t>
+  </si>
+  <si>
+    <t>6, 7, 9, 11, 16, 20, 28, 36, 37, 41, 42</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
+    <t>RL 7122</t>
+  </si>
+  <si>
+    <t>11044</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
     <t>RL 7123</t>
   </si>
   <si>
     <t>11045</t>
   </si>
   <si>
-    <t>28</t>
-[...19 lines deleted...]
-  <si>
     <t>SPACE SYSTEM</t>
   </si>
   <si>
     <t>RL 7169</t>
   </si>
   <si>
     <t>10428</t>
   </si>
   <si>
     <t>THE BHAKTIVEDANTA BOOK TRUST</t>
   </si>
   <si>
     <t>RL 7171</t>
   </si>
   <si>
     <t>9634</t>
   </si>
   <si>
     <t>SAVISOL</t>
   </si>
   <si>
     <t>RL 7187</t>
   </si>
   <si>
     <t>10479</t>
@@ -435,150 +435,168 @@
   <si>
     <t>10499</t>
   </si>
   <si>
     <t>gerald genta</t>
   </si>
   <si>
     <t>ZP 7179</t>
   </si>
   <si>
     <t>22177</t>
   </si>
   <si>
     <t>Continental</t>
   </si>
   <si>
     <t>ZP 7186</t>
   </si>
   <si>
     <t>22366</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>SCLAIR</t>
-[...52 lines deleted...]
-  <si>
     <t>WordPerfect</t>
   </si>
   <si>
     <t>RL 7272</t>
   </si>
   <si>
     <t>9663</t>
   </si>
   <si>
     <t>RL 7273</t>
   </si>
   <si>
     <t>9664</t>
   </si>
   <si>
-    <t>MOTUL</t>
-[...29 lines deleted...]
-    <t>9667</t>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>ZP 7224</t>
+  </si>
+  <si>
+    <t>22668</t>
+  </si>
+  <si>
+    <t>35, 42</t>
+  </si>
+  <si>
+    <t>GINSU</t>
+  </si>
+  <si>
+    <t>RL 7297</t>
+  </si>
+  <si>
+    <t>10503</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>t</t>
+  </si>
+  <si>
+    <t>ZP 7225</t>
+  </si>
+  <si>
+    <t>22450</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>AJ auto jums</t>
+  </si>
+  <si>
+    <t>ZP 7226</t>
+  </si>
+  <si>
+    <t>23111</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>VARRIT</t>
+  </si>
+  <si>
+    <t>RL 7299</t>
+  </si>
+  <si>
+    <t>10504</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>ZP 7258</t>
+  </si>
+  <si>
+    <t>23127</t>
+  </si>
+  <si>
+    <t>6, 40</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>ZP 7262</t>
+  </si>
+  <si>
+    <t>22575</t>
+  </si>
+  <si>
+    <t>19, 35, 37, 42</t>
+  </si>
+  <si>
+    <t>PRO ONE</t>
+  </si>
+  <si>
+    <t>RL 7300</t>
+  </si>
+  <si>
+    <t>10505</t>
+  </si>
+  <si>
+    <t>18, 25, 28</t>
+  </si>
+  <si>
+    <t>Algesa</t>
+  </si>
+  <si>
+    <t>ZP 7263</t>
+  </si>
+  <si>
+    <t>22572</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -912,311 +930,311 @@
       </c>
       <c r="H11" t="n">
         <v>37741.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>2861.0</v>
       </c>
       <c r="B12" t="s">
         <v>48</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>49</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="H12" t="n">
         <v>37741.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>2862.0</v>
       </c>
       <c r="B13" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" t="s">
         <v>51</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H13" t="n">
         <v>37741.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>2863.0</v>
       </c>
       <c r="B14" t="s">
         <v>55</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>56</v>
       </c>
       <c r="E14" t="s">
         <v>57</v>
       </c>
       <c r="G14" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="H14" t="n">
         <v>37741.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>2864.0</v>
       </c>
       <c r="B15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
         <v>59</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>60</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="H15" t="n">
         <v>37741.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>2865.0</v>
       </c>
       <c r="B16" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>62</v>
+      </c>
+      <c r="E16" t="s">
         <v>63</v>
       </c>
-      <c r="C16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G16" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="H16" t="n">
         <v>37741.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>2866.0</v>
       </c>
       <c r="B17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="n">
         <v>37741.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>2867.0</v>
       </c>
       <c r="B18" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E18" t="s">
         <v>69</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="G18" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H18" t="n">
         <v>37741.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>2868.0</v>
       </c>
       <c r="B19" t="s">
+        <v>71</v>
+      </c>
+      <c r="C19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" t="s">
         <v>72</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>73</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H19" t="n">
         <v>37741.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>2869.0</v>
       </c>
       <c r="B20" t="s">
-        <v>2</v>
+        <v>75</v>
       </c>
       <c r="C20" t="s">
-        <v>75</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>76</v>
       </c>
       <c r="E20" t="s">
         <v>77</v>
       </c>
       <c r="G20" t="s">
         <v>78</v>
       </c>
       <c r="H20" t="n">
         <v>37741.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>2870.0</v>
       </c>
       <c r="B21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C21" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>80</v>
       </c>
       <c r="E21" t="s">
         <v>81</v>
       </c>
       <c r="G21" t="s">
         <v>82</v>
       </c>
       <c r="H21" t="n">
         <v>37741.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>2871.0</v>
       </c>
       <c r="B22" t="s">
         <v>2</v>
       </c>
       <c r="C22" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D22" t="s">
         <v>83</v>
       </c>
       <c r="E22" t="s">
         <v>84</v>
       </c>
       <c r="G22" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="H22" t="n">
         <v>37741.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>2872.0</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>86</v>
       </c>
       <c r="E23" t="s">
         <v>87</v>
       </c>
       <c r="G23" t="s">
@@ -1224,51 +1242,51 @@
       </c>
       <c r="H23" t="n">
         <v>37744.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>2873.0</v>
       </c>
       <c r="B24" t="s">
         <v>88</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>89</v>
       </c>
       <c r="E24" t="s">
         <v>90</v>
       </c>
       <c r="G24" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="H24" t="n">
         <v>37744.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>2874.0</v>
       </c>
       <c r="B25" t="s">
         <v>91</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>92</v>
       </c>
       <c r="E25" t="s">
         <v>93</v>
       </c>
       <c r="G25" t="s">
@@ -1666,311 +1684,311 @@
       </c>
       <c r="H40" t="n">
         <v>37744.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>2890.0</v>
       </c>
       <c r="B41" t="s">
         <v>142</v>
       </c>
       <c r="C41" t="s">
         <v>17</v>
       </c>
       <c r="D41" t="s">
         <v>143</v>
       </c>
       <c r="E41" t="s">
         <v>144</v>
       </c>
       <c r="G41" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="H41" t="n">
         <v>37745.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2891.0</v>
       </c>
       <c r="B42" t="s">
+        <v>142</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
         <v>145</v>
       </c>
-      <c r="C42" t="s">
-[...2 lines deleted...]
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>146</v>
       </c>
-      <c r="E42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="H42" t="n">
         <v>37745.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>2892.0</v>
       </c>
       <c r="B43" t="s">
+        <v>147</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
         <v>148</v>
       </c>
-      <c r="C43" t="s">
-[...2 lines deleted...]
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>149</v>
       </c>
-      <c r="E43" t="s">
+      <c r="G43" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="H43" t="n">
         <v>37745.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>2893.0</v>
       </c>
       <c r="B44" t="s">
         <v>151</v>
       </c>
       <c r="C44" t="s">
         <v>17</v>
       </c>
       <c r="D44" t="s">
         <v>152</v>
       </c>
       <c r="E44" t="s">
         <v>153</v>
       </c>
       <c r="G44" t="s">
-        <v>38</v>
+        <v>154</v>
       </c>
       <c r="H44" t="n">
         <v>37745.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>2894.0</v>
       </c>
       <c r="B45" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C45" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E45" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G45" t="s">
-        <v>104</v>
+        <v>158</v>
       </c>
       <c r="H45" t="n">
         <v>37745.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>2895.0</v>
       </c>
       <c r="B46" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C46" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E46" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="G46" t="s">
-        <v>104</v>
+        <v>162</v>
       </c>
       <c r="H46" t="n">
         <v>37745.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>2896.0</v>
       </c>
       <c r="B47" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C47" t="s">
         <v>17</v>
       </c>
       <c r="D47" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E47" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G47" t="s">
-        <v>38</v>
+        <v>166</v>
       </c>
       <c r="H47" t="n">
         <v>37745.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>2897.0</v>
       </c>
       <c r="B48" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E48" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="G48" t="s">
-        <v>38</v>
+        <v>170</v>
       </c>
       <c r="H48" t="n">
         <v>37745.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>2898.0</v>
       </c>
       <c r="B49" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="E49" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="G49" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="H49" t="n">
         <v>37745.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>2899.0</v>
       </c>
       <c r="B50" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="E50" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="G50" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="H50" t="n">
         <v>37745.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>2900.0</v>
       </c>
       <c r="B51" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
+        <v>180</v>
+      </c>
+      <c r="E51" t="s">
+        <v>181</v>
+      </c>
+      <c r="G51" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="H51" t="n">
         <v>37745.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>