--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -208,131 +208,131 @@
   <si>
     <t>McGIUNNESS OLD CANADA</t>
   </si>
   <si>
     <t>99-2621</t>
   </si>
   <si>
     <t>41415</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ZP 9536</t>
   </si>
   <si>
     <t>23259</t>
   </si>
   <si>
     <t>11, 35, 41, 42</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
+    <t>LAUMENĖ</t>
+  </si>
+  <si>
+    <t>97-1471</t>
+  </si>
+  <si>
+    <t>33906</t>
+  </si>
+  <si>
     <t>MARGIRIS</t>
   </si>
   <si>
     <t>97-3938</t>
   </si>
   <si>
     <t>35489</t>
   </si>
   <si>
-    <t>LAUMENĖ</t>
-[...5 lines deleted...]
-    <t>33906</t>
+    <t>ARILIN</t>
+  </si>
+  <si>
+    <t>98-3920</t>
+  </si>
+  <si>
+    <t>38750</t>
   </si>
   <si>
     <t>Eglutė</t>
   </si>
   <si>
     <t>97-3730</t>
   </si>
   <si>
     <t>35606</t>
   </si>
   <si>
-    <t>ARILIN</t>
-[...7 lines deleted...]
-  <si>
     <t>PAUKŠČIŲ PIENELIS</t>
   </si>
   <si>
     <t>98-3806</t>
   </si>
   <si>
     <t>38661</t>
   </si>
   <si>
     <t>KENTON</t>
   </si>
   <si>
     <t>98-0539</t>
   </si>
   <si>
     <t>36947</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
+    <t>bina</t>
+  </si>
+  <si>
+    <t>ZP 14250</t>
+  </si>
+  <si>
+    <t>25503</t>
+  </si>
+  <si>
+    <t>14, 18, 20, 35</t>
+  </si>
+  <si>
     <t>b x</t>
   </si>
   <si>
     <t>ZP 14240</t>
   </si>
   <si>
     <t>24841</t>
   </si>
   <si>
     <t>14, 35, 42</t>
   </si>
   <si>
-    <t>bina</t>
-[...10 lines deleted...]
-  <si>
     <t>MS LOGISTIC Internationale Spedition</t>
   </si>
   <si>
     <t>2000 1726</t>
   </si>
   <si>
     <t>42633</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>ZP 9767</t>
   </si>
   <si>
     <t>23552</t>
   </si>
   <si>
     <t>29, 31, 35</t>
   </si>
   <si>
     <t>REGULANAS</t>
@@ -430,80 +430,80 @@
   <si>
     <t>ALCATEL ARCHITECTS OF AN INTERNET WORLD</t>
   </si>
   <si>
     <t>2000 2088</t>
   </si>
   <si>
     <t>43546</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>m&amp;m's CRISPY</t>
   </si>
   <si>
     <t>99-0346</t>
   </si>
   <si>
     <t>39298</t>
   </si>
   <si>
     <t>28, 29, 30</t>
   </si>
   <si>
+    <t>TELEMARATONAS AD REM</t>
+  </si>
+  <si>
+    <t>97-1139</t>
+  </si>
+  <si>
+    <t>36916</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>Telamaratonas ad rem</t>
+  </si>
+  <si>
+    <t>97-1140</t>
+  </si>
+  <si>
+    <t>36917</t>
+  </si>
+  <si>
     <t>NASTOJAŠČAJA SMIRNOVSKAJA VODKA</t>
   </si>
   <si>
     <t>98-1750</t>
   </si>
   <si>
     <t>37733</t>
   </si>
   <si>
-    <t>Telamaratonas ad rem</t>
-[...19 lines deleted...]
-  <si>
     <t>MECO</t>
   </si>
   <si>
     <t>ZP 11167</t>
   </si>
   <si>
     <t>25278</t>
   </si>
   <si>
     <t>20, 35, 42</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>ZP 11107</t>
   </si>
   <si>
     <t>23465</t>
   </si>
   <si>
     <t>35, 36</t>
   </si>
   <si>
     <t>DABA AJ</t>
@@ -568,60 +568,60 @@
   <si>
     <t>35, 36, 37, 39, 42</t>
   </si>
   <si>
     <t>MES PATYS</t>
   </si>
   <si>
     <t>ZP 14434</t>
   </si>
   <si>
     <t>25084</t>
   </si>
   <si>
     <t>9, 16, 35, 42</t>
   </si>
   <si>
     <t>TUKAS</t>
   </si>
   <si>
     <t>99-0718</t>
   </si>
   <si>
     <t>39371</t>
   </si>
   <si>
-    <t>L LAIVA</t>
-[...8 lines deleted...]
-    <t>16, 30, 31, 35, 37, 42</t>
+    <t>RIMI Pirkite pigiau</t>
+  </si>
+  <si>
+    <t>2000 2007</t>
+  </si>
+  <si>
+    <t>42728</t>
+  </si>
+  <si>
+    <t>35, 42</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -746,57 +746,57 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="576000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>972000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="972000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1050,114 +1050,114 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="684000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>37</xdr:row>
-      <xdr:rowOff>396000</xdr:rowOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>936000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="396000"/>
+          <a:ext cx="1080000" cy="936000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>38</xdr:row>
-      <xdr:rowOff>936000</xdr:rowOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="936000"/>
+          <a:ext cx="1080000" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.8125" customWidth="true"/>
     <col min="2" max="2" width="31.25" customWidth="true"/>
     <col min="3" max="3" width="15.625" customWidth="true"/>
@@ -1583,129 +1583,129 @@
       </c>
       <c r="H16" t="n">
         <v>37140.0</v>
       </c>
       <c r="I16" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>316.0</v>
       </c>
       <c r="B17" t="s">
         <v>66</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>67</v>
       </c>
       <c r="E17" t="s">
         <v>68</v>
       </c>
       <c r="G17" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="H17" t="n">
         <v>37146.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>317.0</v>
       </c>
       <c r="B18" t="s">
         <v>69</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="E18" t="s">
         <v>71</v>
       </c>
       <c r="G18" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="H18" t="n">
         <v>37146.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>318.0</v>
       </c>
       <c r="B19" t="s">
         <v>72</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>73</v>
       </c>
       <c r="E19" t="s">
         <v>74</v>
       </c>
       <c r="G19" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="H19" t="n">
         <v>37159.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>319.0</v>
       </c>
       <c r="B20" t="s">
         <v>75</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>76</v>
       </c>
       <c r="E20" t="s">
         <v>77</v>
       </c>
       <c r="G20" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="H20" t="n">
         <v>37159.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>320.0</v>
       </c>
       <c r="B21" t="s">
         <v>78</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>79</v>
       </c>
       <c r="E21" t="s">
         <v>80</v>
       </c>
       <c r="G21" t="s">
@@ -1722,77 +1722,77 @@
       <c r="A22" t="n">
         <v>321.0</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>82</v>
       </c>
       <c r="E22" t="s">
         <v>83</v>
       </c>
       <c r="G22" t="s">
         <v>84</v>
       </c>
       <c r="H22" t="n">
         <v>37162.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="23">
+    <row r="23" ht="76.4" customHeight="true">
       <c r="A23" t="n">
         <v>322.0</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" t="s">
         <v>86</v>
       </c>
       <c r="E23" t="s">
         <v>87</v>
       </c>
       <c r="G23" t="s">
         <v>88</v>
       </c>
       <c r="H23" t="n">
         <v>37164.0</v>
       </c>
       <c r="I23" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="24" ht="76.4" customHeight="true">
+    <row r="24">
       <c r="A24" t="n">
         <v>323.0</v>
       </c>
       <c r="B24" t="s">
         <v>89</v>
       </c>
       <c r="C24" t="s">
         <v>37</v>
       </c>
       <c r="D24" t="s">
         <v>90</v>
       </c>
       <c r="E24" t="s">
         <v>91</v>
       </c>
       <c r="G24" t="s">
         <v>92</v>
       </c>
       <c r="H24" t="n">
         <v>37164.0</v>
       </c>
       <c r="I24" t="s">
         <v>65</v>
       </c>
     </row>
@@ -2112,120 +2112,120 @@
       <c r="A37" t="n">
         <v>336.0</v>
       </c>
       <c r="B37" t="s">
         <v>136</v>
       </c>
       <c r="C37" t="s">
         <v>37</v>
       </c>
       <c r="D37" t="s">
         <v>137</v>
       </c>
       <c r="E37" t="s">
         <v>138</v>
       </c>
       <c r="G37" t="s">
         <v>139</v>
       </c>
       <c r="H37" t="n">
         <v>37202.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="38" ht="75.0" customHeight="true">
+    <row r="38">
       <c r="A38" t="n">
         <v>337.0</v>
       </c>
       <c r="B38" t="s">
         <v>140</v>
       </c>
       <c r="C38" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>141</v>
       </c>
       <c r="E38" t="s">
         <v>142</v>
       </c>
       <c r="G38" t="s">
-        <v>47</v>
+        <v>143</v>
       </c>
       <c r="H38" t="n">
         <v>37204.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" ht="75.0" customHeight="true">
       <c r="A39" t="n">
         <v>338.0</v>
       </c>
       <c r="B39" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C39" t="s">
         <v>37</v>
       </c>
       <c r="D39" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E39" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G39" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="H39" t="n">
         <v>37204.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="40">
+    <row r="40" ht="75.0" customHeight="true">
       <c r="A40" t="n">
         <v>339.0</v>
       </c>
       <c r="B40" t="s">
         <v>147</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="D40" t="s">
         <v>148</v>
       </c>
       <c r="E40" t="s">
         <v>149</v>
       </c>
       <c r="G40" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="H40" t="n">
         <v>37204.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>340.0</v>
       </c>
       <c r="B41" t="s">
         <v>150</v>
       </c>
       <c r="C41" t="s">
         <v>37</v>
       </c>
       <c r="D41" t="s">
         <v>151</v>
       </c>
       <c r="E41" t="s">
         <v>152</v>
       </c>
       <c r="G41" t="s">
@@ -2454,61 +2454,61 @@
       </c>
       <c r="D50" t="s">
         <v>184</v>
       </c>
       <c r="E50" t="s">
         <v>185</v>
       </c>
       <c r="G50" t="s">
         <v>19</v>
       </c>
       <c r="H50" t="n">
         <v>37229.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>350.0</v>
       </c>
       <c r="B51" t="s">
         <v>186</v>
       </c>
       <c r="C51" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>187</v>
       </c>
       <c r="E51" t="s">
         <v>188</v>
       </c>
       <c r="G51" t="s">
         <v>189</v>
       </c>
       <c r="H51" t="n">
         <v>37230.0</v>
       </c>
       <c r="I51" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>