--- v1 (2025-12-19)
+++ v2 (2026-03-24)
@@ -10,146 +10,146 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="190">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>GINTARINIAI</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>98-3163</t>
+  </si>
+  <si>
+    <t>38332</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Panaikinta registracija</t>
+  </si>
+  <si>
+    <t>PRINCESĖ</t>
+  </si>
+  <si>
+    <t>98-3167</t>
+  </si>
+  <si>
+    <t>38333</t>
+  </si>
+  <si>
+    <t>MADONA</t>
+  </si>
+  <si>
+    <t>98-3169</t>
+  </si>
+  <si>
+    <t>38335</t>
+  </si>
+  <si>
+    <t>MAGIJA</t>
+  </si>
+  <si>
+    <t>98-3176</t>
+  </si>
+  <si>
+    <t>38342</t>
+  </si>
+  <si>
+    <t>PUSRYTINIS</t>
+  </si>
+  <si>
+    <t>97-3771</t>
+  </si>
+  <si>
+    <t>33734</t>
+  </si>
+  <si>
+    <t>29, 35</t>
   </si>
   <si>
     <t>MARGIRIO</t>
   </si>
   <si>
-    <t>Word</t>
-[...1 lines deleted...]
-  <si>
     <t>97-3776</t>
   </si>
   <si>
     <t>37790</t>
   </si>
   <si>
-    <t>29, 35</t>
-[...52 lines deleted...]
-  <si>
     <t>Kamistad</t>
   </si>
   <si>
     <t>98-1739</t>
   </si>
   <si>
     <t>37887</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Karmen</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>99-0529</t>
   </si>
   <si>
     <t>38837</t>
   </si>
   <si>
     <t>OLIVIA</t>
@@ -265,74 +265,74 @@
   <si>
     <t>35606</t>
   </si>
   <si>
     <t>PAUKŠČIŲ PIENELIS</t>
   </si>
   <si>
     <t>98-3806</t>
   </si>
   <si>
     <t>38661</t>
   </si>
   <si>
     <t>KENTON</t>
   </si>
   <si>
     <t>98-0539</t>
   </si>
   <si>
     <t>36947</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
+    <t>b x</t>
+  </si>
+  <si>
+    <t>ZP 14240</t>
+  </si>
+  <si>
+    <t>24841</t>
+  </si>
+  <si>
+    <t>14, 35, 42</t>
+  </si>
+  <si>
     <t>bina</t>
   </si>
   <si>
     <t>ZP 14250</t>
   </si>
   <si>
     <t>25503</t>
   </si>
   <si>
     <t>14, 18, 20, 35</t>
   </si>
   <si>
-    <t>b x</t>
-[...10 lines deleted...]
-  <si>
     <t>MS LOGISTIC Internationale Spedition</t>
   </si>
   <si>
     <t>2000 1726</t>
   </si>
   <si>
     <t>42633</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>ZP 9767</t>
   </si>
   <si>
     <t>23552</t>
   </si>
   <si>
     <t>29, 31, 35</t>
   </si>
   <si>
     <t>REGULANAS</t>
@@ -484,144 +484,144 @@
   <si>
     <t>MECO</t>
   </si>
   <si>
     <t>ZP 11167</t>
   </si>
   <si>
     <t>25278</t>
   </si>
   <si>
     <t>20, 35, 42</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>ZP 11107</t>
   </si>
   <si>
     <t>23465</t>
   </si>
   <si>
     <t>35, 36</t>
   </si>
   <si>
+    <t>VISTA</t>
+  </si>
+  <si>
+    <t>ZP 5530</t>
+  </si>
+  <si>
+    <t>20952</t>
+  </si>
+  <si>
+    <t>7, 8, 12, 21</t>
+  </si>
+  <si>
     <t>DABA AJ</t>
   </si>
   <si>
     <t>ZP 8674</t>
   </si>
   <si>
     <t>23651</t>
   </si>
   <si>
     <t>16, 35, 42</t>
   </si>
   <si>
-    <t>VISTA</t>
-[...10 lines deleted...]
-  <si>
     <t>GELTONOJI UPĖ</t>
   </si>
   <si>
     <t>99-1648</t>
   </si>
   <si>
     <t>40003</t>
   </si>
   <si>
     <t>Avietė</t>
   </si>
   <si>
     <t>97-3162</t>
   </si>
   <si>
     <t>35573</t>
   </si>
   <si>
+    <t>EKLIPTIKA</t>
+  </si>
+  <si>
+    <t>ZP 14234</t>
+  </si>
+  <si>
+    <t>25171</t>
+  </si>
+  <si>
+    <t>35, 36, 37, 39, 42</t>
+  </si>
+  <si>
     <t>ZP 13108</t>
   </si>
   <si>
     <t>23763</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>EKLIPTIKA</t>
-[...10 lines deleted...]
-  <si>
     <t>MES PATYS</t>
   </si>
   <si>
     <t>ZP 14434</t>
   </si>
   <si>
     <t>25084</t>
   </si>
   <si>
     <t>9, 16, 35, 42</t>
   </si>
   <si>
     <t>TUKAS</t>
   </si>
   <si>
     <t>99-0718</t>
   </si>
   <si>
     <t>39371</t>
   </si>
   <si>
-    <t>RIMI Pirkite pigiau</t>
-[...8 lines deleted...]
-    <t>35, 42</t>
+    <t>L LAIVA</t>
+  </si>
+  <si>
+    <t>ZP 8601</t>
+  </si>
+  <si>
+    <t>23536</t>
+  </si>
+  <si>
+    <t>16, 30, 31, 35, 37, 42</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -746,57 +746,57 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="576000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>972000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="972000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1219,155 +1219,155 @@
       </c>
       <c r="H2" t="n">
         <v>37021.0</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>302.0</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H3" t="n">
         <v>37021.0</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>303.0</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H4" t="n">
         <v>37021.0</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>304.0</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E5" t="s">
         <v>24</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H5" t="n">
         <v>37021.0</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>305.0</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" t="s">
         <v>27</v>
       </c>
-      <c r="E6" t="s">
+      <c r="G6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="H6" t="n">
         <v>37021.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>306.0</v>
       </c>
       <c r="B7" t="s">
         <v>29</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>30</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="H7" t="n">
         <v>37021.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>307.0</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
@@ -1375,51 +1375,51 @@
       </c>
       <c r="H8" t="n">
         <v>37032.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>308.0</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9" t="s">
         <v>38</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="G9" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H9" t="n">
         <v>37034.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>309.0</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>41</v>
       </c>
       <c r="E10" t="s">
         <v>42</v>
       </c>
       <c r="G10" t="s">
@@ -1583,51 +1583,51 @@
       </c>
       <c r="H16" t="n">
         <v>37140.0</v>
       </c>
       <c r="I16" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>316.0</v>
       </c>
       <c r="B17" t="s">
         <v>66</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>67</v>
       </c>
       <c r="E17" t="s">
         <v>68</v>
       </c>
       <c r="G17" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H17" t="n">
         <v>37146.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>317.0</v>
       </c>
       <c r="B18" t="s">
         <v>69</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="E18" t="s">
         <v>71</v>
       </c>
       <c r="G18" t="s">
@@ -1661,138 +1661,138 @@
       </c>
       <c r="H19" t="n">
         <v>37159.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>319.0</v>
       </c>
       <c r="B20" t="s">
         <v>75</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>76</v>
       </c>
       <c r="E20" t="s">
         <v>77</v>
       </c>
       <c r="G20" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H20" t="n">
         <v>37159.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>320.0</v>
       </c>
       <c r="B21" t="s">
         <v>78</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>79</v>
       </c>
       <c r="E21" t="s">
         <v>80</v>
       </c>
       <c r="G21" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H21" t="n">
         <v>37161.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>321.0</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>82</v>
       </c>
       <c r="E22" t="s">
         <v>83</v>
       </c>
       <c r="G22" t="s">
         <v>84</v>
       </c>
       <c r="H22" t="n">
         <v>37162.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="23" ht="76.4" customHeight="true">
+    <row r="23">
       <c r="A23" t="n">
         <v>322.0</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" t="s">
         <v>86</v>
       </c>
       <c r="E23" t="s">
         <v>87</v>
       </c>
       <c r="G23" t="s">
         <v>88</v>
       </c>
       <c r="H23" t="n">
         <v>37164.0</v>
       </c>
       <c r="I23" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="24">
+    <row r="24" ht="76.4" customHeight="true">
       <c r="A24" t="n">
         <v>323.0</v>
       </c>
       <c r="B24" t="s">
         <v>89</v>
       </c>
       <c r="C24" t="s">
         <v>37</v>
       </c>
       <c r="D24" t="s">
         <v>90</v>
       </c>
       <c r="E24" t="s">
         <v>91</v>
       </c>
       <c r="G24" t="s">
         <v>92</v>
       </c>
       <c r="H24" t="n">
         <v>37164.0</v>
       </c>
       <c r="I24" t="s">
         <v>65</v>
       </c>
     </row>
@@ -2051,51 +2051,51 @@
       </c>
       <c r="H34" t="n">
         <v>37194.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>334.0</v>
       </c>
       <c r="B35" t="s">
         <v>129</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>130</v>
       </c>
       <c r="E35" t="s">
         <v>131</v>
       </c>
       <c r="G35" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H35" t="n">
         <v>37200.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" ht="75.0" customHeight="true">
       <c r="A36" t="n">
         <v>335.0</v>
       </c>
       <c r="B36" t="s">
         <v>132</v>
       </c>
       <c r="C36" t="s">
         <v>37</v>
       </c>
       <c r="D36" t="s">
         <v>133</v>
       </c>
       <c r="E36" t="s">
         <v>134</v>
       </c>
       <c r="G36" t="s">
@@ -2309,118 +2309,118 @@
       </c>
       <c r="H44" t="n">
         <v>37222.0</v>
       </c>
       <c r="I44" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>344.0</v>
       </c>
       <c r="B45" t="s">
         <v>166</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>167</v>
       </c>
       <c r="E45" t="s">
         <v>168</v>
       </c>
       <c r="G45" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H45" t="n">
         <v>37224.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>345.0</v>
       </c>
       <c r="B46" t="s">
         <v>169</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>170</v>
       </c>
       <c r="E46" t="s">
         <v>171</v>
       </c>
       <c r="G46" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H46" t="n">
         <v>37225.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>346.0</v>
       </c>
-      <c r="B47"/>
+      <c r="B47" t="s">
+        <v>172</v>
+      </c>
       <c r="C47" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="D47" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E47" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G47" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H47" t="n">
         <v>37227.0</v>
       </c>
       <c r="I47" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>347.0</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B48"/>
       <c r="C48" t="s">
-        <v>37</v>
+        <v>154</v>
       </c>
       <c r="D48" t="s">
         <v>176</v>
       </c>
       <c r="E48" t="s">
         <v>177</v>
       </c>
       <c r="G48" t="s">
         <v>178</v>
       </c>
       <c r="H48" t="n">
         <v>37227.0</v>
       </c>
       <c r="I48" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>348.0</v>
       </c>
       <c r="B49" t="s">
         <v>179</v>
       </c>
       <c r="C49" t="s">
@@ -2437,78 +2437,78 @@
       </c>
       <c r="H49" t="n">
         <v>37227.0</v>
       </c>
       <c r="I49" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>349.0</v>
       </c>
       <c r="B50" t="s">
         <v>183</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>184</v>
       </c>
       <c r="E50" t="s">
         <v>185</v>
       </c>
       <c r="G50" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H50" t="n">
         <v>37229.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>350.0</v>
       </c>
       <c r="B51" t="s">
         <v>186</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="D51" t="s">
         <v>187</v>
       </c>
       <c r="E51" t="s">
         <v>188</v>
       </c>
       <c r="G51" t="s">
         <v>189</v>
       </c>
       <c r="H51" t="n">
         <v>37230.0</v>
       </c>
       <c r="I51" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>