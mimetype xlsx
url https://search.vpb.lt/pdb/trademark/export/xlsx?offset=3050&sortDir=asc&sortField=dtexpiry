--- v0 (2025-11-10)
+++ v1 (2026-03-31)
@@ -7,469 +7,469 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="187">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="187">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...20 lines deleted...]
-    <t>Monolong</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>SEE &amp; SEW</t>
+  </si>
+  <si>
+    <t>Combined</t>
+  </si>
+  <si>
+    <t>ZP 7625</t>
+  </si>
+  <si>
+    <t>22705</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Išregistruotas</t>
+  </si>
+  <si>
+    <t>JOTUN</t>
+  </si>
+  <si>
+    <t>ZP 7631</t>
+  </si>
+  <si>
+    <t>22708</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Isis-Chemie</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
-    <t>ZP 7584</t>
-[...2 lines deleted...]
-    <t>23617</t>
+    <t>RL 7577</t>
+  </si>
+  <si>
+    <t>9973</t>
+  </si>
+  <si>
+    <t>1, 3, 5</t>
+  </si>
+  <si>
+    <t>Obsidan</t>
+  </si>
+  <si>
+    <t>RL 7578</t>
+  </si>
+  <si>
+    <t>9974</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Išregistruotas</t>
+    <t>Pentalong</t>
+  </si>
+  <si>
+    <t>RL 7579</t>
+  </si>
+  <si>
+    <t>9975</t>
+  </si>
+  <si>
+    <t>1, 5</t>
+  </si>
+  <si>
+    <t>Obsilazin</t>
+  </si>
+  <si>
+    <t>RL 7581</t>
+  </si>
+  <si>
+    <t>12158</t>
+  </si>
+  <si>
+    <t>Chinidin-retard-Isis</t>
+  </si>
+  <si>
+    <t>RL 7586</t>
+  </si>
+  <si>
+    <t>12156</t>
+  </si>
+  <si>
+    <t>INTER SPORT</t>
+  </si>
+  <si>
+    <t>RL 7588</t>
+  </si>
+  <si>
+    <t>12166</t>
+  </si>
+  <si>
+    <t>9, 18, 22, 25, 28</t>
+  </si>
+  <si>
+    <t>Kardin</t>
+  </si>
+  <si>
+    <t>RL 7582</t>
+  </si>
+  <si>
+    <t>12159</t>
   </si>
   <si>
     <t>ISIS</t>
   </si>
   <si>
-    <t>ZP 7585</t>
-[...32 lines deleted...]
-    <t>42</t>
+    <t>RL 7587</t>
+  </si>
+  <si>
+    <t>12155</t>
+  </si>
+  <si>
+    <t>ETIREL</t>
+  </si>
+  <si>
+    <t>RL 7589</t>
+  </si>
+  <si>
+    <t>12168</t>
+  </si>
+  <si>
+    <t>9, 18, 22, 25</t>
+  </si>
+  <si>
+    <t>TECNO PRO</t>
+  </si>
+  <si>
+    <t>RL 7590</t>
+  </si>
+  <si>
+    <t>12171</t>
+  </si>
+  <si>
+    <t>9, 12, 18, 22, 25, 28</t>
+  </si>
+  <si>
+    <t>CLOBEDERM</t>
+  </si>
+  <si>
+    <t>2001 1933</t>
+  </si>
+  <si>
+    <t>45781</t>
+  </si>
+  <si>
+    <t>Panaikinta registracija</t>
+  </si>
+  <si>
+    <t>Isicom</t>
+  </si>
+  <si>
+    <t>RL 7583</t>
+  </si>
+  <si>
+    <t>13904</t>
+  </si>
+  <si>
+    <t>3Com</t>
+  </si>
+  <si>
+    <t>ZP 8743</t>
+  </si>
+  <si>
+    <t>23665</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>CEZAR</t>
+  </si>
+  <si>
+    <t>2000 2527</t>
+  </si>
+  <si>
+    <t>43870</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>RL 7645</t>
+  </si>
+  <si>
+    <t>10889</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>LLADRO</t>
+  </si>
+  <si>
+    <t>RL 7646</t>
+  </si>
+  <si>
+    <t>10890</t>
+  </si>
+  <si>
+    <t>14, 18, 21, 25</t>
+  </si>
+  <si>
+    <t>AURORA-POLAR</t>
+  </si>
+  <si>
+    <t>RL 7647</t>
+  </si>
+  <si>
+    <t>10891</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>RL 7648</t>
+  </si>
+  <si>
+    <t>10892</t>
+  </si>
+  <si>
+    <t>35, 42</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>RL 7650</t>
+  </si>
+  <si>
+    <t>9817</t>
+  </si>
+  <si>
+    <t>7, 9, 11, 14</t>
+  </si>
+  <si>
+    <t>IPANA</t>
+  </si>
+  <si>
+    <t>RL 7693</t>
+  </si>
+  <si>
+    <t>9827</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>HOKKO</t>
+  </si>
+  <si>
+    <t>RL 7698</t>
+  </si>
+  <si>
+    <t>9828</t>
+  </si>
+  <si>
+    <t>Rodfords</t>
+  </si>
+  <si>
+    <t>RL 7656</t>
+  </si>
+  <si>
+    <t>9977</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>NORITAKE</t>
+  </si>
+  <si>
+    <t>RL 7699</t>
+  </si>
+  <si>
+    <t>9829</t>
+  </si>
+  <si>
+    <t>MARTELL</t>
+  </si>
+  <si>
+    <t>RL 7668</t>
+  </si>
+  <si>
+    <t>10905</t>
+  </si>
+  <si>
+    <t>RC JAPAN</t>
+  </si>
+  <si>
+    <t>RL 7700</t>
+  </si>
+  <si>
+    <t>9923</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Noritake</t>
+  </si>
+  <si>
+    <t>RL 7701</t>
+  </si>
+  <si>
+    <t>9830</t>
+  </si>
+  <si>
+    <t>9, 11</t>
+  </si>
+  <si>
+    <t>VERSALON</t>
+  </si>
+  <si>
+    <t>RL 7727</t>
+  </si>
+  <si>
+    <t>9833</t>
+  </si>
+  <si>
+    <t>RIDOLINE</t>
+  </si>
+  <si>
+    <t>RL 7730</t>
+  </si>
+  <si>
+    <t>9836</t>
+  </si>
+  <si>
+    <t>PARCO</t>
+  </si>
+  <si>
+    <t>RL 7731</t>
+  </si>
+  <si>
+    <t>9837</t>
+  </si>
+  <si>
+    <t>GRANODINE</t>
+  </si>
+  <si>
+    <t>RL 7732</t>
+  </si>
+  <si>
+    <t>9838</t>
+  </si>
+  <si>
+    <t>BONDERITE</t>
+  </si>
+  <si>
+    <t>RL 7733</t>
+  </si>
+  <si>
+    <t>9839</t>
+  </si>
+  <si>
+    <t>AUTOPHORETIC</t>
+  </si>
+  <si>
+    <t>RL 7734</t>
+  </si>
+  <si>
+    <t>9840</t>
+  </si>
+  <si>
+    <t>ALODINE</t>
+  </si>
+  <si>
+    <t>RL 7735</t>
+  </si>
+  <si>
+    <t>9841</t>
+  </si>
+  <si>
+    <t>1, 2</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
-    <t>ZP 7594</t>
-[...325 lines deleted...]
-  <si>
     <t>ZP 7635</t>
   </si>
   <si>
     <t>23296</t>
   </si>
   <si>
     <t>30, 35, 37, 39, 40</t>
   </si>
   <si>
     <t>NTH POWER SYSTEM</t>
   </si>
   <si>
     <t>ZP 7643</t>
   </si>
   <si>
     <t>22482</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>CRUSLI</t>
   </si>
   <si>
     <t>ZP 7696</t>
@@ -543,75 +543,75 @@
   <si>
     <t>ZP 7720</t>
   </si>
   <si>
     <t>22496</t>
   </si>
   <si>
     <t>BOON</t>
   </si>
   <si>
     <t>ZP 7721</t>
   </si>
   <si>
     <t>22497</t>
   </si>
   <si>
     <t>LYRE</t>
   </si>
   <si>
     <t>ZP 7722</t>
   </si>
   <si>
     <t>22498</t>
   </si>
   <si>
+    <t>ZP 7743</t>
+  </si>
+  <si>
+    <t>23248</t>
+  </si>
+  <si>
+    <t>9, 12, 13</t>
+  </si>
+  <si>
     <t>KENNER</t>
   </si>
   <si>
     <t>ZP 7724</t>
   </si>
   <si>
     <t>22501</t>
   </si>
   <si>
     <t>ET AS EESTI TUBAKAS ESTONIAN TOBACCO LTD</t>
   </si>
   <si>
     <t>ZP 7738</t>
   </si>
   <si>
     <t>22385</t>
-  </si>
-[...7 lines deleted...]
-    <t>22133</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -776,1221 +776,1223 @@
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="n">
         <v>37755.0</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>3055.0</v>
       </c>
-      <c r="B6"/>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="n">
         <v>37755.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>3056.0</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="H7" t="n">
         <v>37755.0</v>
       </c>
       <c r="I7" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>3057.0</v>
       </c>
       <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>37</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>38</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="H8" t="n">
         <v>37755.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>3058.0</v>
       </c>
       <c r="B9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
         <v>40</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>41</v>
       </c>
-      <c r="E9" t="s">
+      <c r="G9" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="H9" t="n">
         <v>37755.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>3059.0</v>
       </c>
       <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" t="s">
         <v>44</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>45</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H10" t="n">
         <v>37755.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>3060.0</v>
       </c>
       <c r="B11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" t="s">
         <v>48</v>
       </c>
-      <c r="C11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="H11" t="n">
         <v>37755.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>3061.0</v>
       </c>
       <c r="B12" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
+        <v>50</v>
+      </c>
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="G12" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H12" t="n">
         <v>37755.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>3062.0</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="H13" t="n">
         <v>37755.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>3063.0</v>
       </c>
       <c r="B14" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
         <v>21</v>
       </c>
       <c r="D14" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" t="s">
         <v>59</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="H14" t="n">
         <v>37755.0</v>
       </c>
       <c r="I14" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>3064.0</v>
       </c>
       <c r="B15" t="s">
         <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D15" t="s">
         <v>62</v>
       </c>
       <c r="E15" t="s">
         <v>63</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="H15" t="n">
         <v>37755.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>3065.0</v>
       </c>
       <c r="B16" t="s">
         <v>64</v>
       </c>
       <c r="C16" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>65</v>
       </c>
       <c r="E16" t="s">
         <v>66</v>
       </c>
       <c r="G16" t="s">
         <v>67</v>
       </c>
       <c r="H16" t="n">
         <v>37756.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>3066.0</v>
       </c>
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D17" t="s">
         <v>69</v>
       </c>
       <c r="E17" t="s">
         <v>70</v>
       </c>
       <c r="G17" t="s">
         <v>71</v>
       </c>
       <c r="H17" t="n">
         <v>37756.0</v>
       </c>
       <c r="I17" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>3067.0</v>
       </c>
       <c r="B18" t="s">
         <v>72</v>
       </c>
       <c r="C18" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>73</v>
       </c>
       <c r="E18" t="s">
         <v>74</v>
       </c>
       <c r="G18" t="s">
         <v>75</v>
       </c>
       <c r="H18" t="n">
         <v>37758.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>3068.0</v>
       </c>
       <c r="B19" t="s">
         <v>76</v>
       </c>
       <c r="C19" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>77</v>
       </c>
       <c r="E19" t="s">
         <v>78</v>
       </c>
       <c r="G19" t="s">
         <v>79</v>
       </c>
       <c r="H19" t="n">
         <v>37758.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>3069.0</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
       <c r="C20" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>81</v>
       </c>
       <c r="E20" t="s">
         <v>82</v>
       </c>
       <c r="G20" t="s">
         <v>83</v>
       </c>
       <c r="H20" t="n">
         <v>37758.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>3070.0</v>
       </c>
       <c r="B21" t="s">
         <v>80</v>
       </c>
       <c r="C21" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>84</v>
       </c>
       <c r="E21" t="s">
         <v>85</v>
       </c>
       <c r="G21" t="s">
         <v>86</v>
       </c>
       <c r="H21" t="n">
         <v>37758.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>3071.0</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
       <c r="C22" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>88</v>
       </c>
       <c r="E22" t="s">
         <v>89</v>
       </c>
       <c r="G22" t="s">
         <v>90</v>
       </c>
       <c r="H22" t="n">
         <v>37758.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>3072.0</v>
       </c>
       <c r="B23" t="s">
         <v>91</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D23" t="s">
         <v>92</v>
       </c>
       <c r="E23" t="s">
         <v>93</v>
       </c>
       <c r="G23" t="s">
         <v>94</v>
       </c>
       <c r="H23" t="n">
         <v>37758.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>3073.0</v>
       </c>
       <c r="B24" t="s">
         <v>95</v>
       </c>
       <c r="C24" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>96</v>
       </c>
       <c r="E24" t="s">
         <v>97</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="H24" t="n">
         <v>37758.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>3074.0</v>
       </c>
       <c r="B25" t="s">
         <v>98</v>
       </c>
       <c r="C25" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>99</v>
       </c>
       <c r="E25" t="s">
         <v>100</v>
       </c>
       <c r="G25" t="s">
         <v>101</v>
       </c>
       <c r="H25" t="n">
         <v>37758.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>3075.0</v>
       </c>
       <c r="B26" t="s">
         <v>102</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D26" t="s">
         <v>103</v>
       </c>
       <c r="E26" t="s">
         <v>104</v>
       </c>
       <c r="G26" t="s">
         <v>94</v>
       </c>
       <c r="H26" t="n">
         <v>37758.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>3076.0</v>
       </c>
       <c r="B27" t="s">
         <v>105</v>
       </c>
       <c r="C27" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>106</v>
       </c>
       <c r="E27" t="s">
         <v>107</v>
       </c>
       <c r="G27" t="s">
         <v>71</v>
       </c>
       <c r="H27" t="n">
         <v>37758.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>3077.0</v>
       </c>
       <c r="B28" t="s">
         <v>108</v>
       </c>
       <c r="C28" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>109</v>
       </c>
       <c r="E28" t="s">
         <v>110</v>
       </c>
       <c r="G28" t="s">
         <v>111</v>
       </c>
       <c r="H28" t="n">
         <v>37758.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>3078.0</v>
       </c>
       <c r="B29" t="s">
         <v>112</v>
       </c>
       <c r="C29" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>113</v>
       </c>
       <c r="E29" t="s">
         <v>114</v>
       </c>
       <c r="G29" t="s">
         <v>115</v>
       </c>
       <c r="H29" t="n">
         <v>37758.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>3079.0</v>
       </c>
       <c r="B30" t="s">
         <v>116</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D30" t="s">
         <v>117</v>
       </c>
       <c r="E30" t="s">
         <v>118</v>
       </c>
       <c r="G30" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="H30" t="n">
         <v>37758.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>3080.0</v>
       </c>
       <c r="B31" t="s">
+        <v>119</v>
+      </c>
+      <c r="C31" t="s">
+        <v>21</v>
+      </c>
+      <c r="D31" t="s">
         <v>120</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>121</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="H31" t="n">
         <v>37758.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>3081.0</v>
       </c>
       <c r="B32" t="s">
+        <v>122</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
         <v>123</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>124</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="H32" t="n">
         <v>37758.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>3082.0</v>
       </c>
       <c r="B33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C33" t="s">
+        <v>21</v>
+      </c>
+      <c r="D33" t="s">
         <v>126</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>127</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="H33" t="n">
         <v>37758.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>3083.0</v>
       </c>
       <c r="B34" t="s">
+        <v>128</v>
+      </c>
+      <c r="C34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D34" t="s">
         <v>129</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>130</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="H34" t="n">
         <v>37758.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>3084.0</v>
       </c>
       <c r="B35" t="s">
+        <v>131</v>
+      </c>
+      <c r="C35" t="s">
+        <v>21</v>
+      </c>
+      <c r="D35" t="s">
         <v>132</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>133</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="H35" t="n">
         <v>37758.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>3085.0</v>
       </c>
       <c r="B36" t="s">
+        <v>134</v>
+      </c>
+      <c r="C36" t="s">
+        <v>21</v>
+      </c>
+      <c r="D36" t="s">
         <v>135</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>136</v>
       </c>
-      <c r="E36" t="s">
+      <c r="G36" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="H36" t="n">
         <v>37758.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>3086.0</v>
       </c>
       <c r="B37"/>
       <c r="C37" t="s">
-        <v>29</v>
+        <v>138</v>
       </c>
       <c r="D37" t="s">
         <v>139</v>
       </c>
       <c r="E37" t="s">
         <v>140</v>
       </c>
       <c r="G37" t="s">
         <v>141</v>
       </c>
       <c r="H37" t="n">
         <v>37758.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>3087.0</v>
       </c>
       <c r="B38" t="s">
         <v>142</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D38" t="s">
         <v>143</v>
       </c>
       <c r="E38" t="s">
         <v>144</v>
       </c>
       <c r="G38" t="s">
         <v>145</v>
       </c>
       <c r="H38" t="n">
         <v>37758.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>3088.0</v>
       </c>
       <c r="B39" t="s">
         <v>146</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D39" t="s">
         <v>147</v>
       </c>
       <c r="E39" t="s">
         <v>148</v>
       </c>
       <c r="G39" t="s">
         <v>149</v>
       </c>
       <c r="H39" t="n">
         <v>37758.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>3089.0</v>
       </c>
       <c r="B40" t="s">
         <v>150</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D40" t="s">
         <v>151</v>
       </c>
       <c r="E40" t="s">
         <v>152</v>
       </c>
       <c r="G40" t="s">
         <v>149</v>
       </c>
       <c r="H40" t="n">
         <v>37758.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>3090.0</v>
       </c>
       <c r="B41" t="s">
         <v>153</v>
       </c>
       <c r="C41" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>154</v>
       </c>
       <c r="E41" t="s">
         <v>155</v>
       </c>
       <c r="G41" t="s">
         <v>156</v>
       </c>
       <c r="H41" t="n">
         <v>37758.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>3091.0</v>
       </c>
       <c r="B42" t="s">
         <v>157</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D42" t="s">
         <v>158</v>
       </c>
       <c r="E42" t="s">
         <v>159</v>
       </c>
       <c r="G42" t="s">
         <v>101</v>
       </c>
       <c r="H42" t="n">
         <v>37758.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>3092.0</v>
       </c>
       <c r="B43" t="s">
         <v>160</v>
       </c>
       <c r="C43" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D43" t="s">
         <v>161</v>
       </c>
       <c r="E43" t="s">
         <v>162</v>
       </c>
       <c r="G43" t="s">
         <v>101</v>
       </c>
       <c r="H43" t="n">
         <v>37758.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>3093.0</v>
       </c>
       <c r="B44" t="s">
         <v>163</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D44" t="s">
         <v>164</v>
       </c>
       <c r="E44" t="s">
         <v>165</v>
       </c>
       <c r="G44" t="s">
         <v>101</v>
       </c>
       <c r="H44" t="n">
         <v>37758.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>3094.0</v>
       </c>
       <c r="B45" t="s">
         <v>166</v>
       </c>
       <c r="C45" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D45" t="s">
         <v>167</v>
       </c>
       <c r="E45" t="s">
         <v>168</v>
       </c>
       <c r="G45" t="s">
         <v>101</v>
       </c>
       <c r="H45" t="n">
         <v>37758.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>3095.0</v>
       </c>
       <c r="B46" t="s">
         <v>169</v>
       </c>
       <c r="C46" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D46" t="s">
         <v>170</v>
       </c>
       <c r="E46" t="s">
         <v>171</v>
       </c>
       <c r="G46" t="s">
         <v>101</v>
       </c>
       <c r="H46" t="n">
         <v>37758.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>3096.0</v>
       </c>
       <c r="B47" t="s">
         <v>172</v>
       </c>
       <c r="C47" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D47" t="s">
         <v>173</v>
       </c>
       <c r="E47" t="s">
         <v>174</v>
       </c>
       <c r="G47" t="s">
         <v>101</v>
       </c>
       <c r="H47" t="n">
         <v>37758.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>3097.0</v>
       </c>
       <c r="B48" t="s">
         <v>175</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D48" t="s">
         <v>176</v>
       </c>
       <c r="E48" t="s">
         <v>177</v>
       </c>
       <c r="G48" t="s">
         <v>101</v>
       </c>
       <c r="H48" t="n">
         <v>37758.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>3098.0</v>
       </c>
       <c r="B49" t="s">
-        <v>178</v>
+        <v>72</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
+        <v>178</v>
+      </c>
+      <c r="E49" t="s">
         <v>179</v>
       </c>
-      <c r="E49" t="s">
+      <c r="G49" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="H49" t="n">
         <v>37758.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>3099.0</v>
       </c>
       <c r="B50" t="s">
         <v>181</v>
       </c>
       <c r="C50" t="s">
         <v>21</v>
       </c>
       <c r="D50" t="s">
         <v>182</v>
       </c>
       <c r="E50" t="s">
         <v>183</v>
       </c>
       <c r="G50" t="s">
         <v>101</v>
       </c>
       <c r="H50" t="n">
         <v>37758.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>3100.0</v>
       </c>
       <c r="B51" t="s">
         <v>184</v>
       </c>
       <c r="C51" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>185</v>
       </c>
       <c r="E51" t="s">
         <v>186</v>
       </c>
       <c r="G51" t="s">
         <v>101</v>
       </c>
       <c r="H51" t="n">
         <v>37758.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">