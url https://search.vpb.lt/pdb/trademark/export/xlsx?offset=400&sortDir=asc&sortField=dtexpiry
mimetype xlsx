--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -100,182 +100,182 @@
   <si>
     <t>23697</t>
   </si>
   <si>
     <t>1, 31, 37, 42</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>STATUS</t>
   </si>
   <si>
     <t>ZP 14225</t>
   </si>
   <si>
     <t>24573</t>
   </si>
   <si>
     <t>16, 35, 36, 37, 38, 41, 42</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
+    <t>99-2383</t>
+  </si>
+  <si>
+    <t>41513</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
     <t>99-2129</t>
   </si>
   <si>
     <t>40513</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>99-2383</t>
-[...5 lines deleted...]
-    <t>35</t>
+    <t>Pohjanmaan KALUSTE</t>
+  </si>
+  <si>
+    <t>2000 1591</t>
+  </si>
+  <si>
+    <t>42885</t>
+  </si>
+  <si>
+    <t>ALUS ŠVENTINIS</t>
+  </si>
+  <si>
+    <t>98-3998</t>
+  </si>
+  <si>
+    <t>39723</t>
+  </si>
+  <si>
+    <t>KIRBY</t>
+  </si>
+  <si>
+    <t>99-2478</t>
+  </si>
+  <si>
+    <t>42749</t>
+  </si>
+  <si>
+    <t>3, 7, 10, 11, 21, 35, 41</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>ZP 14920</t>
+  </si>
+  <si>
+    <t>25350</t>
+  </si>
+  <si>
+    <t>42</t>
   </si>
   <si>
     <t>HAB projektas</t>
   </si>
   <si>
     <t>ZP 15837</t>
   </si>
   <si>
     <t>26049</t>
   </si>
   <si>
     <t>35, 42</t>
   </si>
   <si>
-    <t>L</t>
-[...38 lines deleted...]
-    <t>42885</t>
+    <t>Muzikos garsai. Re</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>97-2923</t>
+  </si>
+  <si>
+    <t>35723</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Aitvaras</t>
+  </si>
+  <si>
+    <t>97-3334</t>
+  </si>
+  <si>
+    <t>35904</t>
+  </si>
+  <si>
+    <t>Miražas</t>
+  </si>
+  <si>
+    <t>97-3335</t>
+  </si>
+  <si>
+    <t>35905</t>
   </si>
   <si>
     <t>ZP 13109</t>
   </si>
   <si>
     <t>24222</t>
   </si>
   <si>
     <t>18, 25, 35, 41</t>
   </si>
   <si>
-    <t>Aitvaras</t>
-[...22 lines deleted...]
-  <si>
     <t>Muzikos garsai. Do</t>
   </si>
   <si>
     <t>97-2917</t>
   </si>
   <si>
     <t>35717</t>
   </si>
   <si>
     <t>Muzikos garsai. Mi</t>
   </si>
   <si>
     <t>97-2922</t>
   </si>
   <si>
     <t>35722</t>
   </si>
   <si>
-    <t>Muzikos garsai. Re</t>
-[...7 lines deleted...]
-  <si>
     <t>ZP 11488</t>
   </si>
   <si>
     <t>23771</t>
   </si>
   <si>
     <t>35, 37, 42</t>
   </si>
   <si>
     <t>chambourcy</t>
   </si>
   <si>
     <t>ZP 15899</t>
   </si>
   <si>
     <t>25796</t>
   </si>
   <si>
     <t>29, 30, 32</t>
   </si>
   <si>
     <t>Budweiser</t>
   </si>
   <si>
     <t>97-1340</t>
@@ -334,267 +334,267 @@
   <si>
     <t>16</t>
   </si>
   <si>
     <t>VINSTA</t>
   </si>
   <si>
     <t>ZP 11140</t>
   </si>
   <si>
     <t>23458</t>
   </si>
   <si>
     <t>VILLON</t>
   </si>
   <si>
     <t>ZP 15841</t>
   </si>
   <si>
     <t>26050</t>
   </si>
   <si>
     <t>35, 37, 39, 42</t>
   </si>
   <si>
+    <t>VALDOVŲ RŪMAI</t>
+  </si>
+  <si>
+    <t>2001 0772</t>
+  </si>
+  <si>
+    <t>44217</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>TAMADA</t>
+  </si>
+  <si>
+    <t>99-1286</t>
+  </si>
+  <si>
+    <t>39426</t>
+  </si>
+  <si>
+    <t>99-1285</t>
+  </si>
+  <si>
+    <t>39425</t>
+  </si>
+  <si>
     <t>intacnet</t>
   </si>
   <si>
     <t>97-3403</t>
   </si>
   <si>
     <t>34888</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>VALDOVŲ RŪMAI</t>
-[...25 lines deleted...]
-  <si>
     <t>ZP 14235</t>
   </si>
   <si>
     <t>24577</t>
   </si>
   <si>
     <t>6, 19, 35, 36</t>
   </si>
   <si>
+    <t>3-D</t>
+  </si>
+  <si>
+    <t>98-3115</t>
+  </si>
+  <si>
+    <t>39712</t>
+  </si>
+  <si>
+    <t>33, 35</t>
+  </si>
+  <si>
     <t>LOKVA</t>
   </si>
   <si>
     <t>ZP 9766</t>
   </si>
   <si>
     <t>23551</t>
   </si>
   <si>
     <t>19, 35, 37, 42</t>
   </si>
   <si>
-    <t>3-D</t>
-[...10 lines deleted...]
-  <si>
     <t>ŠIRDELE MANO</t>
   </si>
   <si>
     <t>2000 0177</t>
   </si>
   <si>
     <t>41488</t>
   </si>
   <si>
     <t>BERKELEY</t>
   </si>
   <si>
     <t>2000 1208</t>
   </si>
   <si>
     <t>42131</t>
   </si>
   <si>
+    <t>TRAUKA</t>
+  </si>
+  <si>
+    <t>ZP 11168</t>
+  </si>
+  <si>
+    <t>24498</t>
+  </si>
+  <si>
+    <t>8, 35, 36, 37, 42</t>
+  </si>
+  <si>
+    <t>ZP 11785</t>
+  </si>
+  <si>
+    <t>23696</t>
+  </si>
+  <si>
+    <t>12, 16, 21, 28</t>
+  </si>
+  <si>
+    <t>InterVilža</t>
+  </si>
+  <si>
+    <t>ZP 11784</t>
+  </si>
+  <si>
+    <t>23695</t>
+  </si>
+  <si>
     <t>P M</t>
   </si>
   <si>
     <t>ZP 14227</t>
   </si>
   <si>
     <t>24507</t>
   </si>
   <si>
     <t>25, 35</t>
   </si>
   <si>
-    <t>InterVilža</t>
-[...26 lines deleted...]
-    <t>8, 35, 36, 37, 42</t>
+    <t>Tukas</t>
+  </si>
+  <si>
+    <t>ZP 14947</t>
+  </si>
+  <si>
+    <t>26487</t>
+  </si>
+  <si>
+    <t>35, 41</t>
   </si>
   <si>
     <t>VĖSA</t>
   </si>
   <si>
     <t>ZP 14231</t>
   </si>
   <si>
     <t>24827</t>
   </si>
   <si>
     <t>11, 35, 37, 42</t>
   </si>
   <si>
-    <t>Tukas</t>
-[...10 lines deleted...]
-  <si>
     <t>Tėviškės</t>
   </si>
   <si>
     <t>2000 2269</t>
   </si>
   <si>
     <t>43664</t>
   </si>
   <si>
     <t>AS</t>
   </si>
   <si>
     <t>ZP 14139</t>
   </si>
   <si>
     <t>24401</t>
   </si>
   <si>
     <t>9, 42</t>
   </si>
   <si>
+    <t>X GSM TM</t>
+  </si>
+  <si>
+    <t>2000 0825</t>
+  </si>
+  <si>
+    <t>41282</t>
+  </si>
+  <si>
     <t>vaizdas</t>
   </si>
   <si>
     <t>ZP 15845</t>
   </si>
   <si>
     <t>26323</t>
   </si>
   <si>
     <t>16, 35, 40, 42</t>
   </si>
   <si>
-    <t>X GSM TM</t>
-[...5 lines deleted...]
-    <t>41282</t>
+    <t>ARG</t>
+  </si>
+  <si>
+    <t>ZP 393</t>
+  </si>
+  <si>
+    <t>20018</t>
   </si>
   <si>
     <t>ELGE</t>
   </si>
   <si>
     <t>ZP 1410</t>
   </si>
   <si>
     <t>20003</t>
   </si>
   <si>
     <t>11</t>
-  </si>
-[...7 lines deleted...]
-    <t>20018</t>
   </si>
   <si>
     <t>IVIJA</t>
   </si>
   <si>
     <t>ZP 399</t>
   </si>
   <si>
     <t>20017</t>
   </si>
   <si>
     <t>16, 19, 35</t>
   </si>
   <si>
     <t>ASB</t>
   </si>
   <si>
     <t>ZP 395</t>
   </si>
   <si>
     <t>20086</t>
   </si>
   <si>
     <t>21</t>
   </si>
@@ -712,183 +712,183 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1620000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:rowOff>972000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="972000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>7</xdr:row>
-      <xdr:rowOff>684000</xdr:rowOff>
+      <xdr:rowOff>936000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="684000"/>
+          <a:ext cx="1080000" cy="936000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>936000</xdr:rowOff>
+      <xdr:rowOff>1224000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="936000"/>
+          <a:ext cx="1080000" cy="1224000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>972000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -902,107 +902,107 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="972000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>10</xdr:row>
-      <xdr:rowOff>1224000</xdr:rowOff>
+      <xdr:rowOff>936000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1224000"/>
+          <a:ext cx="1080000" cy="936000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>11</xdr:row>
-      <xdr:rowOff>936000</xdr:rowOff>
+      <xdr:rowOff>684000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="936000"/>
+          <a:ext cx="1080000" cy="684000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>684000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1199,209 +1199,209 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="792000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>28</xdr:row>
-      <xdr:rowOff>324000</xdr:rowOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>324000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="324000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>31</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>34</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>1548000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1548000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>432000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="432000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>1044000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1044000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1543,372 +1543,372 @@
       <c r="A5" t="n">
         <v>404.0</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="n">
         <v>37332.0</v>
       </c>
       <c r="I5" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="6" ht="79.2" customHeight="true">
+    <row r="6" ht="76.4" customHeight="true">
       <c r="A6" t="n">
         <v>405.0</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s">
         <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="n">
         <v>37337.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="7" ht="76.4" customHeight="true">
+    <row r="7" ht="79.2" customHeight="true">
       <c r="A7" t="n">
         <v>406.0</v>
       </c>
       <c r="B7"/>
       <c r="C7" t="s">
         <v>29</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7" t="n">
         <v>37337.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" ht="75.0" customHeight="true">
       <c r="A8" t="n">
         <v>407.0</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
-      <c r="G8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G8"/>
       <c r="H8" t="n">
         <v>37341.0</v>
       </c>
       <c r="I8" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="9" ht="75.0" customHeight="true">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" ht="96.2" customHeight="true">
       <c r="A9" t="n">
         <v>408.0</v>
       </c>
       <c r="B9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
         <v>40</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>41</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H9" t="n">
         <v>37341.0</v>
       </c>
       <c r="I9" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" ht="76.4" customHeight="true">
       <c r="A10" t="n">
         <v>409.0</v>
       </c>
       <c r="B10" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
         <v>44</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="G10" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="H10" t="n">
         <v>37341.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" ht="96.2" customHeight="true">
+    <row r="11" ht="75.0" customHeight="true">
       <c r="A11" t="n">
         <v>410.0</v>
       </c>
       <c r="B11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" t="s">
         <v>48</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="G11" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H11" t="n">
         <v>37341.0</v>
       </c>
       <c r="I11" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" ht="75.0" customHeight="true">
       <c r="A12" t="n">
         <v>411.0</v>
       </c>
       <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
         <v>51</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>52</v>
       </c>
-      <c r="E12" t="s">
+      <c r="G12" t="s">
         <v>53</v>
       </c>
-      <c r="G12"/>
       <c r="H12" t="n">
         <v>37341.0</v>
       </c>
       <c r="I12" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>412.0</v>
       </c>
-      <c r="B13"/>
+      <c r="B13" t="s">
+        <v>54</v>
+      </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="D13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H13" t="n">
         <v>37342.0</v>
       </c>
       <c r="I13" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>413.0</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H14" t="n">
         <v>37342.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>414.0</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
         <v>63</v>
       </c>
       <c r="E15" t="s">
         <v>64</v>
       </c>
       <c r="G15" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="H15" t="n">
         <v>37342.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>415.0</v>
       </c>
-      <c r="B16" t="s">
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" t="s">
         <v>65</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>66</v>
       </c>
-      <c r="E16" t="s">
+      <c r="G16" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H16" t="n">
         <v>37342.0</v>
       </c>
       <c r="I16" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>416.0</v>
       </c>
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D17" t="s">
         <v>69</v>
       </c>
       <c r="E17" t="s">
         <v>70</v>
       </c>
       <c r="G17" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="H17" t="n">
         <v>37342.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>417.0</v>
       </c>
       <c r="B18" t="s">
         <v>71</v>
       </c>
       <c r="C18" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D18" t="s">
         <v>72</v>
       </c>
       <c r="E18" t="s">
         <v>73</v>
       </c>
       <c r="G18" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="H18" t="n">
         <v>37342.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>418.0</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
         <v>29</v>
       </c>
       <c r="D19" t="s">
         <v>74</v>
       </c>
       <c r="E19" t="s">
         <v>75</v>
       </c>
       <c r="G19" t="s">
         <v>76</v>
       </c>
@@ -2096,613 +2096,613 @@
       </c>
       <c r="H26" t="n">
         <v>37365.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>426.0</v>
       </c>
       <c r="B27" t="s">
         <v>101</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>102</v>
       </c>
       <c r="E27" t="s">
         <v>103</v>
       </c>
       <c r="G27" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H27" t="n">
         <v>37374.0</v>
       </c>
       <c r="I27" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" ht="75.0" customHeight="true">
       <c r="A28" t="n">
         <v>427.0</v>
       </c>
       <c r="B28" t="s">
         <v>104</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>105</v>
       </c>
       <c r="E28" t="s">
         <v>106</v>
       </c>
       <c r="G28" t="s">
         <v>107</v>
       </c>
       <c r="H28" t="n">
         <v>37374.0</v>
       </c>
       <c r="I28" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="29" ht="75.0" customHeight="true">
+    <row r="29">
       <c r="A29" t="n">
         <v>428.0</v>
       </c>
       <c r="B29" t="s">
         <v>108</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D29" t="s">
         <v>109</v>
       </c>
       <c r="E29" t="s">
         <v>110</v>
       </c>
       <c r="G29" t="s">
         <v>111</v>
       </c>
       <c r="H29" t="n">
         <v>37375.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="30">
+    <row r="30" ht="79.2" customHeight="true">
       <c r="A30" t="n">
         <v>429.0</v>
       </c>
       <c r="B30" t="s">
         <v>112</v>
       </c>
       <c r="C30" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>113</v>
       </c>
       <c r="E30" t="s">
         <v>114</v>
       </c>
-      <c r="G30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G30"/>
       <c r="H30" t="n">
         <v>37375.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>430.0</v>
       </c>
       <c r="B31" t="s">
+        <v>112</v>
+      </c>
+      <c r="C31" t="s">
+        <v>55</v>
+      </c>
+      <c r="D31" t="s">
+        <v>115</v>
+      </c>
+      <c r="E31" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="n">
         <v>37375.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="32" ht="79.2" customHeight="true">
+    <row r="32" ht="75.0" customHeight="true">
       <c r="A32" t="n">
         <v>431.0</v>
       </c>
       <c r="B32" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
+        <v>118</v>
+      </c>
+      <c r="E32" t="s">
         <v>119</v>
       </c>
-      <c r="E32" t="s">
+      <c r="G32" t="s">
         <v>120</v>
       </c>
-      <c r="G32"/>
       <c r="H32" t="n">
         <v>37375.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>432.0</v>
       </c>
       <c r="B33"/>
       <c r="C33" t="s">
         <v>29</v>
       </c>
       <c r="D33" t="s">
         <v>121</v>
       </c>
       <c r="E33" t="s">
         <v>122</v>
       </c>
       <c r="G33" t="s">
         <v>123</v>
       </c>
       <c r="H33" t="n">
         <v>37382.0</v>
       </c>
       <c r="I33" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="34">
+    <row r="34" ht="121.65" customHeight="true">
       <c r="A34" t="n">
         <v>433.0</v>
       </c>
-      <c r="B34" t="s">
+      <c r="B34"/>
+      <c r="C34" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>125</v>
       </c>
       <c r="E34" t="s">
         <v>126</v>
       </c>
       <c r="G34" t="s">
         <v>127</v>
       </c>
       <c r="H34" t="n">
         <v>37383.0</v>
       </c>
       <c r="I34" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="35" ht="121.65" customHeight="true">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35">
       <c r="A35" t="n">
         <v>434.0</v>
       </c>
-      <c r="B35"/>
+      <c r="B35" t="s">
+        <v>128</v>
+      </c>
       <c r="C35" t="s">
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>129</v>
       </c>
       <c r="E35" t="s">
         <v>130</v>
       </c>
       <c r="G35" t="s">
         <v>131</v>
       </c>
       <c r="H35" t="n">
         <v>37383.0</v>
       </c>
       <c r="I35" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>435.0</v>
       </c>
       <c r="B36" t="s">
         <v>132</v>
       </c>
       <c r="C36" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D36" t="s">
         <v>133</v>
       </c>
       <c r="E36" t="s">
         <v>134</v>
       </c>
       <c r="G36" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="H36" t="n">
         <v>37384.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>436.0</v>
       </c>
       <c r="B37" t="s">
         <v>135</v>
       </c>
       <c r="C37" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D37" t="s">
         <v>136</v>
       </c>
       <c r="E37" t="s">
         <v>137</v>
       </c>
       <c r="G37" t="s">
         <v>19</v>
       </c>
       <c r="H37" t="n">
         <v>37386.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>437.0</v>
       </c>
       <c r="B38" t="s">
         <v>138</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>139</v>
       </c>
       <c r="E38" t="s">
         <v>140</v>
       </c>
       <c r="G38" t="s">
         <v>141</v>
       </c>
       <c r="H38" t="n">
         <v>37389.0</v>
       </c>
       <c r="I38" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>438.0</v>
       </c>
-      <c r="B39" t="s">
+      <c r="B39"/>
+      <c r="C39" t="s">
+        <v>29</v>
+      </c>
+      <c r="D39" t="s">
         <v>142</v>
       </c>
-      <c r="C39" t="s">
-[...2 lines deleted...]
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>143</v>
       </c>
-      <c r="E39" t="s">
+      <c r="G39" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="H39" t="n">
         <v>37389.0</v>
       </c>
       <c r="I39" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>439.0</v>
       </c>
-      <c r="B40"/>
+      <c r="B40" t="s">
+        <v>145</v>
+      </c>
       <c r="C40" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>146</v>
       </c>
       <c r="E40" t="s">
         <v>147</v>
       </c>
       <c r="G40" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="H40" t="n">
         <v>37389.0</v>
       </c>
       <c r="I40" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>440.0</v>
       </c>
       <c r="B41" t="s">
         <v>148</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>149</v>
       </c>
       <c r="E41" t="s">
         <v>150</v>
       </c>
       <c r="G41" t="s">
         <v>151</v>
       </c>
       <c r="H41" t="n">
         <v>37389.0</v>
       </c>
       <c r="I41" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="42">
+    <row r="42" ht="75.0" customHeight="true">
       <c r="A42" t="n">
         <v>441.0</v>
       </c>
       <c r="B42" t="s">
         <v>152</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>153</v>
       </c>
       <c r="E42" t="s">
         <v>154</v>
       </c>
       <c r="G42" t="s">
         <v>155</v>
       </c>
       <c r="H42" t="n">
         <v>37391.0</v>
       </c>
       <c r="I42" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="43" ht="75.0" customHeight="true">
+    <row r="43">
       <c r="A43" t="n">
         <v>442.0</v>
       </c>
       <c r="B43" t="s">
         <v>156</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>157</v>
       </c>
       <c r="E43" t="s">
         <v>158</v>
       </c>
       <c r="G43" t="s">
         <v>159</v>
       </c>
       <c r="H43" t="n">
         <v>37391.0</v>
       </c>
       <c r="I43" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>443.0</v>
       </c>
       <c r="B44" t="s">
         <v>160</v>
       </c>
       <c r="C44" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D44" t="s">
         <v>161</v>
       </c>
       <c r="E44" t="s">
         <v>162</v>
       </c>
       <c r="G44" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="H44" t="n">
         <v>37392.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>444.0</v>
       </c>
       <c r="B45" t="s">
         <v>163</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>164</v>
       </c>
       <c r="E45" t="s">
         <v>165</v>
       </c>
       <c r="G45" t="s">
         <v>166</v>
       </c>
       <c r="H45" t="n">
         <v>37397.0</v>
       </c>
       <c r="I45" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="46">
+    <row r="46" ht="82.05" customHeight="true">
       <c r="A46" t="n">
         <v>445.0</v>
       </c>
       <c r="B46" t="s">
         <v>167</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>168</v>
       </c>
       <c r="E46" t="s">
         <v>169</v>
       </c>
       <c r="G46" t="s">
-        <v>170</v>
+        <v>32</v>
       </c>
       <c r="H46" t="n">
         <v>37398.0</v>
       </c>
       <c r="I46" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="47" ht="82.05" customHeight="true">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="47">
       <c r="A47" t="n">
         <v>446.0</v>
       </c>
       <c r="B47" t="s">
+        <v>170</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
         <v>171</v>
       </c>
-      <c r="C47" t="s">
-[...2 lines deleted...]
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>172</v>
       </c>
-      <c r="E47" t="s">
+      <c r="G47" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="H47" t="n">
         <v>37398.0</v>
       </c>
       <c r="I47" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>447.0</v>
       </c>
       <c r="B48" t="s">
         <v>174</v>
       </c>
       <c r="C48" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>175</v>
       </c>
       <c r="E48" t="s">
         <v>176</v>
       </c>
       <c r="G48" t="s">
-        <v>177</v>
+        <v>49</v>
       </c>
       <c r="H48" t="n">
         <v>37403.0</v>
       </c>
       <c r="I48" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>448.0</v>
       </c>
       <c r="B49" t="s">
+        <v>177</v>
+      </c>
+      <c r="C49" t="s">
+        <v>55</v>
+      </c>
+      <c r="D49" t="s">
         <v>178</v>
       </c>
-      <c r="C49" t="s">
-[...2 lines deleted...]
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>179</v>
       </c>
-      <c r="E49" t="s">
+      <c r="G49" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="H49" t="n">
         <v>37403.0</v>
       </c>
       <c r="I49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>449.0</v>
       </c>
       <c r="B50" t="s">
         <v>181</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>182</v>
       </c>
       <c r="E50" t="s">
         <v>183</v>
       </c>
       <c r="G50" t="s">