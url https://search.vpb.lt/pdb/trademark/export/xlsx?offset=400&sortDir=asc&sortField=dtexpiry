--- v1 (2025-12-19)
+++ v2 (2026-03-24)
@@ -10,78 +10,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="189">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>SAMBA</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>99-1453</t>
   </si>
   <si>
     <t>40708</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Panaikinta registracija</t>
   </si>
   <si>
     <t>Select</t>
   </si>
   <si>
     <t>98-0526</t>
   </si>
@@ -118,495 +118,495 @@
   <si>
     <t>16, 35, 36, 37, 38, 41, 42</t>
   </si>
   <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>99-2383</t>
   </si>
   <si>
     <t>41513</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>99-2129</t>
   </si>
   <si>
     <t>40513</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
+    <t>HAB projektas</t>
+  </si>
+  <si>
+    <t>ZP 15837</t>
+  </si>
+  <si>
+    <t>26049</t>
+  </si>
+  <si>
+    <t>35, 42</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>ZP 14920</t>
+  </si>
+  <si>
+    <t>25350</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>ALUS ŠVENTINIS</t>
+  </si>
+  <si>
+    <t>98-3998</t>
+  </si>
+  <si>
+    <t>39723</t>
+  </si>
+  <si>
     <t>Pohjanmaan KALUSTE</t>
   </si>
   <si>
     <t>2000 1591</t>
   </si>
   <si>
     <t>42885</t>
   </si>
   <si>
-    <t>ALUS ŠVENTINIS</t>
-[...7 lines deleted...]
-  <si>
     <t>KIRBY</t>
   </si>
   <si>
     <t>99-2478</t>
   </si>
   <si>
     <t>42749</t>
   </si>
   <si>
     <t>3, 7, 10, 11, 21, 35, 41</t>
   </si>
   <si>
-    <t>L</t>
-[...20 lines deleted...]
-    <t>35, 42</t>
+    <t>ZP 13109</t>
+  </si>
+  <si>
+    <t>24222</t>
+  </si>
+  <si>
+    <t>18, 25, 35, 41</t>
+  </si>
+  <si>
+    <t>Muzikos garsai. Do</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>97-2917</t>
+  </si>
+  <si>
+    <t>35717</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Muzikos garsai. Mi</t>
+  </si>
+  <si>
+    <t>97-2922</t>
+  </si>
+  <si>
+    <t>35722</t>
   </si>
   <si>
     <t>Muzikos garsai. Re</t>
   </si>
   <si>
-    <t>Word</t>
-[...1 lines deleted...]
-  <si>
     <t>97-2923</t>
   </si>
   <si>
     <t>35723</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>Aitvaras</t>
   </si>
   <si>
     <t>97-3334</t>
   </si>
   <si>
     <t>35904</t>
   </si>
   <si>
     <t>Miražas</t>
   </si>
   <si>
     <t>97-3335</t>
   </si>
   <si>
     <t>35905</t>
   </si>
   <si>
-    <t>ZP 13109</t>
-[...25 lines deleted...]
-  <si>
     <t>ZP 11488</t>
   </si>
   <si>
     <t>23771</t>
   </si>
   <si>
     <t>35, 37, 42</t>
   </si>
   <si>
     <t>chambourcy</t>
   </si>
   <si>
     <t>ZP 15899</t>
   </si>
   <si>
     <t>25796</t>
   </si>
   <si>
     <t>29, 30, 32</t>
   </si>
   <si>
     <t>Budweiser</t>
   </si>
   <si>
+    <t>97-1351</t>
+  </si>
+  <si>
+    <t>34941</t>
+  </si>
+  <si>
     <t>97-1340</t>
   </si>
   <si>
     <t>34930</t>
   </si>
   <si>
-    <t>97-1351</t>
-[...4 lines deleted...]
-  <si>
     <t>VILTIS</t>
   </si>
   <si>
     <t>ZP 14221</t>
   </si>
   <si>
     <t>24502</t>
   </si>
   <si>
     <t>16, 35, 41, 42</t>
   </si>
   <si>
     <t>B S</t>
   </si>
   <si>
     <t>ZP 12172</t>
   </si>
   <si>
     <t>27160</t>
   </si>
   <si>
     <t>35, 36, 37, 42</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>99-1169</t>
   </si>
   <si>
     <t>40173</t>
   </si>
   <si>
     <t>LIETUVOS ROTARY</t>
   </si>
   <si>
     <t>99-0054</t>
   </si>
   <si>
     <t>41317</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
+    <t>VILLON</t>
+  </si>
+  <si>
+    <t>ZP 15841</t>
+  </si>
+  <si>
+    <t>26050</t>
+  </si>
+  <si>
+    <t>35, 37, 39, 42</t>
+  </si>
+  <si>
     <t>VINSTA</t>
   </si>
   <si>
     <t>ZP 11140</t>
   </si>
   <si>
     <t>23458</t>
   </si>
   <si>
-    <t>VILLON</t>
-[...10 lines deleted...]
-  <si>
     <t>VALDOVŲ RŪMAI</t>
   </si>
   <si>
     <t>2001 0772</t>
   </si>
   <si>
     <t>44217</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
+    <t>intacnet</t>
+  </si>
+  <si>
+    <t>97-3403</t>
+  </si>
+  <si>
+    <t>34888</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
     <t>TAMADA</t>
   </si>
   <si>
+    <t>99-1285</t>
+  </si>
+  <si>
+    <t>39425</t>
+  </si>
+  <si>
     <t>99-1286</t>
   </si>
   <si>
     <t>39426</t>
   </si>
   <si>
-    <t>99-1285</t>
-[...16 lines deleted...]
-  <si>
     <t>ZP 14235</t>
   </si>
   <si>
     <t>24577</t>
   </si>
   <si>
     <t>6, 19, 35, 36</t>
   </si>
   <si>
+    <t>LOKVA</t>
+  </si>
+  <si>
+    <t>ZP 9766</t>
+  </si>
+  <si>
+    <t>23551</t>
+  </si>
+  <si>
+    <t>19, 35, 37, 42</t>
+  </si>
+  <si>
     <t>3-D</t>
   </si>
   <si>
     <t>98-3115</t>
   </si>
   <si>
     <t>39712</t>
   </si>
   <si>
     <t>33, 35</t>
   </si>
   <si>
-    <t>LOKVA</t>
-[...10 lines deleted...]
-  <si>
     <t>ŠIRDELE MANO</t>
   </si>
   <si>
     <t>2000 0177</t>
   </si>
   <si>
     <t>41488</t>
   </si>
   <si>
     <t>BERKELEY</t>
   </si>
   <si>
     <t>2000 1208</t>
   </si>
   <si>
     <t>42131</t>
   </si>
   <si>
+    <t>InterVilža</t>
+  </si>
+  <si>
+    <t>ZP 11784</t>
+  </si>
+  <si>
+    <t>23695</t>
+  </si>
+  <si>
+    <t>12, 16, 21, 28</t>
+  </si>
+  <si>
+    <t>ZP 11785</t>
+  </si>
+  <si>
+    <t>23696</t>
+  </si>
+  <si>
     <t>TRAUKA</t>
   </si>
   <si>
     <t>ZP 11168</t>
   </si>
   <si>
     <t>24498</t>
   </si>
   <si>
     <t>8, 35, 36, 37, 42</t>
   </si>
   <si>
-    <t>ZP 11785</t>
-[...16 lines deleted...]
-  <si>
     <t>P M</t>
   </si>
   <si>
     <t>ZP 14227</t>
   </si>
   <si>
     <t>24507</t>
   </si>
   <si>
     <t>25, 35</t>
   </si>
   <si>
+    <t>VĖSA</t>
+  </si>
+  <si>
+    <t>ZP 14231</t>
+  </si>
+  <si>
+    <t>24827</t>
+  </si>
+  <si>
+    <t>11, 35, 37, 42</t>
+  </si>
+  <si>
     <t>Tukas</t>
   </si>
   <si>
     <t>ZP 14947</t>
   </si>
   <si>
     <t>26487</t>
   </si>
   <si>
     <t>35, 41</t>
   </si>
   <si>
-    <t>VĖSA</t>
-[...10 lines deleted...]
-  <si>
     <t>Tėviškės</t>
   </si>
   <si>
     <t>2000 2269</t>
   </si>
   <si>
     <t>43664</t>
   </si>
   <si>
     <t>AS</t>
   </si>
   <si>
     <t>ZP 14139</t>
   </si>
   <si>
     <t>24401</t>
   </si>
   <si>
     <t>9, 42</t>
   </si>
   <si>
+    <t>vaizdas</t>
+  </si>
+  <si>
+    <t>ZP 15845</t>
+  </si>
+  <si>
+    <t>26323</t>
+  </si>
+  <si>
+    <t>16, 35, 40, 42</t>
+  </si>
+  <si>
     <t>X GSM TM</t>
   </si>
   <si>
     <t>2000 0825</t>
   </si>
   <si>
     <t>41282</t>
   </si>
   <si>
-    <t>vaizdas</t>
-[...10 lines deleted...]
-  <si>
     <t>ARG</t>
   </si>
   <si>
     <t>ZP 393</t>
   </si>
   <si>
     <t>20018</t>
   </si>
   <si>
+    <t>IVIJA</t>
+  </si>
+  <si>
+    <t>ZP 399</t>
+  </si>
+  <si>
+    <t>20017</t>
+  </si>
+  <si>
+    <t>16, 19, 35</t>
+  </si>
+  <si>
     <t>ELGE</t>
   </si>
   <si>
     <t>ZP 1410</t>
   </si>
   <si>
     <t>20003</t>
   </si>
   <si>
     <t>11</t>
-  </si>
-[...10 lines deleted...]
-    <t>16, 19, 35</t>
   </si>
   <si>
     <t>ASB</t>
   </si>
   <si>
     <t>ZP 395</t>
   </si>
   <si>
     <t>20086</t>
   </si>
   <si>
     <t>21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -788,145 +788,145 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>7</xdr:row>
-      <xdr:rowOff>936000</xdr:rowOff>
+      <xdr:rowOff>684000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="684000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>936000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="936000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>972000</xdr:rowOff>
+      <xdr:rowOff>1224000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="972000"/>
+          <a:ext cx="1080000" cy="1224000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>936000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -940,69 +940,69 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="936000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>11</xdr:row>
-      <xdr:rowOff>684000</xdr:rowOff>
+      <xdr:rowOff>972000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="684000"/>
+          <a:ext cx="1080000" cy="972000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>684000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1016,107 +1016,107 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="684000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>720000</xdr:rowOff>
+      <xdr:rowOff>684000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="720000"/>
+          <a:ext cx="1080000" cy="684000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>21</xdr:row>
-      <xdr:rowOff>684000</xdr:rowOff>
+      <xdr:rowOff>720000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="684000"/>
+          <a:ext cx="1080000" cy="720000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>1296000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1161,247 +1161,247 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1620000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>792000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="792000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>29</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:rowOff>324000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="324000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>31</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>1548000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1548000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>432000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="432000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>1044000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1044000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1607,308 +1607,308 @@
         <v>35</v>
       </c>
       <c r="H7" t="n">
         <v>37337.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" ht="75.0" customHeight="true">
       <c r="A8" t="n">
         <v>407.0</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
-      <c r="G8"/>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
       <c r="H8" t="n">
         <v>37341.0</v>
       </c>
       <c r="I8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" ht="96.2" customHeight="true">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="9" ht="75.0" customHeight="true">
       <c r="A9" t="n">
         <v>408.0</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="H9" t="n">
         <v>37341.0</v>
       </c>
       <c r="I9" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" ht="76.4" customHeight="true">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="10" ht="96.2" customHeight="true">
       <c r="A10" t="n">
         <v>409.0</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="H10" t="n">
         <v>37341.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" ht="75.0" customHeight="true">
       <c r="A11" t="n">
         <v>410.0</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E11" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G11" t="s">
         <v>49</v>
       </c>
+      <c r="G11"/>
       <c r="H11" t="n">
         <v>37341.0</v>
       </c>
       <c r="I11" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="12" ht="75.0" customHeight="true">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="12" ht="76.4" customHeight="true">
       <c r="A12" t="n">
         <v>411.0</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>51</v>
       </c>
       <c r="E12" t="s">
         <v>52</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
       <c r="H12" t="n">
         <v>37341.0</v>
       </c>
       <c r="I12" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>412.0</v>
       </c>
-      <c r="B13" t="s">
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" t="s">
         <v>54</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>55</v>
       </c>
-      <c r="D13" t="s">
+      <c r="G13" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="H13" t="n">
         <v>37342.0</v>
       </c>
       <c r="I13" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>413.0</v>
       </c>
       <c r="B14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" t="s">
         <v>59</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>60</v>
       </c>
-      <c r="E14" t="s">
+      <c r="G14" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="H14" t="n">
         <v>37342.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>414.0</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>63</v>
       </c>
       <c r="E15" t="s">
         <v>64</v>
       </c>
       <c r="G15" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="H15" t="n">
         <v>37342.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>415.0</v>
       </c>
-      <c r="B16"/>
+      <c r="B16" t="s">
+        <v>65</v>
+      </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="D16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G16" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H16" t="n">
         <v>37342.0</v>
       </c>
       <c r="I16" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>416.0</v>
       </c>
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D17" t="s">
         <v>69</v>
       </c>
       <c r="E17" t="s">
         <v>70</v>
       </c>
       <c r="G17" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="H17" t="n">
         <v>37342.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>417.0</v>
       </c>
       <c r="B18" t="s">
         <v>71</v>
       </c>
       <c r="C18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D18" t="s">
         <v>72</v>
       </c>
       <c r="E18" t="s">
         <v>73</v>
       </c>
       <c r="G18" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="H18" t="n">
         <v>37342.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>418.0</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
         <v>29</v>
       </c>
       <c r="D19" t="s">
         <v>74</v>
       </c>
       <c r="E19" t="s">
         <v>75</v>
       </c>
       <c r="G19" t="s">
         <v>76</v>
       </c>
@@ -2079,311 +2079,311 @@
       <c r="A26" t="n">
         <v>425.0</v>
       </c>
       <c r="B26" t="s">
         <v>97</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>98</v>
       </c>
       <c r="E26" t="s">
         <v>99</v>
       </c>
       <c r="G26" t="s">
         <v>100</v>
       </c>
       <c r="H26" t="n">
         <v>37365.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="27">
+    <row r="27" ht="75.0" customHeight="true">
       <c r="A27" t="n">
         <v>426.0</v>
       </c>
       <c r="B27" t="s">
         <v>101</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>102</v>
       </c>
       <c r="E27" t="s">
         <v>103</v>
       </c>
       <c r="G27" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="H27" t="n">
         <v>37374.0</v>
       </c>
       <c r="I27" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="28" ht="75.0" customHeight="true">
+    <row r="28">
       <c r="A28" t="n">
         <v>427.0</v>
       </c>
       <c r="B28" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E28" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G28" t="s">
-        <v>107</v>
+        <v>32</v>
       </c>
       <c r="H28" t="n">
         <v>37374.0</v>
       </c>
       <c r="I28" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>428.0</v>
       </c>
       <c r="B29" t="s">
         <v>108</v>
       </c>
       <c r="C29" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D29" t="s">
         <v>109</v>
       </c>
       <c r="E29" t="s">
         <v>110</v>
       </c>
       <c r="G29" t="s">
         <v>111</v>
       </c>
       <c r="H29" t="n">
         <v>37375.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="30" ht="79.2" customHeight="true">
+    <row r="30" ht="75.0" customHeight="true">
       <c r="A30" t="n">
         <v>429.0</v>
       </c>
       <c r="B30" t="s">
         <v>112</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>113</v>
       </c>
       <c r="E30" t="s">
         <v>114</v>
       </c>
-      <c r="G30"/>
+      <c r="G30" t="s">
+        <v>115</v>
+      </c>
       <c r="H30" t="n">
         <v>37375.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>430.0</v>
       </c>
       <c r="B31" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C31" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D31" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="E31" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="n">
         <v>37375.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="32" ht="75.0" customHeight="true">
+    <row r="32" ht="79.2" customHeight="true">
       <c r="A32" t="n">
         <v>431.0</v>
       </c>
       <c r="B32" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E32" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="G32" t="s">
         <v>120</v>
       </c>
+      <c r="G32"/>
       <c r="H32" t="n">
         <v>37375.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>432.0</v>
       </c>
       <c r="B33"/>
       <c r="C33" t="s">
         <v>29</v>
       </c>
       <c r="D33" t="s">
         <v>121</v>
       </c>
       <c r="E33" t="s">
         <v>122</v>
       </c>
       <c r="G33" t="s">
         <v>123</v>
       </c>
       <c r="H33" t="n">
         <v>37382.0</v>
       </c>
       <c r="I33" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="34" ht="121.65" customHeight="true">
+    <row r="34">
       <c r="A34" t="n">
         <v>433.0</v>
       </c>
-      <c r="B34"/>
+      <c r="B34" t="s">
+        <v>124</v>
+      </c>
       <c r="C34" t="s">
-        <v>124</v>
+        <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>125</v>
       </c>
       <c r="E34" t="s">
         <v>126</v>
       </c>
       <c r="G34" t="s">
         <v>127</v>
       </c>
       <c r="H34" t="n">
         <v>37383.0</v>
       </c>
       <c r="I34" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="35" ht="121.65" customHeight="true">
       <c r="A35" t="n">
         <v>434.0</v>
       </c>
-      <c r="B35" t="s">
+      <c r="B35"/>
+      <c r="C35" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>129</v>
       </c>
       <c r="E35" t="s">
         <v>130</v>
       </c>
       <c r="G35" t="s">
         <v>131</v>
       </c>
       <c r="H35" t="n">
         <v>37383.0</v>
       </c>
       <c r="I35" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>435.0</v>
       </c>
       <c r="B36" t="s">
         <v>132</v>
       </c>
       <c r="C36" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D36" t="s">
         <v>133</v>
       </c>
       <c r="E36" t="s">
         <v>134</v>
       </c>
       <c r="G36" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="H36" t="n">
         <v>37384.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>436.0</v>
       </c>
       <c r="B37" t="s">
         <v>135</v>
       </c>
       <c r="C37" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D37" t="s">
         <v>136</v>
       </c>
       <c r="E37" t="s">
         <v>137</v>
       </c>
       <c r="G37" t="s">
         <v>19</v>
       </c>
       <c r="H37" t="n">
         <v>37386.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>437.0</v>
       </c>
       <c r="B38" t="s">
         <v>138</v>
       </c>
       <c r="C38" t="s">
@@ -2398,328 +2398,328 @@
       <c r="G38" t="s">
         <v>141</v>
       </c>
       <c r="H38" t="n">
         <v>37389.0</v>
       </c>
       <c r="I38" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>438.0</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
         <v>29</v>
       </c>
       <c r="D39" t="s">
         <v>142</v>
       </c>
       <c r="E39" t="s">
         <v>143</v>
       </c>
       <c r="G39" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H39" t="n">
         <v>37389.0</v>
       </c>
       <c r="I39" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>439.0</v>
       </c>
       <c r="B40" t="s">
+        <v>144</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
         <v>145</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>146</v>
       </c>
-      <c r="E40" t="s">
+      <c r="G40" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="H40" t="n">
         <v>37389.0</v>
       </c>
       <c r="I40" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>440.0</v>
       </c>
       <c r="B41" t="s">
         <v>148</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>149</v>
       </c>
       <c r="E41" t="s">
         <v>150</v>
       </c>
       <c r="G41" t="s">
         <v>151</v>
       </c>
       <c r="H41" t="n">
         <v>37389.0</v>
       </c>
       <c r="I41" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="42" ht="75.0" customHeight="true">
+    <row r="42">
       <c r="A42" t="n">
         <v>441.0</v>
       </c>
       <c r="B42" t="s">
         <v>152</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>153</v>
       </c>
       <c r="E42" t="s">
         <v>154</v>
       </c>
       <c r="G42" t="s">
         <v>155</v>
       </c>
       <c r="H42" t="n">
         <v>37391.0</v>
       </c>
       <c r="I42" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="43">
+    <row r="43" ht="75.0" customHeight="true">
       <c r="A43" t="n">
         <v>442.0</v>
       </c>
       <c r="B43" t="s">
         <v>156</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>157</v>
       </c>
       <c r="E43" t="s">
         <v>158</v>
       </c>
       <c r="G43" t="s">
         <v>159</v>
       </c>
       <c r="H43" t="n">
         <v>37391.0</v>
       </c>
       <c r="I43" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>443.0</v>
       </c>
       <c r="B44" t="s">
         <v>160</v>
       </c>
       <c r="C44" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D44" t="s">
         <v>161</v>
       </c>
       <c r="E44" t="s">
         <v>162</v>
       </c>
       <c r="G44" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="H44" t="n">
         <v>37392.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>444.0</v>
       </c>
       <c r="B45" t="s">
         <v>163</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>164</v>
       </c>
       <c r="E45" t="s">
         <v>165</v>
       </c>
       <c r="G45" t="s">
         <v>166</v>
       </c>
       <c r="H45" t="n">
         <v>37397.0</v>
       </c>
       <c r="I45" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="46" ht="82.05" customHeight="true">
+    <row r="46">
       <c r="A46" t="n">
         <v>445.0</v>
       </c>
       <c r="B46" t="s">
         <v>167</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>168</v>
       </c>
       <c r="E46" t="s">
         <v>169</v>
       </c>
       <c r="G46" t="s">
-        <v>32</v>
+        <v>170</v>
       </c>
       <c r="H46" t="n">
         <v>37398.0</v>
       </c>
       <c r="I46" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="47">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="47" ht="82.05" customHeight="true">
       <c r="A47" t="n">
         <v>446.0</v>
       </c>
       <c r="B47" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E47" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G47" t="s">
-        <v>173</v>
+        <v>32</v>
       </c>
       <c r="H47" t="n">
         <v>37398.0</v>
       </c>
       <c r="I47" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>447.0</v>
       </c>
       <c r="B48" t="s">
         <v>174</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>175</v>
       </c>
       <c r="E48" t="s">
         <v>176</v>
       </c>
       <c r="G48" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="H48" t="n">
         <v>37403.0</v>
       </c>
       <c r="I48" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>448.0</v>
       </c>
       <c r="B49" t="s">
         <v>177</v>
       </c>
       <c r="C49" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>178</v>
       </c>
       <c r="E49" t="s">
         <v>179</v>
       </c>
       <c r="G49" t="s">
         <v>180</v>
       </c>
       <c r="H49" t="n">
         <v>37403.0</v>
       </c>
       <c r="I49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>449.0</v>
       </c>
       <c r="B50" t="s">
         <v>181</v>
       </c>
       <c r="C50" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="D50" t="s">
         <v>182</v>
       </c>
       <c r="E50" t="s">
         <v>183</v>
       </c>
       <c r="G50" t="s">
         <v>184</v>
       </c>
       <c r="H50" t="n">
         <v>37403.0</v>
       </c>
       <c r="I50" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>450.0</v>
       </c>
       <c r="B51" t="s">
         <v>185</v>
       </c>
       <c r="C51" t="s">