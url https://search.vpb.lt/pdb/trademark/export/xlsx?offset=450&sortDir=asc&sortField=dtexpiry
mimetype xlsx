--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -8,51 +8,51 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="196">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Trade mark</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Trademark type</t>
   </si>
   <si>
     <t>Application No</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Graphic representation</t>
   </si>
   <si>
     <t>Nice class No</t>
   </si>
   <si>
@@ -130,420 +130,429 @@
   <si>
     <t>ALFEKS</t>
   </si>
   <si>
     <t>ZP 411</t>
   </si>
   <si>
     <t>20019</t>
   </si>
   <si>
     <t>6, 9, 16, 18, 24, 29, 31, 39, 42</t>
   </si>
   <si>
     <t>praktika</t>
   </si>
   <si>
     <t>RL 422</t>
   </si>
   <si>
     <t>6006</t>
   </si>
   <si>
     <t>6, 7, 9, 20, 25, 37, 41, 42</t>
   </si>
   <si>
+    <t>ESKALONYSCHE TROPFEN</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>ZP 641</t>
+  </si>
+  <si>
+    <t>20011</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>PA KAUNAS</t>
+  </si>
+  <si>
+    <t>ZP 401</t>
+  </si>
+  <si>
+    <t>20013</t>
+  </si>
+  <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>ZP 427</t>
   </si>
   <si>
     <t>20010</t>
   </si>
   <si>
     <t>11, 42</t>
   </si>
   <si>
-    <t>PA KAUNAS</t>
-[...7 lines deleted...]
-  <si>
     <t>Gio Ligra</t>
   </si>
   <si>
     <t>ZP 404</t>
   </si>
   <si>
     <t>20020</t>
   </si>
   <si>
     <t>9, 24, 29, 30, 31, 32, 35, 36, 37, 40, 41, 42</t>
   </si>
   <si>
-    <t>ESKALONYSCHE TROPFEN</t>
-[...13 lines deleted...]
-  <si>
     <t>VILIENA</t>
   </si>
   <si>
     <t>ZP 408</t>
   </si>
   <si>
     <t>20089</t>
   </si>
   <si>
     <t>9, 42</t>
   </si>
   <si>
+    <t>SVALIA</t>
+  </si>
+  <si>
+    <t>ZP 449</t>
+  </si>
+  <si>
+    <t>20054</t>
+  </si>
+  <si>
+    <t>9, 21</t>
+  </si>
+  <si>
+    <t>SANTEKA</t>
+  </si>
+  <si>
+    <t>ZP 450</t>
+  </si>
+  <si>
+    <t>20025</t>
+  </si>
+  <si>
+    <t>35, 37</t>
+  </si>
+  <si>
     <t>RADIOCENTRAS</t>
   </si>
   <si>
     <t>ZP 407</t>
   </si>
   <si>
     <t>20101</t>
   </si>
   <si>
     <t>35, 38, 41</t>
   </si>
   <si>
-    <t>SVALIA</t>
-[...22 lines deleted...]
-  <si>
     <t>IODIS</t>
   </si>
   <si>
     <t>2000 2129</t>
   </si>
   <si>
     <t>43607</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Panaikinta registracija</t>
   </si>
   <si>
+    <t>PEPDENT</t>
+  </si>
+  <si>
+    <t>RL 470</t>
+  </si>
+  <si>
+    <t>6018</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>YUSI</t>
+  </si>
+  <si>
+    <t>RL 482</t>
+  </si>
+  <si>
+    <t>6029</t>
+  </si>
+  <si>
+    <t>AROMINT</t>
+  </si>
+  <si>
+    <t>RL 486</t>
+  </si>
+  <si>
+    <t>6032</t>
+  </si>
+  <si>
+    <t>TRIPLEMINT</t>
+  </si>
+  <si>
+    <t>RL 473</t>
+  </si>
+  <si>
+    <t>6020</t>
+  </si>
+  <si>
+    <t>SPEARDENT</t>
+  </si>
+  <si>
+    <t>RL 474</t>
+  </si>
+  <si>
+    <t>6021</t>
+  </si>
+  <si>
+    <t>ZENO</t>
+  </si>
+  <si>
+    <t>RL 499</t>
+  </si>
+  <si>
+    <t>6045</t>
+  </si>
+  <si>
+    <t>GG GIEDRA</t>
+  </si>
+  <si>
+    <t>ZP 468</t>
+  </si>
+  <si>
+    <t>20037</t>
+  </si>
+  <si>
+    <t>35, 36, 37</t>
+  </si>
+  <si>
+    <t>BOKS</t>
+  </si>
+  <si>
+    <t>ZP 569</t>
+  </si>
+  <si>
+    <t>20047</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>TWINMINTS</t>
+  </si>
+  <si>
+    <t>RL 475</t>
+  </si>
+  <si>
+    <t>6022</t>
+  </si>
+  <si>
     <t>DUO</t>
   </si>
   <si>
     <t>RL 483</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
-    <t>30</t>
-[...88 lines deleted...]
-  <si>
     <t>LORD</t>
   </si>
   <si>
     <t>ZP 1299</t>
   </si>
   <si>
     <t>20091</t>
   </si>
   <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>ZP 410</t>
+  </si>
+  <si>
+    <t>20092</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>GAUDA</t>
+  </si>
+  <si>
+    <t>ZP 412</t>
+  </si>
+  <si>
+    <t>20094</t>
+  </si>
+  <si>
+    <t>9, 37</t>
+  </si>
+  <si>
+    <t>Jauna muzika</t>
+  </si>
+  <si>
+    <t>ZP 469</t>
+  </si>
+  <si>
+    <t>20093</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
     <t>ZP 425</t>
   </si>
   <si>
     <t>20165</t>
   </si>
   <si>
     <t>35, 36</t>
   </si>
   <si>
     <t>SALIM</t>
   </si>
   <si>
     <t>ZP 426</t>
   </si>
   <si>
     <t>20201</t>
   </si>
   <si>
     <t>25, 35, 42</t>
   </si>
   <si>
-    <t>Jauna muzika</t>
-[...32 lines deleted...]
-    <t>9, 37</t>
+    <t>A AMICUS AUTO</t>
+  </si>
+  <si>
+    <t>ZP 413</t>
+  </si>
+  <si>
+    <t>20122</t>
+  </si>
+  <si>
+    <t>35, 37, 39, 42</t>
   </si>
   <si>
     <t>koti</t>
   </si>
   <si>
     <t>ZP 414</t>
   </si>
   <si>
     <t>20202</t>
   </si>
   <si>
     <t>35, 40, 42</t>
   </si>
   <si>
     <t>ZP 415</t>
   </si>
   <si>
     <t>20095</t>
   </si>
   <si>
     <t>19, 36, 39, 40, 41, 42</t>
   </si>
   <si>
-    <t>A AMICUS AUTO</t>
-[...10 lines deleted...]
-  <si>
     <t>GELVIL</t>
   </si>
   <si>
     <t>ZP 416</t>
   </si>
   <si>
     <t>20096</t>
   </si>
   <si>
     <t>BERTA</t>
   </si>
   <si>
     <t>ZP 459</t>
   </si>
   <si>
     <t>20097</t>
   </si>
   <si>
     <t>17, 20, 25, 35</t>
   </si>
   <si>
     <t>SOLLIT</t>
   </si>
   <si>
     <t>ZP 526</t>
   </si>
   <si>
     <t>20102</t>
   </si>
   <si>
     <t>19, 20, 35, 37, 42</t>
   </si>
   <si>
+    <t>Rudugys Gintarinis RAFINUOTAS RAPSŲ ALIEJUS</t>
+  </si>
+  <si>
+    <t>2000 0878</t>
+  </si>
+  <si>
+    <t>41700</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
     <t>RL 417</t>
   </si>
   <si>
     <t>6001</t>
   </si>
   <si>
     <t>GOMERTA</t>
   </si>
   <si>
     <t>ZP 430</t>
   </si>
   <si>
     <t>20171</t>
   </si>
   <si>
     <t>37, 42</t>
   </si>
   <si>
-    <t>Rudugys Gintarinis RAFINUOTAS RAPSŲ ALIEJUS</t>
-[...8 lines deleted...]
-    <t>29</t>
+    <t>RJ COLT</t>
+  </si>
+  <si>
+    <t>ZP 1419</t>
+  </si>
+  <si>
+    <t>20049</t>
   </si>
   <si>
     <t>MK MEDŽIO KONSTRUKCIJOS</t>
   </si>
   <si>
     <t>ZP 431</t>
   </si>
   <si>
     <t>20150</t>
   </si>
   <si>
     <t>19, 37, 40, 42</t>
   </si>
   <si>
     <t>BURGER KING</t>
   </si>
   <si>
     <t>ZP 1415</t>
   </si>
   <si>
     <t>20048</t>
   </si>
   <si>
     <t>16, 29, 30, 32, 42</t>
   </si>
@@ -556,93 +565,81 @@
   <si>
     <t>20050</t>
   </si>
   <si>
     <t>29, 30, 42</t>
   </si>
   <si>
     <t>KIDS CLUB</t>
   </si>
   <si>
     <t>ZP 1417</t>
   </si>
   <si>
     <t>20051</t>
   </si>
   <si>
     <t>16, 28, 42</t>
   </si>
   <si>
     <t>ZP 1418</t>
   </si>
   <si>
     <t>20052</t>
   </si>
   <si>
-    <t>RJ COLT</t>
-[...29 lines deleted...]
-    <t>31, 35</t>
+    <t>ČELI</t>
+  </si>
+  <si>
+    <t>ZP 435</t>
+  </si>
+  <si>
+    <t>20151</t>
+  </si>
+  <si>
+    <t>9, 35, 37, 42</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>ZP 438</t>
+  </si>
+  <si>
+    <t>20134</t>
+  </si>
+  <si>
+    <t>19, 25, 35, 42</t>
   </si>
   <si>
     <t>ASTRUM</t>
   </si>
   <si>
     <t>ZP 437</t>
   </si>
   <si>
     <t>20103</t>
-  </si>
-[...1 lines deleted...]
-    <t>19, 25, 35, 42</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -729,57 +726,57 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="828000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1003,131 +1000,131 @@
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
       <c r="H8" t="n">
         <v>37415.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>458.0</v>
       </c>
-      <c r="B9"/>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H9" t="n">
         <v>37416.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>459.0</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G10" t="s">
         <v>27</v>
       </c>
       <c r="H10" t="n">
         <v>37416.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>460.0</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B11"/>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H11" t="n">
         <v>37416.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>461.0</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>53</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
       <c r="H12" t="n">
         <v>37416.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>462.0</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
@@ -1213,439 +1210,439 @@
       </c>
       <c r="D16" t="s">
         <v>69</v>
       </c>
       <c r="E16" t="s">
         <v>70</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
       <c r="H16" t="n">
         <v>37419.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>466.0</v>
       </c>
       <c r="B17" t="s">
         <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>73</v>
       </c>
       <c r="E17" t="s">
         <v>74</v>
       </c>
       <c r="G17" t="s">
         <v>75</v>
       </c>
       <c r="H17" t="n">
         <v>37420.0</v>
       </c>
       <c r="I17" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>467.0</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
         <v>78</v>
       </c>
       <c r="E18" t="s">
         <v>79</v>
       </c>
       <c r="G18" t="s">
         <v>80</v>
       </c>
       <c r="H18" t="n">
         <v>37422.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>468.0</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>82</v>
       </c>
       <c r="E19" t="s">
         <v>83</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
       <c r="H19" t="n">
         <v>37422.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>469.0</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
         <v>85</v>
       </c>
       <c r="E20" t="s">
         <v>86</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="H20" t="n">
         <v>37422.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>470.0</v>
       </c>
       <c r="B21" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" t="s">
         <v>88</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>89</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="H21" t="n">
         <v>37422.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>471.0</v>
       </c>
       <c r="B22" t="s">
+        <v>90</v>
+      </c>
+      <c r="C22" t="s">
+        <v>41</v>
+      </c>
+      <c r="D22" t="s">
+        <v>91</v>
+      </c>
+      <c r="E22" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G22" t="s">
         <v>80</v>
       </c>
       <c r="H22" t="n">
         <v>37422.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>472.0</v>
       </c>
       <c r="B23" t="s">
+        <v>93</v>
+      </c>
+      <c r="C23" t="s">
+        <v>41</v>
+      </c>
+      <c r="D23" t="s">
+        <v>94</v>
+      </c>
+      <c r="E23" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G23" t="s">
         <v>80</v>
       </c>
       <c r="H23" t="n">
         <v>37422.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>473.0</v>
       </c>
       <c r="B24" t="s">
+        <v>96</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>97</v>
+      </c>
+      <c r="E24" t="s">
         <v>98</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="G24" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H24" t="n">
         <v>37422.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>474.0</v>
       </c>
       <c r="B25" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
         <v>101</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>102</v>
       </c>
-      <c r="E25" t="s">
+      <c r="G25" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H25" t="n">
         <v>37422.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>475.0</v>
       </c>
       <c r="B26" t="s">
         <v>104</v>
       </c>
       <c r="C26" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="D26" t="s">
         <v>105</v>
       </c>
       <c r="E26" t="s">
         <v>106</v>
       </c>
       <c r="G26" t="s">
         <v>80</v>
       </c>
       <c r="H26" t="n">
         <v>37422.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>476.0</v>
       </c>
       <c r="B27" t="s">
         <v>107</v>
       </c>
       <c r="C27" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="D27" t="s">
         <v>108</v>
       </c>
       <c r="E27" t="s">
         <v>109</v>
       </c>
       <c r="G27" t="s">
         <v>80</v>
       </c>
       <c r="H27" t="n">
         <v>37422.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>477.0</v>
       </c>
       <c r="B28" t="s">
         <v>110</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>111</v>
       </c>
       <c r="E28" t="s">
         <v>112</v>
       </c>
       <c r="G28" t="s">
         <v>75</v>
       </c>
       <c r="H28" t="n">
         <v>37423.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>478.0</v>
       </c>
-      <c r="B29"/>
+      <c r="B29" t="s">
+        <v>113</v>
+      </c>
       <c r="C29" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E29" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G29" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H29" t="n">
         <v>37425.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>479.0</v>
       </c>
       <c r="B30" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E30" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G30" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H30" t="n">
         <v>37425.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>480.0</v>
       </c>
       <c r="B31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E31" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G31" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H31" t="n">
         <v>37425.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>481.0</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B32"/>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="D32" t="s">
         <v>125</v>
       </c>
       <c r="E32" t="s">
         <v>126</v>
       </c>
       <c r="G32" t="s">
         <v>127</v>
       </c>
       <c r="H32" t="n">
         <v>37425.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>482.0</v>
       </c>
       <c r="B33" t="s">
         <v>128</v>
       </c>
       <c r="C33" t="s">
@@ -1675,114 +1672,114 @@
         <v>132</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>133</v>
       </c>
       <c r="E34" t="s">
         <v>134</v>
       </c>
       <c r="G34" t="s">
         <v>135</v>
       </c>
       <c r="H34" t="n">
         <v>37426.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>484.0</v>
       </c>
-      <c r="B35"/>
+      <c r="B35" t="s">
+        <v>136</v>
+      </c>
       <c r="C35" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="D35" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E35" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G35" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H35" t="n">
         <v>37426.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>485.0</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B36"/>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="D36" t="s">
         <v>140</v>
       </c>
       <c r="E36" t="s">
         <v>141</v>
       </c>
       <c r="G36" t="s">
         <v>142</v>
       </c>
       <c r="H36" t="n">
         <v>37426.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>486.0</v>
       </c>
       <c r="B37" t="s">
         <v>143</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>144</v>
       </c>
       <c r="E37" t="s">
         <v>145</v>
       </c>
       <c r="G37" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H37" t="n">
         <v>37426.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>487.0</v>
       </c>
       <c r="B38" t="s">
         <v>146</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>147</v>
       </c>
       <c r="E38" t="s">
         <v>148</v>
       </c>
       <c r="G38" t="s">
@@ -1799,274 +1796,274 @@
       <c r="A39" t="n">
         <v>488.0</v>
       </c>
       <c r="B39" t="s">
         <v>150</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>151</v>
       </c>
       <c r="E39" t="s">
         <v>152</v>
       </c>
       <c r="G39" t="s">
         <v>153</v>
       </c>
       <c r="H39" t="n">
         <v>37430.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="40">
+    <row r="40" ht="79.2" customHeight="true">
       <c r="A40" t="n">
         <v>489.0</v>
       </c>
-      <c r="B40"/>
+      <c r="B40" t="s">
+        <v>154</v>
+      </c>
       <c r="C40" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="D40" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E40" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G40" t="s">
-        <v>91</v>
+        <v>157</v>
       </c>
       <c r="H40" t="n">
         <v>37431.0</v>
       </c>
       <c r="I40" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>490.0</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B41"/>
       <c r="C41" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="D41" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E41" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G41" t="s">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="H41" t="n">
         <v>37431.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="42" ht="79.2" customHeight="true">
+    <row r="42">
       <c r="A42" t="n">
         <v>491.0</v>
       </c>
       <c r="B42" t="s">
         <v>160</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>161</v>
       </c>
       <c r="E42" t="s">
         <v>162</v>
       </c>
       <c r="G42" t="s">
         <v>163</v>
       </c>
       <c r="H42" t="n">
         <v>37431.0</v>
       </c>
       <c r="I42" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>492.0</v>
       </c>
       <c r="B43" t="s">
         <v>164</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>165</v>
       </c>
       <c r="E43" t="s">
         <v>166</v>
       </c>
       <c r="G43" t="s">
-        <v>167</v>
+        <v>103</v>
       </c>
       <c r="H43" t="n">
         <v>37437.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>493.0</v>
       </c>
       <c r="B44" t="s">
+        <v>167</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
         <v>168</v>
       </c>
-      <c r="C44" t="s">
-[...2 lines deleted...]
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>169</v>
       </c>
-      <c r="E44" t="s">
+      <c r="G44" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="H44" t="n">
         <v>37437.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>494.0</v>
       </c>
       <c r="B45" t="s">
+        <v>171</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
         <v>172</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>173</v>
       </c>
-      <c r="E45" t="s">
+      <c r="G45" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="H45" t="n">
         <v>37437.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>495.0</v>
       </c>
       <c r="B46" t="s">
+        <v>175</v>
+      </c>
+      <c r="C46" t="s">
+        <v>41</v>
+      </c>
+      <c r="D46" t="s">
         <v>176</v>
       </c>
-      <c r="C46" t="s">
-[...2 lines deleted...]
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>177</v>
       </c>
-      <c r="E46" t="s">
+      <c r="G46" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="H46" t="n">
         <v>37437.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>496.0</v>
       </c>
       <c r="B47" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="C47" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="D47" t="s">
         <v>180</v>
       </c>
       <c r="E47" t="s">
         <v>181</v>
       </c>
       <c r="G47" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="H47" t="n">
         <v>37437.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>497.0</v>
       </c>
       <c r="B48" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="D48" t="s">
         <v>183</v>
       </c>
       <c r="E48" t="s">
         <v>184</v>
       </c>
       <c r="G48" t="s">
-        <v>91</v>
+        <v>174</v>
       </c>
       <c r="H48" t="n">
         <v>37437.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>498.0</v>
       </c>
       <c r="B49" t="s">
         <v>185</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>186</v>
       </c>
       <c r="E49" t="s">
         <v>187</v>
       </c>
       <c r="G49" t="s">
@@ -2100,51 +2097,51 @@
       </c>
       <c r="H50" t="n">
         <v>37438.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>500.0</v>
       </c>
       <c r="B51" t="s">
         <v>193</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>194</v>
       </c>
       <c r="E51" t="s">
         <v>195</v>
       </c>
       <c r="G51" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="H51" t="n">
         <v>37438.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>