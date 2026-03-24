--- v1 (2025-12-19)
+++ v2 (2026-03-24)
@@ -8,80 +8,80 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="196">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="197">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>T TORIJA</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>ZP 396</t>
   </si>
   <si>
     <t>20004</t>
   </si>
   <si>
     <t>36, 42</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>ZP 461</t>
   </si>
@@ -130,98 +130,98 @@
   <si>
     <t>ALFEKS</t>
   </si>
   <si>
     <t>ZP 411</t>
   </si>
   <si>
     <t>20019</t>
   </si>
   <si>
     <t>6, 9, 16, 18, 24, 29, 31, 39, 42</t>
   </si>
   <si>
     <t>praktika</t>
   </si>
   <si>
     <t>RL 422</t>
   </si>
   <si>
     <t>6006</t>
   </si>
   <si>
     <t>6, 7, 9, 20, 25, 37, 41, 42</t>
   </si>
   <si>
+    <t>PA KAUNAS</t>
+  </si>
+  <si>
+    <t>ZP 401</t>
+  </si>
+  <si>
+    <t>20013</t>
+  </si>
+  <si>
+    <t>Gio Ligra</t>
+  </si>
+  <si>
+    <t>ZP 404</t>
+  </si>
+  <si>
+    <t>20020</t>
+  </si>
+  <si>
+    <t>9, 24, 29, 30, 31, 32, 35, 36, 37, 40, 41, 42</t>
+  </si>
+  <si>
+    <t>Figurative</t>
+  </si>
+  <si>
+    <t>ZP 427</t>
+  </si>
+  <si>
+    <t>20010</t>
+  </si>
+  <si>
+    <t>11, 42</t>
+  </si>
+  <si>
     <t>ESKALONYSCHE TROPFEN</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
     <t>ZP 641</t>
   </si>
   <si>
     <t>20011</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>PA KAUNAS</t>
-[...31 lines deleted...]
-  <si>
     <t>VILIENA</t>
   </si>
   <si>
     <t>ZP 408</t>
   </si>
   <si>
     <t>20089</t>
   </si>
   <si>
     <t>9, 42</t>
   </si>
   <si>
     <t>SVALIA</t>
   </si>
   <si>
     <t>ZP 449</t>
   </si>
   <si>
     <t>20054</t>
   </si>
   <si>
     <t>9, 21</t>
   </si>
   <si>
     <t>SANTEKA</t>
@@ -241,405 +241,408 @@
   <si>
     <t>ZP 407</t>
   </si>
   <si>
     <t>20101</t>
   </si>
   <si>
     <t>35, 38, 41</t>
   </si>
   <si>
     <t>IODIS</t>
   </si>
   <si>
     <t>2000 2129</t>
   </si>
   <si>
     <t>43607</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Panaikinta registracija</t>
   </si>
   <si>
+    <t>DUO</t>
+  </si>
+  <si>
+    <t>RL 483</t>
+  </si>
+  <si>
+    <t>6030</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>ZENO</t>
+  </si>
+  <si>
+    <t>RL 499</t>
+  </si>
+  <si>
+    <t>6045</t>
+  </si>
+  <si>
+    <t>GG GIEDRA</t>
+  </si>
+  <si>
+    <t>ZP 468</t>
+  </si>
+  <si>
+    <t>20037</t>
+  </si>
+  <si>
+    <t>35, 36, 37</t>
+  </si>
+  <si>
+    <t>BOKS</t>
+  </si>
+  <si>
+    <t>ZP 569</t>
+  </si>
+  <si>
+    <t>20047</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>SPEARDENT</t>
+  </si>
+  <si>
+    <t>RL 474</t>
+  </si>
+  <si>
+    <t>6021</t>
+  </si>
+  <si>
+    <t>TWINMINTS</t>
+  </si>
+  <si>
+    <t>RL 475</t>
+  </si>
+  <si>
+    <t>6022</t>
+  </si>
+  <si>
+    <t>YUSI</t>
+  </si>
+  <si>
+    <t>RL 482</t>
+  </si>
+  <si>
+    <t>6029</t>
+  </si>
+  <si>
+    <t>AROMINT</t>
+  </si>
+  <si>
+    <t>RL 486</t>
+  </si>
+  <si>
+    <t>6032</t>
+  </si>
+  <si>
     <t>PEPDENT</t>
   </si>
   <si>
     <t>RL 470</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
-    <t>30</t>
-[...19 lines deleted...]
-  <si>
     <t>TRIPLEMINT</t>
   </si>
   <si>
     <t>RL 473</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
-    <t>SPEARDENT</t>
-[...58 lines deleted...]
-  <si>
     <t>LORD</t>
   </si>
   <si>
     <t>ZP 1299</t>
   </si>
   <si>
     <t>20091</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>ZP 410</t>
   </si>
   <si>
     <t>20092</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
+    <t>ZP 425</t>
+  </si>
+  <si>
+    <t>20165</t>
+  </si>
+  <si>
+    <t>35, 36</t>
+  </si>
+  <si>
+    <t>SALIM</t>
+  </si>
+  <si>
+    <t>ZP 426</t>
+  </si>
+  <si>
+    <t>20201</t>
+  </si>
+  <si>
+    <t>25, 35, 42</t>
+  </si>
+  <si>
+    <t>Jauna muzika</t>
+  </si>
+  <si>
+    <t>ZP 469</t>
+  </si>
+  <si>
+    <t>20093</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
     <t>GAUDA</t>
   </si>
   <si>
     <t>ZP 412</t>
   </si>
   <si>
     <t>20094</t>
   </si>
   <si>
     <t>9, 37</t>
   </si>
   <si>
-    <t>Jauna muzika</t>
-[...29 lines deleted...]
-    <t>25, 35, 42</t>
+    <t>GELVIL</t>
+  </si>
+  <si>
+    <t>ZP 416</t>
+  </si>
+  <si>
+    <t>20096</t>
+  </si>
+  <si>
+    <t>19, 36, 39, 40, 41, 42</t>
+  </si>
+  <si>
+    <t>ZP 415</t>
+  </si>
+  <si>
+    <t>20095</t>
   </si>
   <si>
     <t>A AMICUS AUTO</t>
   </si>
   <si>
     <t>ZP 413</t>
   </si>
   <si>
     <t>20122</t>
   </si>
   <si>
     <t>35, 37, 39, 42</t>
   </si>
   <si>
     <t>koti</t>
   </si>
   <si>
     <t>ZP 414</t>
   </si>
   <si>
     <t>20202</t>
   </si>
   <si>
     <t>35, 40, 42</t>
   </si>
   <si>
-    <t>ZP 415</t>
-[...16 lines deleted...]
-  <si>
     <t>BERTA</t>
   </si>
   <si>
     <t>ZP 459</t>
   </si>
   <si>
     <t>20097</t>
   </si>
   <si>
     <t>17, 20, 25, 35</t>
   </si>
   <si>
     <t>SOLLIT</t>
   </si>
   <si>
     <t>ZP 526</t>
   </si>
   <si>
     <t>20102</t>
   </si>
   <si>
     <t>19, 20, 35, 37, 42</t>
   </si>
   <si>
+    <t>GOMERTA</t>
+  </si>
+  <si>
+    <t>ZP 430</t>
+  </si>
+  <si>
+    <t>20171</t>
+  </si>
+  <si>
+    <t>37, 42</t>
+  </si>
+  <si>
+    <t>RL 417</t>
+  </si>
+  <si>
+    <t>6001</t>
+  </si>
+  <si>
     <t>Rudugys Gintarinis RAFINUOTAS RAPSŲ ALIEJUS</t>
   </si>
   <si>
     <t>2000 0878</t>
   </si>
   <si>
     <t>41700</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>RL 417</t>
-[...14 lines deleted...]
-    <t>37, 42</t>
+    <t>MK MEDŽIO KONSTRUKCIJOS</t>
+  </si>
+  <si>
+    <t>ZP 431</t>
+  </si>
+  <si>
+    <t>20150</t>
+  </si>
+  <si>
+    <t>19, 37, 40, 42</t>
+  </si>
+  <si>
+    <t>WHOPPER</t>
+  </si>
+  <si>
+    <t>ZP 1416</t>
+  </si>
+  <si>
+    <t>20050</t>
+  </si>
+  <si>
+    <t>29, 30, 42</t>
+  </si>
+  <si>
+    <t>BURGER KING</t>
+  </si>
+  <si>
+    <t>ZP 1415</t>
+  </si>
+  <si>
+    <t>20048</t>
+  </si>
+  <si>
+    <t>16, 29, 30, 32, 42</t>
+  </si>
+  <si>
+    <t>ZP 1418</t>
+  </si>
+  <si>
+    <t>20052</t>
   </si>
   <si>
     <t>RJ COLT</t>
   </si>
   <si>
     <t>ZP 1419</t>
   </si>
   <si>
     <t>20049</t>
   </si>
   <si>
-    <t>MK MEDŽIO KONSTRUKCIJOS</t>
-[...34 lines deleted...]
-  <si>
     <t>KIDS CLUB</t>
   </si>
   <si>
     <t>ZP 1417</t>
   </si>
   <si>
     <t>20051</t>
   </si>
   <si>
     <t>16, 28, 42</t>
   </si>
   <si>
-    <t>ZP 1418</t>
-[...14 lines deleted...]
-    <t>9, 35, 37, 42</t>
+    <t>NNN NOTRA</t>
+  </si>
+  <si>
+    <t>ZP 436</t>
+  </si>
+  <si>
+    <t>20166</t>
+  </si>
+  <si>
+    <t>31, 35</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>ZP 438</t>
   </si>
   <si>
     <t>20134</t>
   </si>
   <si>
     <t>19, 25, 35, 42</t>
   </si>
   <si>
-    <t>ASTRUM</t>
-[...5 lines deleted...]
-    <t>20103</t>
+    <t>LAIČIA</t>
+  </si>
+  <si>
+    <t>ZP 433</t>
+  </si>
+  <si>
+    <t>20167</t>
+  </si>
+  <si>
+    <t>25, 39, 42</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -726,57 +729,57 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="828000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1004,127 +1007,127 @@
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
       <c r="H8" t="n">
         <v>37415.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>458.0</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
         <v>41</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>42</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="H9" t="n">
         <v>37416.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>459.0</v>
       </c>
       <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
         <v>45</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="G10" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="H10" t="n">
         <v>37416.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>460.0</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" t="s">
         <v>48</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>49</v>
       </c>
-      <c r="E11" t="s">
+      <c r="G11" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="H11" t="n">
         <v>37416.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>461.0</v>
       </c>
       <c r="B12" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>53</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
       <c r="H12" t="n">
         <v>37416.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>462.0</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
@@ -1210,311 +1213,311 @@
       </c>
       <c r="D16" t="s">
         <v>69</v>
       </c>
       <c r="E16" t="s">
         <v>70</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
       <c r="H16" t="n">
         <v>37419.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>466.0</v>
       </c>
       <c r="B17" t="s">
         <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>73</v>
       </c>
       <c r="E17" t="s">
         <v>74</v>
       </c>
       <c r="G17" t="s">
         <v>75</v>
       </c>
       <c r="H17" t="n">
         <v>37420.0</v>
       </c>
       <c r="I17" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>467.0</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>78</v>
       </c>
       <c r="E18" t="s">
         <v>79</v>
       </c>
       <c r="G18" t="s">
         <v>80</v>
       </c>
       <c r="H18" t="n">
         <v>37422.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>468.0</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>82</v>
       </c>
       <c r="E19" t="s">
         <v>83</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
       <c r="H19" t="n">
         <v>37422.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>469.0</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>85</v>
       </c>
       <c r="E20" t="s">
         <v>86</v>
       </c>
       <c r="G20" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="H20" t="n">
         <v>37422.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>470.0</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G21" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="H21" t="n">
         <v>37422.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>471.0</v>
       </c>
       <c r="B22" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C22" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D22" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E22" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G22" t="s">
         <v>80</v>
       </c>
       <c r="H22" t="n">
         <v>37422.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>472.0</v>
       </c>
       <c r="B23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G23" t="s">
         <v>80</v>
       </c>
       <c r="H23" t="n">
         <v>37422.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>473.0</v>
       </c>
       <c r="B24" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="D24" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E24" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="G24" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="H24" t="n">
         <v>37422.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>474.0</v>
       </c>
       <c r="B25" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="D25" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G25" t="s">
-        <v>103</v>
+        <v>80</v>
       </c>
       <c r="H25" t="n">
         <v>37422.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>475.0</v>
       </c>
       <c r="B26" t="s">
         <v>104</v>
       </c>
       <c r="C26" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D26" t="s">
         <v>105</v>
       </c>
       <c r="E26" t="s">
         <v>106</v>
       </c>
       <c r="G26" t="s">
         <v>80</v>
       </c>
       <c r="H26" t="n">
         <v>37422.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>476.0</v>
       </c>
       <c r="B27" t="s">
         <v>107</v>
       </c>
       <c r="C27" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D27" t="s">
         <v>108</v>
       </c>
       <c r="E27" t="s">
         <v>109</v>
       </c>
       <c r="G27" t="s">
         <v>80</v>
       </c>
       <c r="H27" t="n">
         <v>37422.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>477.0</v>
       </c>
       <c r="B28" t="s">
         <v>110</v>
       </c>
       <c r="C28" t="s">
@@ -1544,105 +1547,105 @@
         <v>113</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>114</v>
       </c>
       <c r="E29" t="s">
         <v>115</v>
       </c>
       <c r="G29" t="s">
         <v>116</v>
       </c>
       <c r="H29" t="n">
         <v>37425.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>479.0</v>
       </c>
-      <c r="B30" t="s">
+      <c r="B30"/>
+      <c r="C30" t="s">
+        <v>47</v>
+      </c>
+      <c r="D30" t="s">
         <v>117</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>118</v>
       </c>
-      <c r="E30" t="s">
+      <c r="G30" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="H30" t="n">
         <v>37425.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>480.0</v>
       </c>
       <c r="B31" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
         <v>121</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>122</v>
       </c>
-      <c r="E31" t="s">
+      <c r="G31" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="H31" t="n">
         <v>37425.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>481.0</v>
       </c>
-      <c r="B32"/>
+      <c r="B32" t="s">
+        <v>124</v>
+      </c>
       <c r="C32" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>125</v>
       </c>
       <c r="E32" t="s">
         <v>126</v>
       </c>
       <c r="G32" t="s">
         <v>127</v>
       </c>
       <c r="H32" t="n">
         <v>37425.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>482.0</v>
       </c>
       <c r="B33" t="s">
         <v>128</v>
       </c>
       <c r="C33" t="s">
@@ -1672,114 +1675,114 @@
         <v>132</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>133</v>
       </c>
       <c r="E34" t="s">
         <v>134</v>
       </c>
       <c r="G34" t="s">
         <v>135</v>
       </c>
       <c r="H34" t="n">
         <v>37426.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>484.0</v>
       </c>
-      <c r="B35" t="s">
+      <c r="B35"/>
+      <c r="C35" t="s">
+        <v>47</v>
+      </c>
+      <c r="D35" t="s">
         <v>136</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>137</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="H35" t="n">
         <v>37426.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>485.0</v>
       </c>
-      <c r="B36"/>
+      <c r="B36" t="s">
+        <v>138</v>
+      </c>
       <c r="C36" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D36" t="s">
+        <v>139</v>
+      </c>
+      <c r="E36" t="s">
         <v>140</v>
       </c>
-      <c r="E36" t="s">
+      <c r="G36" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="H36" t="n">
         <v>37426.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>486.0</v>
       </c>
       <c r="B37" t="s">
+        <v>142</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
         <v>143</v>
       </c>
-      <c r="C37" t="s">
-[...2 lines deleted...]
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>144</v>
       </c>
-      <c r="E37" t="s">
+      <c r="G37" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="H37" t="n">
         <v>37426.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>487.0</v>
       </c>
       <c r="B38" t="s">
         <v>146</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>147</v>
       </c>
       <c r="E38" t="s">
         <v>148</v>
       </c>
       <c r="G38" t="s">
@@ -1796,274 +1799,274 @@
       <c r="A39" t="n">
         <v>488.0</v>
       </c>
       <c r="B39" t="s">
         <v>150</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>151</v>
       </c>
       <c r="E39" t="s">
         <v>152</v>
       </c>
       <c r="G39" t="s">
         <v>153</v>
       </c>
       <c r="H39" t="n">
         <v>37430.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="40" ht="79.2" customHeight="true">
+    <row r="40">
       <c r="A40" t="n">
         <v>489.0</v>
       </c>
       <c r="B40" t="s">
         <v>154</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>155</v>
       </c>
       <c r="E40" t="s">
         <v>156</v>
       </c>
       <c r="G40" t="s">
         <v>157</v>
       </c>
       <c r="H40" t="n">
         <v>37431.0</v>
       </c>
       <c r="I40" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>490.0</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D41" t="s">
         <v>158</v>
       </c>
       <c r="E41" t="s">
         <v>159</v>
       </c>
       <c r="G41" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="H41" t="n">
         <v>37431.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="42">
+    <row r="42" ht="79.2" customHeight="true">
       <c r="A42" t="n">
         <v>491.0</v>
       </c>
       <c r="B42" t="s">
         <v>160</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>161</v>
       </c>
       <c r="E42" t="s">
         <v>162</v>
       </c>
       <c r="G42" t="s">
         <v>163</v>
       </c>
       <c r="H42" t="n">
         <v>37431.0</v>
       </c>
       <c r="I42" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>492.0</v>
       </c>
       <c r="B43" t="s">
         <v>164</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>165</v>
       </c>
       <c r="E43" t="s">
         <v>166</v>
       </c>
       <c r="G43" t="s">
-        <v>103</v>
+        <v>167</v>
       </c>
       <c r="H43" t="n">
         <v>37437.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>493.0</v>
       </c>
       <c r="B44" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="D44" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E44" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G44" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H44" t="n">
         <v>37437.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>494.0</v>
       </c>
       <c r="B45" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E45" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G45" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H45" t="n">
         <v>37437.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>495.0</v>
       </c>
       <c r="B46" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C46" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D46" t="s">
         <v>176</v>
       </c>
       <c r="E46" t="s">
         <v>177</v>
       </c>
       <c r="G46" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="H46" t="n">
         <v>37437.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>496.0</v>
       </c>
       <c r="B47" t="s">
+        <v>178</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
         <v>179</v>
       </c>
-      <c r="C47" t="s">
-[...2 lines deleted...]
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>180</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" t="s">
-        <v>182</v>
+        <v>91</v>
       </c>
       <c r="H47" t="n">
         <v>37437.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>497.0</v>
       </c>
       <c r="B48" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="C48" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D48" t="s">
+        <v>182</v>
+      </c>
+      <c r="E48" t="s">
         <v>183</v>
       </c>
-      <c r="E48" t="s">
+      <c r="G48" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="H48" t="n">
         <v>37437.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>498.0</v>
       </c>
       <c r="B49" t="s">
         <v>185</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>186</v>
       </c>
       <c r="E49" t="s">
         <v>187</v>
       </c>
       <c r="G49" t="s">
@@ -2097,51 +2100,51 @@
       </c>
       <c r="H50" t="n">
         <v>37438.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>500.0</v>
       </c>
       <c r="B51" t="s">
         <v>193</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>194</v>
       </c>
       <c r="E51" t="s">
         <v>195</v>
       </c>
       <c r="G51" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="H51" t="n">
         <v>37438.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>