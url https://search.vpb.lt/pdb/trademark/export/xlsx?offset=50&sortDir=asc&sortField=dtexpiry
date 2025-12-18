--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -321,98 +321,98 @@
   <si>
     <t>RL 3802</t>
   </si>
   <si>
     <t>7680</t>
   </si>
   <si>
     <t>PLANIGON</t>
   </si>
   <si>
     <t>RL 3803</t>
   </si>
   <si>
     <t>7681</t>
   </si>
   <si>
     <t>ELBEO</t>
   </si>
   <si>
     <t>RL 12197</t>
   </si>
   <si>
     <t>13778</t>
   </si>
   <si>
+    <t>COSILAT</t>
+  </si>
+  <si>
+    <t>ZP 10440</t>
+  </si>
+  <si>
+    <t>23172</t>
+  </si>
+  <si>
     <t>VICEROY</t>
   </si>
   <si>
     <t>ZP 9284</t>
   </si>
   <si>
     <t>22925</t>
   </si>
   <si>
-    <t>COSILAT</t>
-[...7 lines deleted...]
-  <si>
     <t>BOSTON</t>
   </si>
   <si>
     <t>ZP 8478</t>
   </si>
   <si>
     <t>24117</t>
   </si>
   <si>
     <t>1, 8, 16</t>
   </si>
   <si>
+    <t>TITAN</t>
+  </si>
+  <si>
+    <t>ZP 14260</t>
+  </si>
+  <si>
+    <t>24402</t>
+  </si>
+  <si>
     <t>DESINTAN</t>
   </si>
   <si>
     <t>ZP 8361</t>
   </si>
   <si>
     <t>23074</t>
   </si>
   <si>
-    <t>TITAN</t>
-[...7 lines deleted...]
-  <si>
     <t>BIRŽIEČIŲ</t>
   </si>
   <si>
     <t>95-2277</t>
   </si>
   <si>
     <t>24003</t>
   </si>
   <si>
     <t>ENERGIJA</t>
   </si>
   <si>
     <t>96-2788</t>
   </si>
   <si>
     <t>24179</t>
   </si>
   <si>
     <t>ABM</t>
   </si>
   <si>
     <t>ZP 10910</t>
   </si>
   <si>
     <t>23851</t>
@@ -420,68 +420,68 @@
   <si>
     <t>12, 35, 37, 39, 41</t>
   </si>
   <si>
     <t>nafta</t>
   </si>
   <si>
     <t>ZP 15757</t>
   </si>
   <si>
     <t>25205</t>
   </si>
   <si>
     <t>1, 4, 19</t>
   </si>
   <si>
     <t>McLAREN</t>
   </si>
   <si>
     <t>ZP 9286</t>
   </si>
   <si>
     <t>22926</t>
   </si>
   <si>
+    <t>Delta D</t>
+  </si>
+  <si>
+    <t>ZP 13932</t>
+  </si>
+  <si>
+    <t>24470</t>
+  </si>
+  <si>
     <t>Vogue</t>
   </si>
   <si>
     <t>ZP 12972</t>
   </si>
   <si>
     <t>23974</t>
   </si>
   <si>
-    <t>Delta D</t>
-[...7 lines deleted...]
-  <si>
     <t>Figurative</t>
   </si>
   <si>
     <t>ZP 12489</t>
   </si>
   <si>
     <t>23835</t>
   </si>
   <si>
     <t>kinder</t>
   </si>
   <si>
     <t>ZP 13218</t>
   </si>
   <si>
     <t>24332</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>OLD THOMPSON</t>
   </si>
   <si>
     <t>ZP 15368</t>
@@ -519,69 +519,69 @@
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Dakota D</t>
   </si>
   <si>
     <t>ZP 13931</t>
   </si>
   <si>
     <t>24606</t>
   </si>
   <si>
     <t>CITANEST</t>
   </si>
   <si>
     <t>ZP 13600</t>
   </si>
   <si>
     <t>24760</t>
   </si>
   <si>
     <t>JAGUAR</t>
   </si>
   <si>
+    <t>ZP 2248</t>
+  </si>
+  <si>
+    <t>20721</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
     <t>ZP 2250</t>
   </si>
   <si>
     <t>20723</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>ZP 2247</t>
   </si>
   <si>
     <t>20720</t>
-  </si>
-[...4 lines deleted...]
-    <t>20721</t>
   </si>
   <si>
     <t>MACH 5</t>
   </si>
   <si>
     <t>ZP 16926</t>
   </si>
   <si>
     <t>26388</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -1334,77 +1334,77 @@
       </c>
       <c r="H27" t="n">
         <v>35486.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>77.0</v>
       </c>
       <c r="B28" t="s">
         <v>104</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>105</v>
       </c>
       <c r="E28" t="s">
         <v>106</v>
       </c>
       <c r="G28" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="H28" t="n">
         <v>35501.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>78.0</v>
       </c>
       <c r="B29" t="s">
         <v>107</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>108</v>
       </c>
       <c r="E29" t="s">
         <v>109</v>
       </c>
       <c r="G29" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="H29" t="n">
         <v>35501.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>79.0</v>
       </c>
       <c r="B30" t="s">
         <v>110</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>111</v>
       </c>
       <c r="E30" t="s">
         <v>112</v>
       </c>
       <c r="G30" t="s">
@@ -1412,77 +1412,77 @@
       </c>
       <c r="H30" t="n">
         <v>35509.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>80.0</v>
       </c>
       <c r="B31" t="s">
         <v>114</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>115</v>
       </c>
       <c r="E31" t="s">
         <v>116</v>
       </c>
       <c r="G31" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="H31" t="n">
         <v>35543.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>81.0</v>
       </c>
       <c r="B32" t="s">
         <v>117</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>118</v>
       </c>
       <c r="E32" t="s">
         <v>119</v>
       </c>
       <c r="G32" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="H32" t="n">
         <v>35543.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>82.0</v>
       </c>
       <c r="B33" t="s">
         <v>120</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>121</v>
       </c>
       <c r="E33" t="s">
         <v>122</v>
       </c>
       <c r="G33" t="s">
@@ -1585,86 +1585,86 @@
       </c>
       <c r="D37" t="s">
         <v>135</v>
       </c>
       <c r="E37" t="s">
         <v>136</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="n">
         <v>35733.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>87.0</v>
       </c>
       <c r="B38" t="s">
         <v>137</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>138</v>
       </c>
       <c r="E38" t="s">
         <v>139</v>
       </c>
       <c r="G38" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="H38" t="n">
         <v>35751.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>88.0</v>
       </c>
       <c r="B39" t="s">
         <v>140</v>
       </c>
       <c r="C39" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>141</v>
       </c>
       <c r="E39" t="s">
         <v>142</v>
       </c>
       <c r="G39" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="H39" t="n">
         <v>35751.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>89.0</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
         <v>143</v>
       </c>
       <c r="D40" t="s">
         <v>144</v>
       </c>
       <c r="E40" t="s">
         <v>145</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>