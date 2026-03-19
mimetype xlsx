--- v1 (2025-12-18)
+++ v2 (2026-03-19)
@@ -9,78 +9,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="311" uniqueCount="180">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>L&amp;B</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
     <t>ZP 2220</t>
   </si>
   <si>
     <t>20772</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Panaikinta registracija</t>
   </si>
   <si>
     <t>HYDROFLOW</t>
   </si>
   <si>
     <t>ZP 2718</t>
   </si>
@@ -96,68 +96,68 @@
   <si>
     <t>ZP 7316</t>
   </si>
   <si>
     <t>22375</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>KUEPPERS-KOELSCH</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>ZP 9886</t>
   </si>
   <si>
     <t>22649</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
+    <t>KUPPERS KOLSCH</t>
+  </si>
+  <si>
+    <t>RL 8688</t>
+  </si>
+  <si>
+    <t>11663</t>
+  </si>
+  <si>
     <t>GERSTREEN</t>
   </si>
   <si>
     <t>RL 9884</t>
   </si>
   <si>
     <t>12696</t>
   </si>
   <si>
-    <t>KUPPERS KOLSCH</t>
-[...7 lines deleted...]
-  <si>
     <t>Bud</t>
   </si>
   <si>
     <t>ZP 4625</t>
   </si>
   <si>
     <t>21503</t>
   </si>
   <si>
     <t>SULFOTIN</t>
   </si>
   <si>
     <t>ZP 10442</t>
   </si>
   <si>
     <t>23175</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>SWARFEGA</t>
   </si>
   <si>
     <t>ZP 10632</t>
@@ -519,69 +519,69 @@
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Dakota D</t>
   </si>
   <si>
     <t>ZP 13931</t>
   </si>
   <si>
     <t>24606</t>
   </si>
   <si>
     <t>CITANEST</t>
   </si>
   <si>
     <t>ZP 13600</t>
   </si>
   <si>
     <t>24760</t>
   </si>
   <si>
     <t>JAGUAR</t>
   </si>
   <si>
+    <t>ZP 2247</t>
+  </si>
+  <si>
+    <t>20720</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
     <t>ZP 2248</t>
   </si>
   <si>
     <t>20721</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>ZP 2250</t>
   </si>
   <si>
     <t>20723</t>
-  </si>
-[...4 lines deleted...]
-    <t>20720</t>
   </si>
   <si>
     <t>MACH 5</t>
   </si>
   <si>
     <t>ZP 16926</t>
   </si>
   <si>
     <t>26388</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -759,75 +759,75 @@
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="n">
         <v>35304.0</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>55.0</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="n">
         <v>35304.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>56.0</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="n">
         <v>35304.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>57.0</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>