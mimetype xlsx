--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -8,1699 +8,1497 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="143">
-[...4 lines deleted...]
-    <t>Prekių ženklas</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="139">
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trade mark</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Ženklo tipas</t>
-[...20 lines deleted...]
-    <t>Biosteam Engineering</t>
+    <t>Trademark type</t>
+  </si>
+  <si>
+    <t>Application No</t>
+  </si>
+  <si>
+    <t>Registration No</t>
+  </si>
+  <si>
+    <t>Graphic representation</t>
+  </si>
+  <si>
+    <t>Nice class No</t>
+  </si>
+  <si>
+    <t>Expire</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>KURSAS  SVEIKATA</t>
+  </si>
+  <si>
+    <t>Combined</t>
+  </si>
+  <si>
+    <t>2025 2096</t>
+  </si>
+  <si>
+    <t>41, 44, 45</t>
+  </si>
+  <si>
+    <t>Ženklas atitinka absoliučius reikalavimus (paraiška paskelbta)</t>
+  </si>
+  <si>
+    <t>Faiim DEEP MINT</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
-    <t>2025 1997</t>
-[...20 lines deleted...]
-    <t>2025 2061</t>
+    <t>2025 2166</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Faiim BLUEBERRY WITH STRAWBERRY MIX</t>
+  </si>
+  <si>
+    <t>2025 2167</t>
+  </si>
+  <si>
+    <t>APARTAMENTAI DHARMA Stay</t>
+  </si>
+  <si>
+    <t>2025 2097</t>
+  </si>
+  <si>
+    <t>36, 43</t>
+  </si>
+  <si>
+    <t>Faiim STRAWBERRY MIX</t>
+  </si>
+  <si>
+    <t>2025 2168</t>
+  </si>
+  <si>
+    <t>LABRadon 86</t>
+  </si>
+  <si>
+    <t>2025 2098</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Faiim BLUEBERRY MIX</t>
+  </si>
+  <si>
+    <t>2025 2169</t>
+  </si>
+  <si>
+    <t>kuri studija</t>
+  </si>
+  <si>
+    <t>2025 2099</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Faiim WATERMELON MIX</t>
+  </si>
+  <si>
+    <t>2025 2170</t>
+  </si>
+  <si>
+    <t>VFM LEMMA</t>
+  </si>
+  <si>
+    <t>2025 2100</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>Faiim BLUEBERRY</t>
+  </si>
+  <si>
+    <t>2025 2171</t>
+  </si>
+  <si>
+    <t>Figurative</t>
+  </si>
+  <si>
+    <t>2025 2172</t>
+  </si>
+  <si>
+    <t>18, 25</t>
+  </si>
+  <si>
+    <t>KEBAB STIX</t>
+  </si>
+  <si>
+    <t>2025 2101</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>Brolių medus</t>
-[...44 lines deleted...]
-    <t>2025 2070</t>
+    <t>HDtech</t>
+  </si>
+  <si>
+    <t>2025 2102</t>
+  </si>
+  <si>
+    <t>7, 12</t>
+  </si>
+  <si>
+    <t>TRV. baldų studija</t>
+  </si>
+  <si>
+    <t>2025 2104</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Dainos teatras</t>
+  </si>
+  <si>
+    <t>2025 2105</t>
+  </si>
+  <si>
+    <t>9, 16, 41</t>
+  </si>
+  <si>
+    <t>Forea Tavo grožio oazė</t>
+  </si>
+  <si>
+    <t>2025 2106</t>
+  </si>
+  <si>
+    <t>35, 44, 45</t>
+  </si>
+  <si>
+    <t>ROSES</t>
+  </si>
+  <si>
+    <t>2025 2107</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>PAJAUTA</t>
+  </si>
+  <si>
+    <t>2025 2108</t>
+  </si>
+  <si>
+    <t>41, 43</t>
+  </si>
+  <si>
+    <t>2025 2109</t>
+  </si>
+  <si>
+    <t>Panda In Balance</t>
+  </si>
+  <si>
+    <t>2025 2111</t>
+  </si>
+  <si>
+    <t>41, 44</t>
+  </si>
+  <si>
+    <t>Nustokite mokytis – pradėkite keistis</t>
+  </si>
+  <si>
+    <t>2025 1932</t>
+  </si>
+  <si>
+    <t>35, 41</t>
+  </si>
+  <si>
+    <t>Išeikite iš užburto rato. Išlaikykite pokyčio tęstinumą!</t>
+  </si>
+  <si>
+    <t>2025 1369</t>
+  </si>
+  <si>
+    <t>AUTO Raudondvaris</t>
+  </si>
+  <si>
+    <t>2025 1825</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>UMORSEA</t>
+  </si>
+  <si>
+    <t>2025 1590</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>NARKUS CLINIC</t>
+  </si>
+  <si>
+    <t>2025 1589</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>AMBER TERMINAL KLAIPEDA</t>
-[...134 lines deleted...]
-    <t>2025 2094</t>
+    <t>MARGI DYGSNIAI</t>
+  </si>
+  <si>
+    <t>2025 1592</t>
+  </si>
+  <si>
+    <t>25, 40</t>
+  </si>
+  <si>
+    <t>Dovira</t>
+  </si>
+  <si>
+    <t>2025 1605</t>
+  </si>
+  <si>
+    <t>JOHN HARRISON LONDON</t>
+  </si>
+  <si>
+    <t>2025 1613</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>OLD SCHOOL</t>
+  </si>
+  <si>
+    <t>2025 1595</t>
+  </si>
+  <si>
+    <t>prato creativo arte di firenze</t>
+  </si>
+  <si>
+    <t>2025 1616</t>
+  </si>
+  <si>
+    <t>JADVITA</t>
+  </si>
+  <si>
+    <t>2025 1603</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>ARBOR PRO</t>
-[...170 lines deleted...]
-    <t>2025 2054</t>
+    <t>GURESTA</t>
+  </si>
+  <si>
+    <t>2025 1606</t>
+  </si>
+  <si>
+    <t>MySkin</t>
+  </si>
+  <si>
+    <t>2025 1621</t>
+  </si>
+  <si>
+    <t>St. VALENTINO Brunch &amp; Dinner SINCE 1999</t>
+  </si>
+  <si>
+    <t>2025 1610</t>
+  </si>
+  <si>
+    <t>medicina practica</t>
+  </si>
+  <si>
+    <t>2025 1623</t>
+  </si>
+  <si>
+    <t>LINDA BAUMANN</t>
+  </si>
+  <si>
+    <t>2025 1614</t>
+  </si>
+  <si>
+    <t>medicina practica medicininių tyrimų laboratorija</t>
+  </si>
+  <si>
+    <t>2025 1624</t>
+  </si>
+  <si>
+    <t>HUNGRY FOX</t>
+  </si>
+  <si>
+    <t>2025 1619</t>
+  </si>
+  <si>
+    <t>CHAMELEON BEAUTY SALON</t>
+  </si>
+  <si>
+    <t>2025 2117</t>
+  </si>
+  <si>
+    <t>GYM</t>
+  </si>
+  <si>
+    <t>2025 1920</t>
+  </si>
+  <si>
+    <t>MASALS</t>
+  </si>
+  <si>
+    <t>2025 1103</t>
+  </si>
+  <si>
+    <t>5, 31, 35</t>
+  </si>
+  <si>
+    <t>FARMERS &amp; COMPANY</t>
+  </si>
+  <si>
+    <t>2025 1201</t>
+  </si>
+  <si>
+    <t>35, 43</t>
+  </si>
+  <si>
+    <t>Asmeninių ir profesinių transformacijų ekosistema</t>
+  </si>
+  <si>
+    <t>2025 1372</t>
+  </si>
+  <si>
+    <t>THEONE</t>
+  </si>
+  <si>
+    <t>2025 1440</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>NOVAPASSWORD</t>
+  </si>
+  <si>
+    <t>2025 1537</t>
+  </si>
+  <si>
+    <t>BARDAU</t>
+  </si>
+  <si>
+    <t>2025 1560</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>GENUTĖS SODYBA</t>
+  </si>
+  <si>
+    <t>2025 1582</t>
+  </si>
+  <si>
+    <t>41, 43, 45</t>
+  </si>
+  <si>
+    <t>PUŠYNO KRANTAS</t>
+  </si>
+  <si>
+    <t>2025 1586</t>
+  </si>
+  <si>
+    <t>OLD SCHOOL 100% QUALITY BLEND  FRESHLY ROASTED</t>
+  </si>
+  <si>
+    <t>2025 1594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>2</xdr:row>
+      <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>468000</xdr:rowOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="468000"/>
+          <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>3</xdr:row>
+      <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>3</xdr:row>
-      <xdr:rowOff>900000</xdr:rowOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="900000"/>
+          <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>6</xdr:row>
-      <xdr:rowOff>684000</xdr:rowOff>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="684000"/>
+          <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>1152000</xdr:rowOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1152000"/>
+          <a:ext cx="1080000" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>720000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="720000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>9</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>684000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="684000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>10</xdr:row>
-      <xdr:rowOff>648000</xdr:rowOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId7"/>
+        <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="648000"/>
+          <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>14</xdr:row>
-      <xdr:rowOff>576000</xdr:rowOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>792000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId8"/>
+        <a:blip r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="792000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>612000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="612000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>576000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="576000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>17</xdr:row>
-[...114 lines deleted...]
-      <xdr:rowOff>720000</xdr:rowOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="720000"/>
+          <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>23</xdr:row>
-      <xdr:rowOff>216000</xdr:rowOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="216000"/>
+          <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>576000</xdr:rowOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>432000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="432000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>468000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="468000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>612000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="612000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>756000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="756000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>576000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="576000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>26</xdr:row>
-[...266 lines deleted...]
-      <xdr:rowOff>792000</xdr:rowOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>288000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="792000"/>
+          <a:ext cx="1080000" cy="288000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>36</xdr:row>
-      <xdr:rowOff>468000</xdr:rowOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>612000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="468000"/>
+          <a:ext cx="1080000" cy="612000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>38</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>360000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1008000"/>
+          <a:ext cx="1080000" cy="360000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>39</xdr:row>
-      <xdr:rowOff>396000</xdr:rowOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>1548000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="396000"/>
-[...189 lines deleted...]
-          <a:ext cx="1080000" cy="864000"/>
+          <a:ext cx="1080000" cy="1548000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.8125" customWidth="true"/>
     <col min="2" max="2" width="31.25" customWidth="true"/>
     <col min="3" max="3" width="15.625" customWidth="true"/>
@@ -1719,1243 +1517,1243 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>3</v>
       </c>
       <c r="D1" t="s">
         <v>4</v>
       </c>
       <c r="E1" t="s">
         <v>5</v>
       </c>
       <c r="F1" t="s">
         <v>6</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
       <c r="H1" t="s">
         <v>8</v>
       </c>
       <c r="I1" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2">
+    <row r="2" ht="79.2" customHeight="true">
       <c r="A2" t="n">
         <v>701.0</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>2</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" ht="75.0" customHeight="true">
+    <row r="3">
       <c r="A3" t="n">
         <v>702.0</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>2</v>
       </c>
       <c r="G3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" ht="75.0" customHeight="true">
+    <row r="4">
       <c r="A4" t="n">
         <v>703.0</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>2</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" ht="79.2" customHeight="true">
       <c r="A5" t="n">
         <v>704.0</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>2</v>
       </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>705.0</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>2</v>
       </c>
       <c r="G6" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="7" ht="75.0" customHeight="true">
+    <row r="7" ht="79.2" customHeight="true">
       <c r="A7" t="n">
         <v>706.0</v>
       </c>
       <c r="B7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
         <v>27</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
+        <v>2</v>
+      </c>
+      <c r="G7" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="8" ht="90.55" customHeight="true">
+    <row r="8">
       <c r="A8" t="n">
         <v>707.0</v>
       </c>
       <c r="B8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C8" t="s">
         <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E8" t="s">
         <v>2</v>
       </c>
       <c r="G8" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9" ht="75.0" customHeight="true">
+    <row r="9">
       <c r="A9" t="n">
         <v>708.0</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>16</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>2</v>
       </c>
       <c r="G9" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="10" ht="79.2" customHeight="true">
+    <row r="10">
       <c r="A10" t="n">
         <v>709.0</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
         <v>16</v>
       </c>
       <c r="D10" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E10" t="s">
         <v>2</v>
       </c>
       <c r="G10" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" ht="75.0" customHeight="true">
       <c r="A11" t="n">
         <v>710.0</v>
       </c>
       <c r="B11" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2</v>
+      </c>
+      <c r="G11" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>711.0</v>
       </c>
       <c r="B12" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D12" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E12" t="s">
         <v>2</v>
       </c>
       <c r="G12" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="13">
+    <row r="13" ht="75.0" customHeight="true">
       <c r="A13" t="n">
         <v>712.0</v>
       </c>
       <c r="B13" t="s">
+        <v>2</v>
+      </c>
+      <c r="C13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2</v>
+      </c>
+      <c r="G13" t="s">
         <v>43</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14">
+    <row r="14" ht="75.0" customHeight="true">
       <c r="A14" t="n">
         <v>713.0</v>
       </c>
       <c r="B14" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>2</v>
       </c>
       <c r="G14" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="15" ht="75.0" customHeight="true">
+    <row r="15" ht="79.2" customHeight="true">
       <c r="A15" t="n">
         <v>714.0</v>
       </c>
       <c r="B15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2</v>
+      </c>
+      <c r="G15" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>715.0</v>
       </c>
       <c r="B16" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2</v>
+      </c>
+      <c r="G16" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>716.0</v>
       </c>
       <c r="B17" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" t="s">
+        <v>16</v>
+      </c>
+      <c r="D17" t="s">
         <v>54</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
+        <v>2</v>
+      </c>
+      <c r="G17" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" ht="75.0" customHeight="true">
+    <row r="18" ht="79.2" customHeight="true">
       <c r="A18" t="n">
         <v>717.0</v>
       </c>
       <c r="B18" t="s">
+        <v>56</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
         <v>57</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
+        <v>2</v>
+      </c>
+      <c r="G18" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>718.0</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>2</v>
       </c>
       <c r="G19" t="s">
         <v>61</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="20" ht="75.0" customHeight="true">
+    <row r="20">
       <c r="A20" t="n">
         <v>719.0</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20" t="s">
         <v>16</v>
       </c>
       <c r="D20" t="s">
         <v>63</v>
       </c>
       <c r="E20" t="s">
         <v>2</v>
       </c>
       <c r="G20" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" ht="75.0" customHeight="true">
       <c r="A21" t="n">
         <v>720.0</v>
       </c>
       <c r="B21" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C21" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
       <c r="E21" t="s">
         <v>2</v>
       </c>
       <c r="G21" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="22" ht="75.0" customHeight="true">
+    <row r="22">
       <c r="A22" t="n">
         <v>721.0</v>
       </c>
       <c r="B22" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C22" t="s">
         <v>16</v>
       </c>
       <c r="D22" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2</v>
+      </c>
+      <c r="G22" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>722.0</v>
       </c>
       <c r="B23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" t="s">
         <v>70</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="E23" t="s">
+        <v>2</v>
+      </c>
+      <c r="G23" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="24" ht="75.0" customHeight="true">
+    <row r="24">
       <c r="A24" t="n">
         <v>723.0</v>
       </c>
       <c r="B24" t="s">
         <v>72</v>
       </c>
       <c r="C24" t="s">
         <v>16</v>
       </c>
       <c r="D24" t="s">
         <v>73</v>
       </c>
       <c r="E24" t="s">
         <v>2</v>
       </c>
       <c r="G24" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25" ht="75.0" customHeight="true">
       <c r="A25" t="n">
         <v>724.0</v>
       </c>
       <c r="B25" t="s">
         <v>74</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>75</v>
       </c>
       <c r="E25" t="s">
         <v>2</v>
       </c>
       <c r="G25" t="s">
         <v>76</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="26">
+    <row r="26" ht="75.0" customHeight="true">
       <c r="A26" t="n">
         <v>725.0</v>
       </c>
       <c r="B26" t="s">
         <v>77</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>78</v>
       </c>
       <c r="E26" t="s">
         <v>2</v>
       </c>
       <c r="G26" t="s">
         <v>79</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="27" ht="79.2" customHeight="true">
+    <row r="27">
       <c r="A27" t="n">
         <v>726.0</v>
       </c>
       <c r="B27" t="s">
         <v>80</v>
       </c>
       <c r="C27" t="s">
         <v>16</v>
       </c>
       <c r="D27" t="s">
         <v>81</v>
       </c>
       <c r="E27" t="s">
         <v>2</v>
       </c>
       <c r="G27" t="s">
-        <v>37</v>
+        <v>82</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="28" ht="75.0" customHeight="true">
+    <row r="28" ht="79.2" customHeight="true">
       <c r="A28" t="n">
         <v>727.0</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C28" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E28" t="s">
         <v>2</v>
       </c>
       <c r="G28" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="29" ht="79.2" customHeight="true">
+    <row r="29">
       <c r="A29" t="n">
         <v>728.0</v>
       </c>
       <c r="B29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C29" t="s">
         <v>16</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E29" t="s">
         <v>2</v>
       </c>
       <c r="G29" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="30" ht="75.0" customHeight="true">
+    <row r="30" ht="79.2" customHeight="true">
       <c r="A30" t="n">
         <v>729.0</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E30" t="s">
         <v>2</v>
       </c>
       <c r="G30" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="31" ht="121.65" customHeight="true">
+    <row r="31">
       <c r="A31" t="n">
         <v>730.0</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C31" t="s">
         <v>16</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E31" t="s">
         <v>2</v>
       </c>
       <c r="G31" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32" ht="79.2" customHeight="true">
       <c r="A32" t="n">
         <v>731.0</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E32" t="s">
         <v>2</v>
       </c>
       <c r="G32" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>732.0</v>
       </c>
       <c r="B33" t="s">
         <v>95</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D33" t="s">
         <v>96</v>
       </c>
       <c r="E33" t="s">
         <v>2</v>
       </c>
       <c r="G33" t="s">
         <v>97</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="34" ht="75.0" customHeight="true">
+    <row r="34">
       <c r="A34" t="n">
         <v>733.0</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" t="s">
         <v>16</v>
       </c>
       <c r="D34" t="s">
         <v>99</v>
       </c>
       <c r="E34" t="s">
         <v>2</v>
       </c>
       <c r="G34" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="35">
+    <row r="35" ht="75.0" customHeight="true">
       <c r="A35" t="n">
         <v>734.0</v>
       </c>
       <c r="B35" t="s">
         <v>100</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>101</v>
       </c>
       <c r="E35" t="s">
         <v>2</v>
       </c>
       <c r="G35" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="36" ht="75.0" customHeight="true">
+    <row r="36" ht="79.2" customHeight="true">
       <c r="A36" t="n">
         <v>735.0</v>
       </c>
       <c r="B36" t="s">
         <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>103</v>
       </c>
       <c r="E36" t="s">
         <v>2</v>
       </c>
       <c r="G36" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37" ht="75.0" customHeight="true">
       <c r="A37" t="n">
         <v>736.0</v>
       </c>
       <c r="B37" t="s">
         <v>104</v>
       </c>
       <c r="C37" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>105</v>
       </c>
       <c r="E37" t="s">
         <v>2</v>
       </c>
       <c r="G37" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="38" ht="79.2" customHeight="true">
       <c r="A38" t="n">
         <v>737.0</v>
       </c>
       <c r="B38" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
         <v>107</v>
       </c>
-      <c r="C38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" t="s">
         <v>2</v>
       </c>
       <c r="G38" t="s">
-        <v>109</v>
+        <v>90</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="39" ht="79.2" customHeight="true">
+    <row r="39" ht="75.0" customHeight="true">
       <c r="A39" t="n">
         <v>738.0</v>
       </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C39" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D39" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="E39" t="s">
         <v>2</v>
       </c>
       <c r="G39" t="s">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40" ht="75.0" customHeight="true">
       <c r="A40" t="n">
         <v>739.0</v>
       </c>
       <c r="B40" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C40" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D40" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="E40" t="s">
         <v>2</v>
       </c>
       <c r="G40" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="H40"/>
       <c r="I40" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="41" ht="79.2" customHeight="true">
+    <row r="41">
       <c r="A41" t="n">
         <v>740.0</v>
       </c>
       <c r="B41" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
         <v>16</v>
       </c>
       <c r="D41" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="E41" t="s">
         <v>2</v>
       </c>
       <c r="G41" t="s">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="42">
+    <row r="42" ht="75.0" customHeight="true">
       <c r="A42" t="n">
         <v>741.0</v>
       </c>
       <c r="B42" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E42" t="s">
         <v>2</v>
       </c>
       <c r="G42" t="s">
-        <v>120</v>
+        <v>38</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="43" ht="79.2" customHeight="true">
+    <row r="43">
       <c r="A43" t="n">
         <v>742.0</v>
       </c>
       <c r="B43" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C43" t="s">
         <v>16</v>
       </c>
       <c r="D43" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="E43" t="s">
         <v>2</v>
       </c>
       <c r="G43" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H43"/>
       <c r="I43" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>743.0</v>
       </c>
       <c r="B44" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D44" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="E44" t="s">
         <v>2</v>
       </c>
       <c r="G44" t="s">
-        <v>56</v>
+        <v>121</v>
       </c>
       <c r="H44"/>
       <c r="I44" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>744.0</v>
       </c>
       <c r="B45" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C45" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D45" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E45" t="s">
         <v>2</v>
       </c>
       <c r="G45" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H45"/>
       <c r="I45" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46" ht="75.0" customHeight="true">
       <c r="A46" t="n">
         <v>745.0</v>
       </c>
       <c r="B46" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C46" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="E46" t="s">
         <v>2</v>
       </c>
       <c r="G46" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="47">
+    <row r="47" ht="75.0" customHeight="true">
       <c r="A47" t="n">
         <v>746.0</v>
       </c>
       <c r="B47" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="E47" t="s">
         <v>2</v>
       </c>
       <c r="G47" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="H47"/>
       <c r="I47" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="48" ht="75.0" customHeight="true">
+    <row r="48" ht="79.2" customHeight="true">
       <c r="A48" t="n">
         <v>747.0</v>
       </c>
       <c r="B48" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C48" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D48" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E48" t="s">
         <v>2</v>
       </c>
       <c r="G48" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="49">
+    <row r="49" ht="75.0" customHeight="true">
       <c r="A49" t="n">
         <v>748.0</v>
       </c>
       <c r="B49" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="E49" t="s">
         <v>2</v>
       </c>
       <c r="G49" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="50" ht="75.0" customHeight="true">
+    <row r="50">
       <c r="A50" t="n">
         <v>749.0</v>
       </c>
       <c r="B50" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C50" t="s">
         <v>16</v>
       </c>
       <c r="D50" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E50" t="s">
         <v>2</v>
       </c>
       <c r="G50" t="s">
-        <v>140</v>
+        <v>46</v>
       </c>
       <c r="H50"/>
       <c r="I50" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="51">
+    <row r="51" ht="121.65" customHeight="true">
       <c r="A51" t="n">
         <v>750.0</v>
       </c>
       <c r="B51" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="E51" t="s">
         <v>2</v>
       </c>
       <c r="G51" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H51"/>
       <c r="I51" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>