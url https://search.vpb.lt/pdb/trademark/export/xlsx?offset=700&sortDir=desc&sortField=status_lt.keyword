--- v1 (2025-12-26)
+++ v2 (2026-03-25)
@@ -8,1497 +8,1585 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="139">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="143">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...20 lines deleted...]
-    <t>KURSAS  SVEIKATA</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>Lietuvos kepėjas TIKRA</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
-    <t>2025 2096</t>
-[...2 lines deleted...]
-    <t>41, 44, 45</t>
+    <t>2025 2450</t>
+  </si>
+  <si>
+    <t>30</t>
   </si>
   <si>
     <t>Ženklas atitinka absoliučius reikalavimus (paraiška paskelbta)</t>
   </si>
   <si>
-    <t>Faiim DEEP MINT</t>
+    <t>Le Mote</t>
   </si>
   <si>
     <t>Word</t>
   </si>
   <si>
-    <t>2025 2166</t>
-[...59 lines deleted...]
-    <t>2025 2100</t>
+    <t>2025 2762</t>
+  </si>
+  <si>
+    <t>35, 41, 44</t>
+  </si>
+  <si>
+    <t>MEDICINOS FIZIKA</t>
+  </si>
+  <si>
+    <t>2025 2506</t>
+  </si>
+  <si>
+    <t>35, 41, 42</t>
+  </si>
+  <si>
+    <t>RG ROTOGRAN</t>
+  </si>
+  <si>
+    <t>2025 2763</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>VNT MEDICINOS CENTRAS</t>
+  </si>
+  <si>
+    <t>2025 2764</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>VILTRACO SUNKIOSIOS TECHNIKOS REMONTAS</t>
+  </si>
+  <si>
+    <t>2025 2616</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>m MINKŠTAS ir minkštesnis</t>
+  </si>
+  <si>
+    <t>2025 2765</t>
+  </si>
+  <si>
+    <t>20, 40</t>
+  </si>
+  <si>
+    <t>RESORT HOTEL Elija</t>
+  </si>
+  <si>
+    <t>2025 2619</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>NATŪRALAUS GYDYMO CENTRAS</t>
+  </si>
+  <si>
+    <t>2025 2766</t>
+  </si>
+  <si>
+    <t>ciute</t>
+  </si>
+  <si>
+    <t>2025 2643</t>
+  </si>
+  <si>
+    <t>9, 35</t>
+  </si>
+  <si>
+    <t>BUKTOS DVARAS</t>
+  </si>
+  <si>
+    <t>2025 2767</t>
+  </si>
+  <si>
+    <t>25, 28, 29, 30, 31, 32, 33, 35, 39, 41, 43</t>
+  </si>
+  <si>
+    <t>PaganEDC</t>
+  </si>
+  <si>
+    <t>2025 2653</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>GILARTA</t>
+  </si>
+  <si>
+    <t>2025 2680</t>
+  </si>
+  <si>
+    <t>16, 35, 40, 42</t>
+  </si>
+  <si>
+    <t>VR Decor</t>
+  </si>
+  <si>
+    <t>2025 2773</t>
+  </si>
+  <si>
+    <t>8, 21, 41, 43</t>
+  </si>
+  <si>
+    <t>Figurative</t>
+  </si>
+  <si>
+    <t>2025 2703</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>B2B Manufaktura</t>
+  </si>
+  <si>
+    <t>2025 2774</t>
+  </si>
+  <si>
+    <t>40, 42</t>
+  </si>
+  <si>
+    <t>COSMOROOF</t>
+  </si>
+  <si>
+    <t>2025 2704</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>HOUSE OF LAMAR</t>
+  </si>
+  <si>
+    <t>2025 2776</t>
+  </si>
+  <si>
+    <t>SUN STUDIO SOLIARIUMAS</t>
+  </si>
+  <si>
+    <t>2025 2705</t>
+  </si>
+  <si>
+    <t>REMAPAS</t>
+  </si>
+  <si>
+    <t>2025 2777</t>
+  </si>
+  <si>
+    <t>37, 42</t>
+  </si>
+  <si>
+    <t>Enginuum</t>
+  </si>
+  <si>
+    <t>2025 2706</t>
+  </si>
+  <si>
+    <t>35, 41</t>
+  </si>
+  <si>
+    <t>DONGO</t>
+  </si>
+  <si>
+    <t>2025 2708</t>
+  </si>
+  <si>
+    <t>Kunogunda.lt</t>
+  </si>
+  <si>
+    <t>2025 2778</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Autodem</t>
+  </si>
+  <si>
+    <t>2025 2779</t>
+  </si>
+  <si>
+    <t>MENZO</t>
+  </si>
+  <si>
+    <t>2025 2709</t>
+  </si>
+  <si>
+    <t>Who hit John</t>
+  </si>
+  <si>
+    <t>2025 2710</t>
+  </si>
+  <si>
+    <t>JAUNASIS TAPYTOJAS TAPYBOS STUDIJA</t>
+  </si>
+  <si>
+    <t>2025 2780</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>Faiim BLUEBERRY</t>
-[...35 lines deleted...]
-    <t>2025 2104</t>
+    <t>UAB Sidabro takas</t>
+  </si>
+  <si>
+    <t>2025 2713</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>uglė</t>
+  </si>
+  <si>
+    <t>2025 2781</t>
+  </si>
+  <si>
+    <t>STARTPIT</t>
+  </si>
+  <si>
+    <t>2025 2715</t>
+  </si>
+  <si>
+    <t>35, 37</t>
+  </si>
+  <si>
+    <t>DZIEDUKAI</t>
+  </si>
+  <si>
+    <t>2025 2716</t>
+  </si>
+  <si>
+    <t>Araneta</t>
+  </si>
+  <si>
+    <t>2025 2782</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>Dainos teatras</t>
-[...41 lines deleted...]
-    <t>2025 2111</t>
+    <t>povalio</t>
+  </si>
+  <si>
+    <t>2025 2717</t>
+  </si>
+  <si>
+    <t>1, 19</t>
+  </si>
+  <si>
+    <t>ICE SISTERS FIGURE SKATING</t>
+  </si>
+  <si>
+    <t>2025 2784</t>
+  </si>
+  <si>
+    <t>Švaros Partneriai</t>
+  </si>
+  <si>
+    <t>2025 2718</t>
+  </si>
+  <si>
+    <t>GUDSERVISAS</t>
+  </si>
+  <si>
+    <t>2025 2785</t>
+  </si>
+  <si>
+    <t>VarLINUKAS</t>
+  </si>
+  <si>
+    <t>2025 2721</t>
+  </si>
+  <si>
+    <t>25, 35</t>
+  </si>
+  <si>
+    <t>Kurmis Poetas</t>
+  </si>
+  <si>
+    <t>2025 2786</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>DANKOVSKA</t>
+  </si>
+  <si>
+    <t>2025 2722</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>KutiLuti</t>
+  </si>
+  <si>
+    <t>2025 2723</t>
+  </si>
+  <si>
+    <t>28, 35</t>
+  </si>
+  <si>
+    <t>ESU GEROVĖS KLINIKA</t>
+  </si>
+  <si>
+    <t>2025 2787</t>
   </si>
   <si>
     <t>41, 44</t>
   </si>
   <si>
-    <t>Nustokite mokytis – pradėkite keistis</t>
-[...206 lines deleted...]
-    <t>2025 1594</t>
+    <t>FLOW RIDE FIND YOUR RHYTHM</t>
+  </si>
+  <si>
+    <t>2025 2724</t>
+  </si>
+  <si>
+    <t>SALAMANDRA</t>
+  </si>
+  <si>
+    <t>2025 2788</t>
+  </si>
+  <si>
+    <t>Gaudesta</t>
+  </si>
+  <si>
+    <t>2025 2725</t>
+  </si>
+  <si>
+    <t>36, 37</t>
+  </si>
+  <si>
+    <t>ALYTAUS SPORTO CENTRAS ASC</t>
+  </si>
+  <si>
+    <t>2025 2789</t>
+  </si>
+  <si>
+    <t>G Gaudesta</t>
+  </si>
+  <si>
+    <t>2025 2726</t>
+  </si>
+  <si>
+    <t>Pragiedruliai</t>
+  </si>
+  <si>
+    <t>2025 2792</t>
+  </si>
+  <si>
+    <t>SA konsultacijos</t>
+  </si>
+  <si>
+    <t>2025 2729</t>
+  </si>
+  <si>
+    <t>2025 2793</t>
+  </si>
+  <si>
+    <t>Namai be dūmų</t>
+  </si>
+  <si>
+    <t>2025 2732</t>
+  </si>
+  <si>
+    <t>3, 20, 24, 29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>4</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>1080000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1008000"/>
+          <a:ext cx="1080000" cy="1080000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>6</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>756000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1008000"/>
+          <a:ext cx="1080000" cy="756000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>10</xdr:row>
-      <xdr:rowOff>396000</xdr:rowOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>216000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="396000"/>
+          <a:ext cx="1080000" cy="216000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>12</xdr:row>
-      <xdr:rowOff>720000</xdr:rowOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>792000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
-        <a:stretch>
-[...150 lines deleted...]
-        <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="792000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>612000</xdr:rowOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>756000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId10"/>
+        <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="612000"/>
+          <a:ext cx="1080000" cy="756000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>25</xdr:row>
-      <xdr:rowOff>576000</xdr:rowOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>756000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11"/>
+        <a:blip r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="756000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>432000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="432000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>576000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="576000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>27</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>1548000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1548000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>504000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="504000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>972000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1008000"/>
+          <a:ext cx="1080000" cy="972000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>31</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>540000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="540000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>34</xdr:row>
-[...38 lines deleted...]
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>684000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1008000"/>
+          <a:ext cx="1080000" cy="684000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>36</xdr:row>
-      <xdr:rowOff>468000</xdr:rowOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>612000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
-        <a:stretch>
-[...74 lines deleted...]
-        <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="612000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>39</xdr:row>
-      <xdr:rowOff>756000</xdr:rowOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>648000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="648000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>684000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="684000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>972000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="756000"/>
+          <a:ext cx="1080000" cy="972000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>41</xdr:row>
-      <xdr:rowOff>576000</xdr:rowOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>540000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="576000"/>
+          <a:ext cx="1080000" cy="540000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>45</xdr:row>
-      <xdr:rowOff>288000</xdr:rowOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>540000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="540000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>288000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="288000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>46</xdr:row>
-[...38 lines deleted...]
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1260000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1008000"/>
+          <a:ext cx="1080000" cy="1260000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>48</xdr:row>
-      <xdr:rowOff>360000</xdr:rowOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>288000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="360000"/>
+          <a:ext cx="1080000" cy="288000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>50</xdr:row>
-      <xdr:rowOff>1548000</xdr:rowOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1548000"/>
+          <a:ext cx="1080000" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>792000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="792000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.8125" customWidth="true"/>
     <col min="2" max="2" width="31.25" customWidth="true"/>
     <col min="3" max="3" width="15.625" customWidth="true"/>
@@ -1565,1195 +1653,1195 @@
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>702.0</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>2</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4">
+    <row r="4" ht="84.9" customHeight="true">
       <c r="A4" t="n">
         <v>703.0</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>2</v>
       </c>
       <c r="G4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" ht="79.2" customHeight="true">
+    <row r="5" ht="75.0" customHeight="true">
       <c r="A5" t="n">
         <v>704.0</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>2</v>
       </c>
       <c r="G5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="6">
+    <row r="6" ht="75.0" customHeight="true">
       <c r="A6" t="n">
         <v>705.0</v>
       </c>
       <c r="B6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>2</v>
       </c>
       <c r="G6" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="7" ht="79.2" customHeight="true">
+    <row r="7" ht="75.0" customHeight="true">
       <c r="A7" t="n">
         <v>706.0</v>
       </c>
       <c r="B7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>2</v>
       </c>
       <c r="G7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="8">
+    <row r="8" ht="75.0" customHeight="true">
       <c r="A8" t="n">
         <v>707.0</v>
       </c>
       <c r="B8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>2</v>
       </c>
       <c r="G8" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9">
+    <row r="9" ht="75.0" customHeight="true">
       <c r="A9" t="n">
         <v>708.0</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E9" t="s">
         <v>2</v>
       </c>
       <c r="G9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="10">
+    <row r="10" ht="75.0" customHeight="true">
       <c r="A10" t="n">
         <v>709.0</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E10" t="s">
         <v>2</v>
       </c>
       <c r="G10" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" ht="75.0" customHeight="true">
       <c r="A11" t="n">
         <v>710.0</v>
       </c>
       <c r="B11" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E11" t="s">
         <v>2</v>
       </c>
       <c r="G11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="12">
+    <row r="12" ht="121.65" customHeight="true">
       <c r="A12" t="n">
         <v>711.0</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E12" t="s">
         <v>2</v>
       </c>
       <c r="G12" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="13" ht="75.0" customHeight="true">
+    <row r="13">
       <c r="A13" t="n">
         <v>712.0</v>
       </c>
       <c r="B13" t="s">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="C13" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E13" t="s">
         <v>2</v>
       </c>
       <c r="G13" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" ht="75.0" customHeight="true">
+    <row r="14">
       <c r="A14" t="n">
         <v>713.0</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D14" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E14" t="s">
         <v>2</v>
       </c>
       <c r="G14" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="15" ht="79.2" customHeight="true">
+    <row r="15">
       <c r="A15" t="n">
         <v>714.0</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E15" t="s">
         <v>2</v>
       </c>
       <c r="G15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="16">
+    <row r="16" ht="75.0" customHeight="true">
       <c r="A16" t="n">
         <v>715.0</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="C16" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E16" t="s">
         <v>2</v>
       </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="17">
+    <row r="17" ht="76.4" customHeight="true">
       <c r="A17" t="n">
         <v>716.0</v>
       </c>
       <c r="B17" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E17" t="s">
         <v>2</v>
       </c>
       <c r="G17" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" ht="79.2" customHeight="true">
+    <row r="18">
       <c r="A18" t="n">
         <v>717.0</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D18" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E18" t="s">
         <v>2</v>
       </c>
       <c r="G18" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>718.0</v>
       </c>
       <c r="B19" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
         <v>16</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E19" t="s">
         <v>2</v>
       </c>
       <c r="G19" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="20">
+    <row r="20" ht="79.2" customHeight="true">
       <c r="A20" t="n">
         <v>719.0</v>
       </c>
       <c r="B20" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="E20" t="s">
         <v>2</v>
       </c>
       <c r="G20" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" ht="75.0" customHeight="true">
       <c r="A21" t="n">
         <v>720.0</v>
       </c>
       <c r="B21" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="E21" t="s">
         <v>2</v>
       </c>
       <c r="G21" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>721.0</v>
       </c>
       <c r="B22" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C22" t="s">
         <v>16</v>
       </c>
       <c r="D22" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E22" t="s">
         <v>2</v>
       </c>
       <c r="G22" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="23">
+    <row r="23" ht="79.2" customHeight="true">
       <c r="A23" t="n">
         <v>722.0</v>
       </c>
       <c r="B23" t="s">
+        <v>73</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>74</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2</v>
+      </c>
+      <c r="G23" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>723.0</v>
       </c>
       <c r="B24" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C24" t="s">
         <v>16</v>
       </c>
       <c r="D24" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="E24" t="s">
         <v>2</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="25" ht="75.0" customHeight="true">
+    <row r="25">
       <c r="A25" t="n">
         <v>724.0</v>
       </c>
       <c r="B25" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D25" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="E25" t="s">
         <v>2</v>
       </c>
       <c r="G25" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="26" ht="75.0" customHeight="true">
+    <row r="26">
       <c r="A26" t="n">
         <v>725.0</v>
       </c>
       <c r="B26" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="E26" t="s">
         <v>2</v>
       </c>
       <c r="G26" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>726.0</v>
       </c>
       <c r="B27" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C27" t="s">
         <v>16</v>
       </c>
       <c r="D27" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E27" t="s">
         <v>2</v>
       </c>
       <c r="G27" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="28" ht="79.2" customHeight="true">
+    <row r="28" ht="75.0" customHeight="true">
       <c r="A28" t="n">
         <v>727.0</v>
       </c>
       <c r="B28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E28" t="s">
         <v>2</v>
       </c>
       <c r="G28" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>728.0</v>
       </c>
       <c r="B29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C29" t="s">
         <v>16</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E29" t="s">
         <v>2</v>
       </c>
       <c r="G29" t="s">
-        <v>61</v>
+        <v>89</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="30" ht="79.2" customHeight="true">
+    <row r="30" ht="75.0" customHeight="true">
       <c r="A30" t="n">
         <v>729.0</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E30" t="s">
         <v>2</v>
       </c>
       <c r="G30" t="s">
-        <v>90</v>
+        <v>47</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="31">
+    <row r="31" ht="75.0" customHeight="true">
       <c r="A31" t="n">
         <v>730.0</v>
       </c>
       <c r="B31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C31" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D31" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E31" t="s">
         <v>2</v>
       </c>
       <c r="G31" t="s">
-        <v>61</v>
+        <v>94</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="32" ht="79.2" customHeight="true">
+    <row r="32">
       <c r="A32" t="n">
         <v>731.0</v>
       </c>
       <c r="B32" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E32" t="s">
         <v>2</v>
       </c>
       <c r="G32" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>732.0</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C33" t="s">
         <v>16</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E33" t="s">
         <v>2</v>
       </c>
       <c r="G33" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="34">
+    <row r="34" ht="75.0" customHeight="true">
       <c r="A34" t="n">
         <v>733.0</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C34" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E34" t="s">
         <v>2</v>
       </c>
       <c r="G34" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="35" ht="75.0" customHeight="true">
+    <row r="35" ht="76.4" customHeight="true">
       <c r="A35" t="n">
         <v>734.0</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E35" t="s">
         <v>2</v>
       </c>
       <c r="G35" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="36" ht="79.2" customHeight="true">
+    <row r="36" ht="75.0" customHeight="true">
       <c r="A36" t="n">
         <v>735.0</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E36" t="s">
         <v>2</v>
       </c>
       <c r="G36" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37" ht="75.0" customHeight="true">
       <c r="A37" t="n">
         <v>736.0</v>
       </c>
       <c r="B37" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E37" t="s">
         <v>2</v>
       </c>
       <c r="G37" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="38" ht="79.2" customHeight="true">
+    <row r="38">
       <c r="A38" t="n">
         <v>737.0</v>
       </c>
       <c r="B38" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D38" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E38" t="s">
         <v>2</v>
       </c>
       <c r="G38" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="39" ht="75.0" customHeight="true">
+    <row r="39">
       <c r="A39" t="n">
         <v>738.0</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D39" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E39" t="s">
         <v>2</v>
       </c>
       <c r="G39" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="40" ht="75.0" customHeight="true">
+    <row r="40">
       <c r="A40" t="n">
         <v>739.0</v>
       </c>
       <c r="B40" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D40" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E40" t="s">
         <v>2</v>
       </c>
       <c r="G40" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="H40"/>
       <c r="I40" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>740.0</v>
       </c>
       <c r="B41" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C41" t="s">
         <v>16</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="E41" t="s">
         <v>2</v>
       </c>
       <c r="G41" t="s">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42" ht="75.0" customHeight="true">
       <c r="A42" t="n">
         <v>741.0</v>
       </c>
       <c r="B42" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="E42" t="s">
         <v>2</v>
       </c>
       <c r="G42" t="s">
-        <v>38</v>
+        <v>123</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="43">
+    <row r="43" ht="99.05" customHeight="true">
       <c r="A43" t="n">
         <v>742.0</v>
       </c>
       <c r="B43" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="C43" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D43" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="E43" t="s">
         <v>2</v>
       </c>
       <c r="G43" t="s">
-        <v>118</v>
+        <v>86</v>
       </c>
       <c r="H43"/>
       <c r="I43" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>743.0</v>
       </c>
       <c r="B44" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="C44" t="s">
         <v>16</v>
       </c>
       <c r="D44" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E44" t="s">
         <v>2</v>
       </c>
       <c r="G44" t="s">
-        <v>121</v>
+        <v>36</v>
       </c>
       <c r="H44"/>
       <c r="I44" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>744.0</v>
       </c>
       <c r="B45" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="C45" t="s">
         <v>16</v>
       </c>
       <c r="D45" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="E45" t="s">
         <v>2</v>
       </c>
       <c r="G45" t="s">
-        <v>71</v>
+        <v>130</v>
       </c>
       <c r="H45"/>
       <c r="I45" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46" ht="75.0" customHeight="true">
       <c r="A46" t="n">
         <v>745.0</v>
       </c>
       <c r="B46" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="E46" t="s">
         <v>2</v>
       </c>
       <c r="G46" t="s">
-        <v>126</v>
+        <v>86</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="47" ht="75.0" customHeight="true">
       <c r="A47" t="n">
         <v>746.0</v>
       </c>
       <c r="B47" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="E47" t="s">
         <v>2</v>
       </c>
       <c r="G47" t="s">
-        <v>79</v>
+        <v>130</v>
       </c>
       <c r="H47"/>
       <c r="I47" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="48" ht="79.2" customHeight="true">
+    <row r="48">
       <c r="A48" t="n">
         <v>747.0</v>
       </c>
       <c r="B48" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D48" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="E48" t="s">
         <v>2</v>
       </c>
       <c r="G48" t="s">
-        <v>131</v>
+        <v>86</v>
       </c>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49" ht="75.0" customHeight="true">
       <c r="A49" t="n">
         <v>748.0</v>
       </c>
       <c r="B49" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="E49" t="s">
         <v>2</v>
       </c>
       <c r="G49" t="s">
-        <v>134</v>
+        <v>47</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="50">
+    <row r="50" ht="75.0" customHeight="true">
       <c r="A50" t="n">
         <v>749.0</v>
       </c>
       <c r="B50" t="s">
         <v>135</v>
       </c>
       <c r="C50" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D50" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E50" t="s">
         <v>2</v>
       </c>
       <c r="G50" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="H50"/>
       <c r="I50" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="51" ht="121.65" customHeight="true">
+    <row r="51">
       <c r="A51" t="n">
         <v>750.0</v>
       </c>
       <c r="B51" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D51" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E51" t="s">
         <v>2</v>
       </c>
       <c r="G51" t="s">
-        <v>61</v>
+        <v>142</v>
       </c>
       <c r="H51"/>
       <c r="I51" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>