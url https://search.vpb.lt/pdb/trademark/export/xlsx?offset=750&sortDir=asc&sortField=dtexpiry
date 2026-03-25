--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -1,647 +1,607 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="167">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="168">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>FRIGID-GO</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>ZP 2010</t>
+  </si>
+  <si>
+    <t>20663</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Išregistruotas</t>
   </si>
   <si>
     <t>EUTANOL</t>
   </si>
   <si>
-    <t>Word</t>
-[...1 lines deleted...]
-  <si>
     <t>ZP 2012</t>
   </si>
   <si>
     <t>20664</t>
   </si>
   <si>
-    <t>1</t>
-[...4 lines deleted...]
-  <si>
     <t>TROUBLESHOOTER</t>
   </si>
   <si>
     <t>ZP 2275</t>
   </si>
   <si>
     <t>20755</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Figurative</t>
-[...5 lines deleted...]
-    <t>6543</t>
+    <t>LAMECREME</t>
+  </si>
+  <si>
+    <t>ZP 2015</t>
+  </si>
+  <si>
+    <t>20666</t>
+  </si>
+  <si>
+    <t>LIMELITE</t>
+  </si>
+  <si>
+    <t>ZP 2277</t>
+  </si>
+  <si>
+    <t>20756</t>
+  </si>
+  <si>
+    <t>LAMEFORM</t>
+  </si>
+  <si>
+    <t>ZP 2016</t>
+  </si>
+  <si>
+    <t>20669</t>
+  </si>
+  <si>
+    <t>LICOR DEL POLO</t>
+  </si>
+  <si>
+    <t>ZP 2304</t>
+  </si>
+  <si>
+    <t>20647</t>
+  </si>
+  <si>
+    <t>3, 5</t>
+  </si>
+  <si>
+    <t>LAMEQUAT</t>
+  </si>
+  <si>
+    <t>ZP 2021</t>
+  </si>
+  <si>
+    <t>20672</t>
+  </si>
+  <si>
+    <t>GOCCE DI NAPOLEON</t>
+  </si>
+  <si>
+    <t>ZP 2305</t>
+  </si>
+  <si>
+    <t>20627</t>
+  </si>
+  <si>
+    <t>NOVATA</t>
+  </si>
+  <si>
+    <t>ZP 2025</t>
+  </si>
+  <si>
+    <t>20675</t>
+  </si>
+  <si>
+    <t>DEHYMULS</t>
+  </si>
+  <si>
+    <t>ZP 2308</t>
+  </si>
+  <si>
+    <t>20638</t>
+  </si>
+  <si>
+    <t>PLANTAREN</t>
+  </si>
+  <si>
+    <t>ZP 2029</t>
+  </si>
+  <si>
+    <t>20678</t>
+  </si>
+  <si>
+    <t>TEXAMIN</t>
+  </si>
+  <si>
+    <t>ZP 2034</t>
+  </si>
+  <si>
+    <t>20681</t>
+  </si>
+  <si>
+    <t>BERLINER BAEREN Siegel</t>
+  </si>
+  <si>
+    <t>Combined</t>
+  </si>
+  <si>
+    <t>ZP 2316</t>
+  </si>
+  <si>
+    <t>20714</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>LILJEHOLMENS</t>
+  </si>
+  <si>
+    <t>ZP 2036</t>
+  </si>
+  <si>
+    <t>20604</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>PALL MALL</t>
+  </si>
+  <si>
+    <t>ZP 2080</t>
+  </si>
+  <si>
+    <t>20829</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>NOVATA</t>
-[...47 lines deleted...]
-    <t>33</t>
+    <t>CONSUL</t>
+  </si>
+  <si>
+    <t>RL 763</t>
+  </si>
+  <si>
+    <t>6252</t>
+  </si>
+  <si>
+    <t>POKAL</t>
+  </si>
+  <si>
+    <t>ZP 2084</t>
+  </si>
+  <si>
+    <t>20831</t>
+  </si>
+  <si>
+    <t>MARVELS</t>
+  </si>
+  <si>
+    <t>RL 955</t>
+  </si>
+  <si>
+    <t>6444</t>
+  </si>
+  <si>
+    <t>Richland 25</t>
+  </si>
+  <si>
+    <t>RL 957</t>
+  </si>
+  <si>
+    <t>6446</t>
+  </si>
+  <si>
+    <t>PLAYER'S</t>
+  </si>
+  <si>
+    <t>RL 1055</t>
+  </si>
+  <si>
+    <t>6544</t>
   </si>
   <si>
     <t>THREE CASTLES</t>
   </si>
   <si>
     <t>RL 1056</t>
   </si>
   <si>
     <t>6545</t>
   </si>
   <si>
+    <t>RICHLAND</t>
+  </si>
+  <si>
+    <t>RL 1071</t>
+  </si>
+  <si>
+    <t>6562</t>
+  </si>
+  <si>
     <t>CHARMINAR</t>
   </si>
   <si>
     <t>RL 1152</t>
   </si>
   <si>
     <t>6643</t>
   </si>
   <si>
+    <t>OLD GOLD</t>
+  </si>
+  <si>
+    <t>RL 1154</t>
+  </si>
+  <si>
+    <t>6645</t>
+  </si>
+  <si>
     <t>CHARMS</t>
   </si>
   <si>
-    <t>RL 1153</t>
-[...10 lines deleted...]
-  <si>
     <t>RL 1222</t>
   </si>
   <si>
     <t>6713</t>
   </si>
   <si>
     <t>ALBANY</t>
   </si>
   <si>
     <t>RL 1223</t>
   </si>
   <si>
     <t>6714</t>
   </si>
   <si>
+    <t>duMAURIER FILTER SUPERKINGS 20</t>
+  </si>
+  <si>
+    <t>RL 1226</t>
+  </si>
+  <si>
+    <t>6717</t>
+  </si>
+  <si>
+    <t>Lorillard</t>
+  </si>
+  <si>
+    <t>RL 1316</t>
+  </si>
+  <si>
+    <t>6827</t>
+  </si>
+  <si>
+    <t>TRUE Lorillard</t>
+  </si>
+  <si>
+    <t>RL 1318</t>
+  </si>
+  <si>
+    <t>6829</t>
+  </si>
+  <si>
+    <t>ARDATH Special</t>
+  </si>
+  <si>
+    <t>RL 1319</t>
+  </si>
+  <si>
+    <t>6830</t>
+  </si>
+  <si>
+    <t>STATE EXPRESS</t>
+  </si>
+  <si>
+    <t>RL 1320</t>
+  </si>
+  <si>
+    <t>6831</t>
+  </si>
+  <si>
+    <t>MAGNO</t>
+  </si>
+  <si>
+    <t>ZP 1878</t>
+  </si>
+  <si>
+    <t>20624</t>
+  </si>
+  <si>
+    <t>Life</t>
+  </si>
+  <si>
+    <t>RL 1328</t>
+  </si>
+  <si>
+    <t>6844</t>
+  </si>
+  <si>
+    <t>BELAIR</t>
+  </si>
+  <si>
+    <t>RL 1331</t>
+  </si>
+  <si>
+    <t>6847</t>
+  </si>
+  <si>
+    <t>NEUTRODERM</t>
+  </si>
+  <si>
+    <t>ZP 1913</t>
+  </si>
+  <si>
+    <t>20636</t>
+  </si>
+  <si>
+    <t>CAPRICE</t>
+  </si>
+  <si>
+    <t>RL 1332</t>
+  </si>
+  <si>
+    <t>6848</t>
+  </si>
+  <si>
+    <t>STARLIP</t>
+  </si>
+  <si>
+    <t>ZP 1917</t>
+  </si>
+  <si>
+    <t>20734</t>
+  </si>
+  <si>
+    <t>du MAURIER</t>
+  </si>
+  <si>
+    <t>ZP 2081</t>
+  </si>
+  <si>
+    <t>20706</t>
+  </si>
+  <si>
+    <t>DEPILFAST</t>
+  </si>
+  <si>
+    <t>ZP 1919</t>
+  </si>
+  <si>
+    <t>20736</t>
+  </si>
+  <si>
+    <t>RALLYE</t>
+  </si>
+  <si>
+    <t>ZP 2085</t>
+  </si>
+  <si>
+    <t>20832</t>
+  </si>
+  <si>
+    <t>HERITAGE</t>
+  </si>
+  <si>
+    <t>RL 1334</t>
+  </si>
+  <si>
+    <t>6850</t>
+  </si>
+  <si>
+    <t>KENT</t>
+  </si>
+  <si>
+    <t>ZP 2086</t>
+  </si>
+  <si>
+    <t>20833</t>
+  </si>
+  <si>
+    <t>TRUE</t>
+  </si>
+  <si>
+    <t>ZP 2087</t>
+  </si>
+  <si>
+    <t>20834</t>
+  </si>
+  <si>
+    <t>WESTMINSTER</t>
+  </si>
+  <si>
+    <t>RL 716</t>
+  </si>
+  <si>
+    <t>6205</t>
+  </si>
+  <si>
+    <t>SPORTSMAN</t>
+  </si>
+  <si>
+    <t>RL 764</t>
+  </si>
+  <si>
+    <t>6253</t>
+  </si>
+  <si>
+    <t>MARVEL FILTER</t>
+  </si>
+  <si>
+    <t>RL 954</t>
+  </si>
+  <si>
+    <t>6443</t>
+  </si>
+  <si>
     <t>duMAURIER</t>
   </si>
   <si>
     <t>RL 1225</t>
   </si>
   <si>
     <t>6716</t>
   </si>
   <si>
-    <t>duMAURIER FILTER SUPERKINGS 20</t>
-[...317 lines deleted...]
-    <t>20634</t>
+    <t>HB</t>
+  </si>
+  <si>
+    <t>RL 1600</t>
+  </si>
+  <si>
+    <t>7403</t>
+  </si>
+  <si>
+    <t>RL 1313</t>
+  </si>
+  <si>
+    <t>6824</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
-[...1 lines deleted...]
-
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...38 lines deleted...]
-</xdr:wsDr>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.8125" customWidth="true"/>
     <col min="2" max="2" width="31.25" customWidth="true"/>
     <col min="3" max="3" width="15.625" customWidth="true"/>
     <col min="4" max="4" width="15.625" customWidth="true"/>
     <col min="5" max="5" width="15.625" customWidth="true"/>
     <col min="6" max="6" width="15.625" customWidth="true"/>
     <col min="7" max="7" width="15.625" customWidth="true"/>
     <col min="8" max="8" width="15.625" customWidth="true"/>
     <col min="9" max="9" width="54.6875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -694,1297 +654,1299 @@
       </c>
       <c r="H2" t="n">
         <v>37499.0</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>752.0</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H3" t="n">
         <v>37499.0</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>753.0</v>
       </c>
-      <c r="B4"/>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>20</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="E4" t="s">
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H4" t="n">
         <v>37499.0</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>754.0</v>
       </c>
       <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>25</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H5" t="n">
         <v>37499.0</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>755.0</v>
       </c>
       <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>28</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H6" t="n">
         <v>37499.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>756.0</v>
       </c>
       <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
         <v>30</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="n">
         <v>37499.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>757.0</v>
       </c>
       <c r="B8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>34</v>
       </c>
-      <c r="E8" t="s">
+      <c r="G8" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H8" t="n">
         <v>37499.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>758.0</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
         <v>37</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>38</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="H9" t="n">
         <v>37499.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>759.0</v>
       </c>
       <c r="B10" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" t="s">
         <v>41</v>
       </c>
-      <c r="C10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G10" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H10" t="n">
         <v>37499.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>760.0</v>
       </c>
       <c r="B11" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
         <v>44</v>
       </c>
-      <c r="C11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H11" t="n">
         <v>37499.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>761.0</v>
       </c>
       <c r="B12" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12" t="s">
         <v>47</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H12" t="n">
         <v>37499.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>762.0</v>
       </c>
       <c r="B13" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
         <v>50</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H13" t="n">
         <v>37499.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>763.0</v>
       </c>
       <c r="B14" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>52</v>
       </c>
       <c r="E14" t="s">
         <v>53</v>
       </c>
       <c r="G14" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H14" t="n">
         <v>37499.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>764.0</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G15" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="H15" t="n">
         <v>37499.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>765.0</v>
       </c>
       <c r="B16" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E16" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G16" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="H16" t="n">
         <v>37499.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>766.0</v>
       </c>
       <c r="B17" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D17" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="E17" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G17" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H17" t="n">
         <v>37499.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>767.0</v>
       </c>
       <c r="B18" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E18" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G18" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H18" t="n">
         <v>37499.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>768.0</v>
       </c>
       <c r="B19" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E19" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="G19" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H19" t="n">
         <v>37499.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>769.0</v>
       </c>
       <c r="B20" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E20" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="G20" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H20" t="n">
         <v>37499.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>770.0</v>
       </c>
       <c r="B21" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C21" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E21" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="G21" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H21" t="n">
         <v>37499.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>771.0</v>
       </c>
       <c r="B22" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D22" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E22" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G22" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H22" t="n">
         <v>37499.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>772.0</v>
       </c>
       <c r="B23" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D23" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E23" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="G23" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H23" t="n">
         <v>37499.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>773.0</v>
       </c>
       <c r="B24" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C24" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E24" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="G24" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H24" t="n">
         <v>37499.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>774.0</v>
       </c>
       <c r="B25" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="E25" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G25" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H25" t="n">
         <v>37499.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>775.0</v>
       </c>
       <c r="B26" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E26" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="G26" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H26" t="n">
         <v>37499.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>776.0</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D27" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E27" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G27" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H27" t="n">
         <v>37499.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>777.0</v>
       </c>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D28" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E28" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G28" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H28" t="n">
         <v>37499.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>778.0</v>
       </c>
       <c r="B29" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C29" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D29" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E29" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="G29" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H29" t="n">
         <v>37499.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>779.0</v>
       </c>
       <c r="B30" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D30" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E30" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G30" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H30" t="n">
         <v>37499.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>780.0</v>
       </c>
       <c r="B31" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D31" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E31" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G31" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H31" t="n">
         <v>37499.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>781.0</v>
       </c>
       <c r="B32" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C32" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D32" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E32" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G32" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H32" t="n">
         <v>37499.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="33" ht="99.05" customHeight="true">
+    <row r="33">
       <c r="A33" t="n">
         <v>782.0</v>
       </c>
       <c r="B33" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C33" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D33" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E33" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G33" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H33" t="n">
         <v>37499.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>783.0</v>
       </c>
       <c r="B34" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E34" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="G34" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="H34" t="n">
         <v>37499.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>784.0</v>
       </c>
       <c r="B35" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C35" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D35" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E35" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="G35" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H35" t="n">
         <v>37499.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>785.0</v>
       </c>
       <c r="B36" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D36" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="E36" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="G36" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H36" t="n">
         <v>37499.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>786.0</v>
       </c>
       <c r="B37" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C37" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D37" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E37" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="G37" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H37" t="n">
         <v>37499.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>787.0</v>
       </c>
       <c r="B38" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D38" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E38" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="G38" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H38" t="n">
         <v>37499.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>788.0</v>
       </c>
       <c r="B39" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C39" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D39" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E39" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G39" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H39" t="n">
         <v>37499.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>789.0</v>
       </c>
       <c r="B40" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D40" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E40" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G40" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H40" t="n">
         <v>37499.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>790.0</v>
       </c>
       <c r="B41" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E41" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="G41" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H41" t="n">
         <v>37499.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>791.0</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="E42" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="G42" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H42" t="n">
         <v>37499.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>792.0</v>
       </c>
       <c r="B43" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C43" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D43" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="E43" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G43" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H43" t="n">
         <v>37499.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>793.0</v>
       </c>
       <c r="B44" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D44" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E44" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="G44" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H44" t="n">
         <v>37499.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>794.0</v>
       </c>
       <c r="B45" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C45" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D45" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="E45" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="H45" t="n">
         <v>37499.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>795.0</v>
       </c>
       <c r="B46" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="E46" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="G46" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="H46" t="n">
         <v>37499.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>796.0</v>
       </c>
       <c r="B47" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="E47" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="G47" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="H47" t="n">
         <v>37499.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>797.0</v>
       </c>
       <c r="B48" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C48" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D48" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E48" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="G48" t="s">
-        <v>156</v>
+        <v>66</v>
       </c>
       <c r="H48" t="n">
         <v>37499.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>798.0</v>
       </c>
       <c r="B49" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C49" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D49" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="E49" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G49" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="H49" t="n">
         <v>37499.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>799.0</v>
       </c>
       <c r="B50" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E50" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G50" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="H50" t="n">
         <v>37499.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>800.0</v>
       </c>
       <c r="B51" t="s">
-        <v>164</v>
+        <v>63</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D51" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E51" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G51" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H51" t="n">
         <v>37499.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>