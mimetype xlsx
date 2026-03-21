--- v0 (2025-11-10)
+++ v1 (2026-03-21)
@@ -10,78 +10,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="176">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>Karlsbraeu</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>ZP 2074</t>
   </si>
   <si>
     <t>20526</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Registruotas</t>
   </si>
   <si>
     <t>Becker</t>
   </si>
   <si>
     <t>Word</t>
   </si>