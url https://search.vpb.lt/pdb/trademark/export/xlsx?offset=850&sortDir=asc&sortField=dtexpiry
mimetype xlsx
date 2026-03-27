--- v0 (2025-11-05)
+++ v1 (2026-03-27)
@@ -9,78 +9,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="186">
   <si>
-    <t>No</t>
-[...2 lines deleted...]
-    <t>Trade mark</t>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
   </si>
   <si>
     <t>ARIVA</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
     <t>ZP 2210</t>
   </si>
   <si>
     <t>20701</t>
   </si>
   <si>
     <t>36, 37</t>
   </si>
   <si>
     <t>Išregistruotas</t>
   </si>
   <si>
     <t>OLiS</t>
   </si>
   <si>
     <t>ZP 2211</t>
   </si>
@@ -237,264 +237,264 @@
   <si>
     <t>42</t>
   </si>
   <si>
     <t>ZP 3021</t>
   </si>
   <si>
     <t>21374</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Panaikinta registracija</t>
   </si>
   <si>
     <t>LIETUVOS AKCINIS INOVACINIS BANKAS</t>
   </si>
   <si>
     <t>RL 605</t>
   </si>
   <si>
     <t>6101</t>
   </si>
   <si>
+    <t>UNION</t>
+  </si>
+  <si>
+    <t>ZP 2246</t>
+  </si>
+  <si>
+    <t>20845</t>
+  </si>
+  <si>
+    <t>29, 30, 32</t>
+  </si>
+  <si>
     <t>VILDA</t>
   </si>
   <si>
     <t>ZP 2252</t>
   </si>
   <si>
     <t>20724</t>
   </si>
   <si>
     <t>11, 20, 21, 42</t>
   </si>
   <si>
     <t>BALTIC MEDIA FACTS</t>
   </si>
   <si>
     <t>ZP 2360</t>
   </si>
   <si>
     <t>20846</t>
   </si>
   <si>
     <t>16, 35</t>
   </si>
   <si>
-    <t>UNION</t>
-[...8 lines deleted...]
-    <t>29, 30, 32</t>
+    <t>TAURA</t>
+  </si>
+  <si>
+    <t>RL 1261</t>
+  </si>
+  <si>
+    <t>6752</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>KMART</t>
+  </si>
+  <si>
+    <t>RL 1263</t>
+  </si>
+  <si>
+    <t>6754</t>
+  </si>
+  <si>
+    <t>Virana</t>
+  </si>
+  <si>
+    <t>ZP 2253</t>
+  </si>
+  <si>
+    <t>20936</t>
+  </si>
+  <si>
+    <t>18, 25, 26, 35</t>
+  </si>
+  <si>
+    <t>AUKURAS</t>
+  </si>
+  <si>
+    <t>ZP 2254</t>
+  </si>
+  <si>
+    <t>20725</t>
+  </si>
+  <si>
+    <t>11, 16, 18, 21, 35</t>
+  </si>
+  <si>
+    <t>K mart</t>
+  </si>
+  <si>
+    <t>ZP 2256</t>
+  </si>
+  <si>
+    <t>21100</t>
+  </si>
+  <si>
+    <t>JENKKI</t>
+  </si>
+  <si>
+    <t>ZP 2258</t>
+  </si>
+  <si>
+    <t>20777</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>SENSATIONS</t>
+  </si>
+  <si>
+    <t>ZP 2259</t>
+  </si>
+  <si>
+    <t>20778</t>
+  </si>
+  <si>
+    <t>REBEL YELL</t>
+  </si>
+  <si>
+    <t>ZP 2260</t>
+  </si>
+  <si>
+    <t>20779</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>CYPRION</t>
+  </si>
+  <si>
+    <t>ZP 2264</t>
+  </si>
+  <si>
+    <t>20782</t>
+  </si>
+  <si>
+    <t>OLD CROW</t>
+  </si>
+  <si>
+    <t>ZP 2290</t>
+  </si>
+  <si>
+    <t>20726</t>
+  </si>
+  <si>
+    <t>KAMORA</t>
+  </si>
+  <si>
+    <t>ZP 2291</t>
+  </si>
+  <si>
+    <t>20727</t>
+  </si>
+  <si>
+    <t>RONRICO</t>
+  </si>
+  <si>
+    <t>ZP 2293</t>
+  </si>
+  <si>
+    <t>20788</t>
+  </si>
+  <si>
+    <t>OLD GRAND-DAD</t>
+  </si>
+  <si>
+    <t>ZP 2295</t>
+  </si>
+  <si>
+    <t>20790</t>
+  </si>
+  <si>
+    <t>REMEDIA</t>
+  </si>
+  <si>
+    <t>ZP 2297</t>
+  </si>
+  <si>
+    <t>20792</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>FLAMINGO</t>
+  </si>
+  <si>
+    <t>ZP 2298</t>
+  </si>
+  <si>
+    <t>20793</t>
+  </si>
+  <si>
+    <t>ALWAYS ULTRA</t>
+  </si>
+  <si>
+    <t>ZP 2299</t>
+  </si>
+  <si>
+    <t>20794</t>
   </si>
   <si>
     <t>always</t>
   </si>
   <si>
     <t>RL 733</t>
   </si>
   <si>
     <t>6222</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>SYSTEMPRO</t>
   </si>
   <si>
     <t>RL 810</t>
   </si>
   <si>
     <t>6299</t>
-  </si>
-[...157 lines deleted...]
-    <t>20794</t>
   </si>
   <si>
     <t>CORVATON</t>
   </si>
   <si>
     <t>RL 1388</t>
   </si>
   <si>
     <t>6955</t>
   </si>
   <si>
     <t>ATLANTA HAWKS</t>
   </si>
   <si>
     <t>ZP 2107</t>
   </si>
   <si>
     <t>20804</t>
   </si>
   <si>
     <t>16, 25, 28</t>
   </si>
   <si>
     <t>CAVS</t>
   </si>
@@ -1137,77 +1137,77 @@
       </c>
       <c r="D19" t="s">
         <v>77</v>
       </c>
       <c r="E19" t="s">
         <v>78</v>
       </c>
       <c r="G19" t="s">
         <v>79</v>
       </c>
       <c r="H19" t="n">
         <v>37528.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>869.0</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>81</v>
       </c>
       <c r="E20" t="s">
         <v>82</v>
       </c>
       <c r="G20" t="s">
         <v>83</v>
       </c>
       <c r="H20" t="n">
         <v>37528.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>870.0</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
         <v>85</v>
       </c>
       <c r="E21" t="s">
         <v>86</v>
       </c>
       <c r="G21" t="s">
         <v>87</v>
       </c>
       <c r="H21" t="n">
         <v>37528.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>871.0</v>
       </c>
       <c r="B22" t="s">
         <v>88</v>
       </c>
       <c r="C22" t="s">
@@ -1224,181 +1224,181 @@
       </c>
       <c r="H22" t="n">
         <v>37529.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>872.0</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
       <c r="C23" t="s">
         <v>49</v>
       </c>
       <c r="D23" t="s">
         <v>93</v>
       </c>
       <c r="E23" t="s">
         <v>94</v>
       </c>
       <c r="G23" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="H23" t="n">
         <v>37529.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>873.0</v>
       </c>
       <c r="B24" t="s">
         <v>95</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>96</v>
       </c>
       <c r="E24" t="s">
         <v>97</v>
       </c>
       <c r="G24" t="s">
         <v>98</v>
       </c>
       <c r="H24" t="n">
         <v>37529.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>874.0</v>
       </c>
       <c r="B25" t="s">
         <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>100</v>
       </c>
       <c r="E25" t="s">
         <v>101</v>
       </c>
       <c r="G25" t="s">
-        <v>68</v>
+        <v>102</v>
       </c>
       <c r="H25" t="n">
         <v>37529.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>875.0</v>
       </c>
       <c r="B26" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G26" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="H26" t="n">
         <v>37529.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>876.0</v>
       </c>
       <c r="B27" t="s">
         <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="D27" t="s">
         <v>107</v>
       </c>
       <c r="E27" t="s">
         <v>108</v>
       </c>
       <c r="G27" t="s">
         <v>109</v>
       </c>
       <c r="H27" t="n">
         <v>37529.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>877.0</v>
       </c>
       <c r="B28" t="s">
         <v>110</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>111</v>
       </c>
       <c r="E28" t="s">
         <v>112</v>
       </c>
       <c r="G28" t="s">
-        <v>68</v>
+        <v>109</v>
       </c>
       <c r="H28" t="n">
         <v>37529.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>878.0</v>
       </c>
       <c r="B29" t="s">
         <v>113</v>
       </c>
       <c r="C29" t="s">
         <v>49</v>
       </c>
       <c r="D29" t="s">
         <v>114</v>
       </c>
       <c r="E29" t="s">
         <v>115</v>
       </c>
       <c r="G29" t="s">
@@ -1406,311 +1406,311 @@
       </c>
       <c r="H29" t="n">
         <v>37529.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>879.0</v>
       </c>
       <c r="B30" t="s">
         <v>117</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>118</v>
       </c>
       <c r="E30" t="s">
         <v>119</v>
       </c>
       <c r="G30" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="H30" t="n">
         <v>37529.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>880.0</v>
       </c>
       <c r="B31" t="s">
         <v>120</v>
       </c>
       <c r="C31" t="s">
         <v>49</v>
       </c>
       <c r="D31" t="s">
         <v>121</v>
       </c>
       <c r="E31" t="s">
         <v>122</v>
       </c>
       <c r="G31" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="H31" t="n">
         <v>37529.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>881.0</v>
       </c>
       <c r="B32" t="s">
+        <v>123</v>
+      </c>
+      <c r="C32" t="s">
+        <v>49</v>
+      </c>
+      <c r="D32" t="s">
         <v>124</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>125</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" t="s">
-        <v>36</v>
+        <v>116</v>
       </c>
       <c r="H32" t="n">
         <v>37529.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>882.0</v>
       </c>
       <c r="B33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C33" t="s">
         <v>49</v>
       </c>
       <c r="D33" t="s">
+        <v>127</v>
+      </c>
+      <c r="E33" t="s">
         <v>128</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="H33" t="n">
         <v>37529.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>883.0</v>
       </c>
       <c r="B34" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C34" t="s">
         <v>49</v>
       </c>
       <c r="D34" t="s">
+        <v>130</v>
+      </c>
+      <c r="E34" t="s">
         <v>131</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="H34" t="n">
         <v>37529.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>884.0</v>
       </c>
       <c r="B35" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C35" t="s">
         <v>49</v>
       </c>
       <c r="D35" t="s">
+        <v>133</v>
+      </c>
+      <c r="E35" t="s">
         <v>134</v>
       </c>
-      <c r="E35" t="s">
+      <c r="G35" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="H35" t="n">
         <v>37529.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>885.0</v>
       </c>
       <c r="B36" t="s">
         <v>136</v>
       </c>
       <c r="C36" t="s">
         <v>49</v>
       </c>
       <c r="D36" t="s">
         <v>137</v>
       </c>
       <c r="E36" t="s">
         <v>138</v>
       </c>
       <c r="G36" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="H36" t="n">
         <v>37529.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>886.0</v>
       </c>
       <c r="B37" t="s">
         <v>139</v>
       </c>
       <c r="C37" t="s">
         <v>49</v>
       </c>
       <c r="D37" t="s">
         <v>140</v>
       </c>
       <c r="E37" t="s">
         <v>141</v>
       </c>
       <c r="G37" t="s">
-        <v>91</v>
+        <v>135</v>
       </c>
       <c r="H37" t="n">
         <v>37529.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>887.0</v>
       </c>
       <c r="B38" t="s">
         <v>142</v>
       </c>
       <c r="C38" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>143</v>
       </c>
       <c r="E38" t="s">
         <v>144</v>
       </c>
       <c r="G38" t="s">
-        <v>91</v>
+        <v>135</v>
       </c>
       <c r="H38" t="n">
         <v>37529.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>888.0</v>
       </c>
       <c r="B39" t="s">
         <v>145</v>
       </c>
       <c r="C39" t="s">
         <v>49</v>
       </c>
       <c r="D39" t="s">
         <v>146</v>
       </c>
       <c r="E39" t="s">
         <v>147</v>
       </c>
       <c r="G39" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="H39" t="n">
         <v>37529.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>889.0</v>
       </c>
       <c r="B40" t="s">
         <v>148</v>
       </c>
       <c r="C40" t="s">
         <v>49</v>
       </c>
       <c r="D40" t="s">
         <v>149</v>
       </c>
       <c r="E40" t="s">
         <v>150</v>
       </c>
       <c r="G40" t="s">
-        <v>91</v>
+        <v>135</v>
       </c>
       <c r="H40" t="n">
         <v>37529.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>890.0</v>
       </c>
       <c r="B41" t="s">
         <v>151</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>152</v>
       </c>
       <c r="E41" t="s">
         <v>153</v>
       </c>
       <c r="G41" t="s">