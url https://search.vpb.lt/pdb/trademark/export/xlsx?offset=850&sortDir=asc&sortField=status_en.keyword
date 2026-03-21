--- v0 (2025-12-21)
+++ v1 (2026-03-21)
@@ -8,2044 +8,1951 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="182">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="189">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...20 lines deleted...]
-    <t>FORTAS STIPRUS ALUS</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>DnB NORD Bankas</t>
   </si>
   <si>
     <t>Combined</t>
   </si>
   <si>
-    <t>2002 0511</t>
-[...2 lines deleted...]
-    <t>46325</t>
+    <t>2009 0770</t>
+  </si>
+  <si>
+    <t>61071</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Panaikinta registracija</t>
+  </si>
+  <si>
+    <t>LUX TV</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>2007 2299</t>
+  </si>
+  <si>
+    <t>58515</t>
+  </si>
+  <si>
+    <t>35, 38, 41</t>
+  </si>
+  <si>
+    <t>MM</t>
+  </si>
+  <si>
+    <t>2007 2509</t>
+  </si>
+  <si>
+    <t>57958</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>VELNIO ADVOKATAS</t>
+  </si>
+  <si>
+    <t>2007 2624</t>
+  </si>
+  <si>
+    <t>59577</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Milsun</t>
+  </si>
+  <si>
+    <t>2007 2600</t>
+  </si>
+  <si>
+    <t>58618</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>amber SPA</t>
+  </si>
+  <si>
+    <t>2007 2673</t>
+  </si>
+  <si>
+    <t>58522</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>CLINTAS</t>
+  </si>
+  <si>
+    <t>2008 0062</t>
+  </si>
+  <si>
+    <t>58707</t>
+  </si>
+  <si>
+    <t>18, 25, 35</t>
+  </si>
+  <si>
+    <t>Triticor</t>
+  </si>
+  <si>
+    <t>2012 0788</t>
+  </si>
+  <si>
+    <t>65542</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>MAO</t>
+  </si>
+  <si>
+    <t>2012 0848</t>
+  </si>
+  <si>
+    <t>67045</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>K KARVUTĖ</t>
+  </si>
+  <si>
+    <t>2012 0892</t>
+  </si>
+  <si>
+    <t>66951</t>
+  </si>
+  <si>
+    <t>35, 39, 43</t>
+  </si>
+  <si>
+    <t>KAUKAZO</t>
+  </si>
+  <si>
+    <t>2012 0957</t>
+  </si>
+  <si>
+    <t>67268</t>
+  </si>
+  <si>
+    <t>PUSĖ AŠTUONIŲ ALUS</t>
+  </si>
+  <si>
+    <t>2012 0961</t>
+  </si>
+  <si>
+    <t>66801</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>Panaikinta registracija</t>
-[...20 lines deleted...]
-    <t>46932</t>
+    <t>Green Hills</t>
+  </si>
+  <si>
+    <t>2012 0304</t>
+  </si>
+  <si>
+    <t>66166</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>FORTAS TAMSUSIS ALUS</t>
-[...26 lines deleted...]
-    <t>52992</t>
+    <t>smart Travel Išmanūs kelionių pasiūlymai</t>
+  </si>
+  <si>
+    <t>2012 0418</t>
+  </si>
+  <si>
+    <t>67128</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>SMART</t>
+  </si>
+  <si>
+    <t>2012 0421</t>
+  </si>
+  <si>
+    <t>67131</t>
+  </si>
+  <si>
+    <t>LR AM ALYTAUS REGIONO APLINKOS APSAUGOS DEPARTAMENTAS</t>
+  </si>
+  <si>
+    <t>2012 0384</t>
+  </si>
+  <si>
+    <t>66238</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>VRP HILL &amp; KNOWLTON A Hill and Knowlton Associate</t>
+  </si>
+  <si>
+    <t>2012 0347</t>
+  </si>
+  <si>
+    <t>66570</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>MMM</t>
-[...134 lines deleted...]
-    <t>57147</t>
+    <t>YLERIS</t>
+  </si>
+  <si>
+    <t>2012 0359</t>
+  </si>
+  <si>
+    <t>66477</t>
+  </si>
+  <si>
+    <t>2012 0487</t>
+  </si>
+  <si>
+    <t>66428</t>
+  </si>
+  <si>
+    <t>TWISSERT</t>
+  </si>
+  <si>
+    <t>2012 0489</t>
+  </si>
+  <si>
+    <t>66545</t>
+  </si>
+  <si>
+    <t>30, 43</t>
+  </si>
+  <si>
+    <t>TRITICOR</t>
+  </si>
+  <si>
+    <t>2012 0781</t>
+  </si>
+  <si>
+    <t>65535</t>
+  </si>
+  <si>
+    <t>Macmiromax</t>
+  </si>
+  <si>
+    <t>2012 0783</t>
+  </si>
+  <si>
+    <t>65537</t>
+  </si>
+  <si>
+    <t>city pizza</t>
+  </si>
+  <si>
+    <t>2011 0818</t>
+  </si>
+  <si>
+    <t>64950</t>
+  </si>
+  <si>
+    <t>EXTRA Pizza</t>
+  </si>
+  <si>
+    <t>2012 0351</t>
+  </si>
+  <si>
+    <t>66811</t>
+  </si>
+  <si>
+    <t>DnB NORD FINANSINIŲ POREIKIŲ PIRAMIDĖ</t>
+  </si>
+  <si>
+    <t>2010 0206</t>
+  </si>
+  <si>
+    <t>62462</t>
+  </si>
+  <si>
+    <t>VITALIA MN</t>
+  </si>
+  <si>
+    <t>2010 0216</t>
+  </si>
+  <si>
+    <t>62676</t>
+  </si>
+  <si>
+    <t>29, 30</t>
+  </si>
+  <si>
+    <t>GOLDEN BEAN indian instant coffee</t>
+  </si>
+  <si>
+    <t>2010 0234</t>
+  </si>
+  <si>
+    <t>62681</t>
+  </si>
+  <si>
+    <t>TAKSOMA</t>
+  </si>
+  <si>
+    <t>2010 0567</t>
+  </si>
+  <si>
+    <t>63129</t>
+  </si>
+  <si>
+    <t>LAGŪNA AUTO ATEITIS PRASIDEDA ŠIANDIEN</t>
+  </si>
+  <si>
+    <t>2010 0565</t>
+  </si>
+  <si>
+    <t>63127</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>GLAMOUR</t>
+  </si>
+  <si>
+    <t>2010 0562</t>
+  </si>
+  <si>
+    <t>63125</t>
+  </si>
+  <si>
+    <t>REROCK</t>
+  </si>
+  <si>
+    <t>2010 1278</t>
+  </si>
+  <si>
+    <t>63582</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>MADOS NAKTIS</t>
+  </si>
+  <si>
+    <t>2010 1333</t>
+  </si>
+  <si>
+    <t>63609</t>
   </si>
   <si>
     <t>16, 41</t>
   </si>
   <si>
-    <t>PIRELLI KEY POINT</t>
-[...143 lines deleted...]
-    <t>56467</t>
+    <t>LIETUVOS rytas stilius MADOS NAKTIS VILNIUS</t>
+  </si>
+  <si>
+    <t>2010 1334</t>
+  </si>
+  <si>
+    <t>63832</t>
+  </si>
+  <si>
+    <t>arkas.lt</t>
+  </si>
+  <si>
+    <t>2010 1514</t>
+  </si>
+  <si>
+    <t>63628</t>
+  </si>
+  <si>
+    <t>FLYLAL TECHNICS</t>
+  </si>
+  <si>
+    <t>2010 1516</t>
+  </si>
+  <si>
+    <t>63629</t>
+  </si>
+  <si>
+    <t>37, 41</t>
+  </si>
+  <si>
+    <t>BLINDOS</t>
+  </si>
+  <si>
+    <t>2010 1605</t>
+  </si>
+  <si>
+    <t>63679</t>
+  </si>
+  <si>
+    <t>Figurative</t>
+  </si>
+  <si>
+    <t>2010 1472</t>
+  </si>
+  <si>
+    <t>63613</t>
+  </si>
+  <si>
+    <t>35, 36</t>
+  </si>
+  <si>
+    <t>Baras Kapitonas Morganas</t>
+  </si>
+  <si>
+    <t>2010 1597</t>
+  </si>
+  <si>
+    <t>64091</t>
+  </si>
+  <si>
+    <t>DOLETA Windows</t>
+  </si>
+  <si>
+    <t>2010 1630</t>
+  </si>
+  <si>
+    <t>63635</t>
+  </si>
+  <si>
+    <t>19, 35, 37</t>
+  </si>
+  <si>
+    <t>DOLETA LT</t>
+  </si>
+  <si>
+    <t>2010 1629</t>
+  </si>
+  <si>
+    <t>63634</t>
+  </si>
+  <si>
+    <t>DOLETA EXPORT</t>
+  </si>
+  <si>
+    <t>2010 1628</t>
+  </si>
+  <si>
+    <t>63633</t>
+  </si>
+  <si>
+    <t>pizza hot</t>
+  </si>
+  <si>
+    <t>2010 1017</t>
+  </si>
+  <si>
+    <t>63766</t>
+  </si>
+  <si>
+    <t>39, 43</t>
+  </si>
+  <si>
+    <t>hot</t>
+  </si>
+  <si>
+    <t>2010 1018</t>
+  </si>
+  <si>
+    <t>63767</t>
+  </si>
+  <si>
+    <t>BRENN</t>
+  </si>
+  <si>
+    <t>2010 1401</t>
+  </si>
+  <si>
+    <t>63480</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>POPULIARIAUSIA PREKĖ MOST POPULIAR PRODUCT SAMYJ POPULYARNYJ TOVAR</t>
+  </si>
+  <si>
+    <t>2010 1120</t>
+  </si>
+  <si>
+    <t>63503</t>
+  </si>
+  <si>
+    <t>RIBOMUSTIN</t>
+  </si>
+  <si>
+    <t>2010 1194</t>
+  </si>
+  <si>
+    <t>63534</t>
+  </si>
+  <si>
+    <t>5, 16, 41, 42, 44</t>
+  </si>
+  <si>
+    <t>APRANGA ČEMPIONAMS</t>
+  </si>
+  <si>
+    <t>2010 1198</t>
+  </si>
+  <si>
+    <t>63949</t>
+  </si>
+  <si>
+    <t>Okey</t>
+  </si>
+  <si>
+    <t>2011 0692</t>
+  </si>
+  <si>
+    <t>64840</t>
+  </si>
+  <si>
+    <t>Demetra</t>
+  </si>
+  <si>
+    <t>2011 0939</t>
+  </si>
+  <si>
+    <t>65057</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>GOLD PARADISE</t>
-[...146 lines deleted...]
-    <t>56917</t>
+    <t>Dionysus</t>
+  </si>
+  <si>
+    <t>2011 0941</t>
+  </si>
+  <si>
+    <t>65059</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>1224000</xdr:rowOff>
+      <xdr:rowOff>144000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1224000"/>
+          <a:ext cx="1080000" cy="144000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>2</xdr:row>
+      <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>756000</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>504000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="756000"/>
+          <a:ext cx="1080000" cy="504000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>3</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>3</xdr:row>
-      <xdr:rowOff>900000</xdr:rowOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>504000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="900000"/>
+          <a:ext cx="1080000" cy="504000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>4</xdr:row>
-      <xdr:rowOff>1188000</xdr:rowOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1188000"/>
+          <a:ext cx="1080000" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>5</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>5</xdr:row>
-      <xdr:rowOff>2268000</xdr:rowOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="2268000"/>
+          <a:ext cx="1080000" cy="1008000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>6</xdr:row>
-      <xdr:rowOff>360000</xdr:rowOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>432000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="432000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>1116000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1116000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>612000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="612000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>216000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="216000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>972000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="972000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>180000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="180000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>252000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="252000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>144000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="144000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>936000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="936000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>540000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="540000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>216000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="216000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>324000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="324000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>1008000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1008000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>360000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="360000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>252000</xdr:rowOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>468000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId7"/>
+        <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="252000"/>
+          <a:ext cx="1080000" cy="468000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>8</xdr:row>
-      <xdr:rowOff>252000</xdr:rowOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1080000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId8"/>
+        <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="252000"/>
+          <a:ext cx="1080000" cy="1080000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>9</xdr:row>
-      <xdr:rowOff>1008000</xdr:rowOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId9"/>
+        <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1008000"/>
+          <a:ext cx="1080000" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>10</xdr:row>
-      <xdr:rowOff>1548000</xdr:rowOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>504000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId10"/>
+        <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1548000"/>
+          <a:ext cx="1080000" cy="504000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>12</xdr:row>
-      <xdr:rowOff>1548000</xdr:rowOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>1044000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11"/>
+        <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1548000"/>
+          <a:ext cx="1080000" cy="1044000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>16</xdr:row>
-      <xdr:rowOff>144000</xdr:rowOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>324000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId12"/>
+        <a:blip r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="324000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>396000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>720000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="720000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>216000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="216000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>936000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="936000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>144000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="144000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>17</xdr:row>
-[...722 lines deleted...]
-      <xdr:rowOff>216000</xdr:rowOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>468000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="216000"/>
+          <a:ext cx="1080000" cy="468000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>43</xdr:row>
-      <xdr:rowOff>684000</xdr:rowOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>1044000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="684000"/>
+          <a:ext cx="1080000" cy="1044000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>44</xdr:row>
-      <xdr:rowOff>648000</xdr:rowOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>972000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="648000"/>
-[...113 lines deleted...]
-          <a:ext cx="1080000" cy="1224000"/>
+          <a:ext cx="1080000" cy="972000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.8125" customWidth="true"/>
     <col min="2" max="2" width="31.25" customWidth="true"/>
     <col min="3" max="3" width="15.625" customWidth="true"/>
@@ -2064,1343 +1971,1341 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>3</v>
       </c>
       <c r="D1" t="s">
         <v>4</v>
       </c>
       <c r="E1" t="s">
         <v>5</v>
       </c>
       <c r="F1" t="s">
         <v>6</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
       <c r="H1" t="s">
         <v>8</v>
       </c>
       <c r="I1" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" ht="96.2" customHeight="true">
+    <row r="2" ht="75.0" customHeight="true">
       <c r="A2" t="n">
         <v>851.0</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="n">
-        <v>40017.0</v>
+        <v>41599.0</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3" ht="75.0" customHeight="true">
+    <row r="3">
       <c r="A3" t="n">
         <v>852.0</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="n">
-        <v>37977.0</v>
+        <v>40246.0</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" ht="75.0" customHeight="true">
       <c r="A4" t="n">
         <v>853.0</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H4" t="n">
-        <v>38187.0</v>
+        <v>40795.0</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="5" ht="93.35" customHeight="true">
+    <row r="5">
       <c r="A5" t="n">
         <v>854.0</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="H5" t="n">
-        <v>40017.0</v>
+        <v>42887.0</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="6" ht="178.25" customHeight="true">
+    <row r="6" ht="75.0" customHeight="true">
       <c r="A6" t="n">
         <v>855.0</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G6" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H6" t="n">
-        <v>39113.0</v>
+        <v>40226.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" ht="75.0" customHeight="true">
       <c r="A7" t="n">
         <v>856.0</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H7" t="n">
-        <v>40494.0</v>
+        <v>40084.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="8" ht="75.0" customHeight="true">
+    <row r="8" ht="79.2" customHeight="true">
       <c r="A8" t="n">
         <v>857.0</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H8" t="n">
-        <v>40494.0</v>
+        <v>40358.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="9" ht="75.0" customHeight="true">
+    <row r="9">
       <c r="A9" t="n">
         <v>858.0</v>
       </c>
       <c r="B9" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H9" t="n">
-        <v>40494.0</v>
+        <v>41241.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="10" ht="79.2" customHeight="true">
+    <row r="10" ht="75.0" customHeight="true">
       <c r="A10" t="n">
         <v>859.0</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E10" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H10" t="n">
-        <v>45328.0</v>
+        <v>41827.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" ht="121.65" customHeight="true">
+    <row r="11" ht="87.7" customHeight="true">
       <c r="A11" t="n">
         <v>860.0</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E11" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G11" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="H11" t="n">
-        <v>45316.0</v>
+        <v>41753.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>861.0</v>
       </c>
       <c r="B12" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D12" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="H12" t="n">
-        <v>39469.0</v>
+        <v>45005.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="13" ht="121.65" customHeight="true">
+    <row r="13" ht="75.0" customHeight="true">
       <c r="A13" t="n">
         <v>862.0</v>
       </c>
       <c r="B13" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E13" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H13" t="n">
-        <v>39983.0</v>
+        <v>41654.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>863.0</v>
       </c>
       <c r="B14" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D14" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="G14" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H14" t="n">
-        <v>42040.0</v>
+        <v>41914.0</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="15">
+    <row r="15" ht="75.0" customHeight="true">
       <c r="A15" t="n">
         <v>864.0</v>
       </c>
       <c r="B15" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E15" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G15" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="H15" t="n">
-        <v>39349.0</v>
+        <v>42027.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>865.0</v>
       </c>
       <c r="B16" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="E16" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G16" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="H16" t="n">
-        <v>39349.0</v>
+        <v>42327.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="17" ht="75.0" customHeight="true">
+    <row r="17" ht="76.4" customHeight="true">
       <c r="A17" t="n">
         <v>866.0</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="E17" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G17" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="H17" t="n">
-        <v>39363.0</v>
+        <v>44350.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" ht="75.0" customHeight="true">
       <c r="A18" t="n">
         <v>867.0</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="H18" t="n">
-        <v>39993.0</v>
+        <v>41446.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="19" ht="75.0" customHeight="true">
+    <row r="19">
       <c r="A19" t="n">
         <v>868.0</v>
       </c>
       <c r="B19" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D19" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="E19" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="G19" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="H19" t="n">
-        <v>39268.0</v>
+        <v>41410.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" ht="75.0" customHeight="true">
       <c r="A20" t="n">
         <v>869.0</v>
       </c>
       <c r="B20" t="s">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E20" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G20" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="H20" t="n">
-        <v>45014.0</v>
+        <v>41914.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>870.0</v>
       </c>
       <c r="B21" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="E21" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="G21" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H21" t="n">
-        <v>39923.0</v>
+        <v>44636.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" ht="75.0" customHeight="true">
       <c r="A22" t="n">
         <v>871.0</v>
       </c>
       <c r="B22" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E22" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="G22" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H22" t="n">
-        <v>39910.0</v>
+        <v>41241.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="23" ht="75.0" customHeight="true">
+    <row r="23">
       <c r="A23" t="n">
         <v>872.0</v>
       </c>
       <c r="B23" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="E23" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="G23" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="H23" t="n">
-        <v>43957.0</v>
+        <v>41243.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="24">
+    <row r="24" ht="75.0" customHeight="true">
       <c r="A24" t="n">
         <v>873.0</v>
       </c>
       <c r="B24" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>95</v>
+      </c>
+      <c r="E24" t="s">
+        <v>96</v>
+      </c>
+      <c r="G24" t="s">
         <v>48</v>
       </c>
-      <c r="D24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H24" t="n">
-        <v>39527.0</v>
+        <v>41059.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" ht="75.0" customHeight="true">
       <c r="A25" t="n">
         <v>874.0</v>
       </c>
       <c r="B25" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E25" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G25" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="H25" t="n">
-        <v>39849.0</v>
+        <v>41736.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="26" ht="75.0" customHeight="true">
+    <row r="26">
       <c r="A26" t="n">
         <v>875.0</v>
       </c>
       <c r="B26" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D26" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E26" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="G26" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H26" t="n">
-        <v>40624.0</v>
+        <v>41599.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" ht="75.0" customHeight="true">
       <c r="A27" t="n">
         <v>876.0</v>
       </c>
       <c r="B27" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E27" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G27" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="H27" t="n">
-        <v>40389.0</v>
+        <v>41312.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="28">
+    <row r="28" ht="75.0" customHeight="true">
       <c r="A28" t="n">
         <v>877.0</v>
       </c>
       <c r="B28" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C28" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E28" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="G28" t="s">
-        <v>105</v>
+        <v>63</v>
       </c>
       <c r="H28" t="n">
-        <v>39889.0</v>
+        <v>42110.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="29" ht="75.0" customHeight="true">
+    <row r="29">
       <c r="A29" t="n">
         <v>878.0</v>
       </c>
       <c r="B29" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D29" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E29" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G29" t="s">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="H29" t="n">
-        <v>42643.0</v>
+        <v>40839.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" ht="75.0" customHeight="true">
       <c r="A30" t="n">
         <v>879.0</v>
       </c>
       <c r="B30" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E30" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="G30" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H30" t="n">
-        <v>39666.0</v>
+        <v>40717.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="31">
+    <row r="31" ht="79.2" customHeight="true">
       <c r="A31" t="n">
         <v>880.0</v>
       </c>
       <c r="B31" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C31" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D31" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E31" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G31" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="H31" t="n">
-        <v>39923.0</v>
+        <v>40722.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" ht="75.0" customHeight="true">
       <c r="A32" t="n">
         <v>881.0</v>
       </c>
       <c r="B32" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E32" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G32" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H32" t="n">
-        <v>39748.0</v>
+        <v>44034.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" ht="75.0" customHeight="true">
       <c r="A33" t="n">
         <v>882.0</v>
       </c>
       <c r="B33" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E33" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G33" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="H33" t="n">
-        <v>39617.0</v>
+        <v>41190.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="34" ht="75.0" customHeight="true">
+    <row r="34" ht="84.9" customHeight="true">
       <c r="A34" t="n">
         <v>883.0</v>
       </c>
       <c r="B34" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="E34" t="s">
+        <v>130</v>
+      </c>
+      <c r="G34" t="s">
         <v>127</v>
       </c>
-      <c r="G34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H34" t="n">
-        <v>39780.0</v>
+        <v>41192.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" ht="75.0" customHeight="true">
       <c r="A35" t="n">
         <v>884.0</v>
       </c>
       <c r="B35" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E35" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="G35" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="H35" t="n">
-        <v>39938.0</v>
+        <v>40757.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" ht="75.0" customHeight="true">
       <c r="A36" t="n">
         <v>885.0</v>
       </c>
       <c r="B36" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E36" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G36" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="H36" t="n">
-        <v>39938.0</v>
+        <v>41109.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="37" ht="75.0" customHeight="true">
+    <row r="37">
       <c r="A37" t="n">
         <v>886.0</v>
       </c>
       <c r="B37" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D37" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E37" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="G37" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
       <c r="H37" t="n">
-        <v>40491.0</v>
+        <v>40830.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="38" ht="75.0" customHeight="true">
+    <row r="38" ht="82.05" customHeight="true">
       <c r="A38" t="n">
         <v>887.0</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B38"/>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="D38" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E38" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G38" t="s">
-        <v>113</v>
+        <v>144</v>
       </c>
       <c r="H38" t="n">
-        <v>40004.0</v>
+        <v>40967.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="39">
+    <row r="39" ht="75.0" customHeight="true">
       <c r="A39" t="n">
         <v>888.0</v>
       </c>
       <c r="B39" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>146</v>
+      </c>
+      <c r="E39" t="s">
+        <v>147</v>
+      </c>
+      <c r="G39" t="s">
         <v>48</v>
       </c>
-      <c r="D39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H39" t="n">
-        <v>40228.0</v>
+        <v>40963.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="40" ht="75.0" customHeight="true">
+    <row r="40">
       <c r="A40" t="n">
         <v>889.0</v>
       </c>
       <c r="B40" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D40" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E40" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="G40" t="s">
-        <v>121</v>
+        <v>151</v>
       </c>
       <c r="H40" t="n">
-        <v>39948.0</v>
+        <v>40837.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>890.0</v>
       </c>
       <c r="B41" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C41" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D41" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E41" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="G41" t="s">
         <v>151</v>
       </c>
       <c r="H41" t="n">
-        <v>40471.0</v>
+        <v>40837.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="42" ht="75.0" customHeight="true">
+    <row r="42">
       <c r="A42" t="n">
         <v>891.0</v>
       </c>
       <c r="B42" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D42" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="E42" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G42" t="s">
-        <v>121</v>
+        <v>151</v>
       </c>
       <c r="H42" t="n">
-        <v>39948.0</v>
+        <v>40837.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" ht="75.0" customHeight="true">
       <c r="A43" t="n">
         <v>892.0</v>
       </c>
       <c r="B43" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E43" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="G43" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="H43" t="n">
-        <v>39835.0</v>
+        <v>40781.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" ht="75.0" customHeight="true">
       <c r="A44" t="n">
         <v>893.0</v>
       </c>
       <c r="B44" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E44" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="G44" t="s">
-        <v>23</v>
+        <v>161</v>
       </c>
       <c r="H44" t="n">
-        <v>40021.0</v>
+        <v>40781.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" ht="75.0" customHeight="true">
       <c r="A45" t="n">
         <v>894.0</v>
       </c>
       <c r="B45" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E45" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="G45" t="s">
-        <v>23</v>
+        <v>168</v>
       </c>
       <c r="H45" t="n">
-        <v>40021.0</v>
+        <v>40809.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" ht="75.0" customHeight="true">
       <c r="A46" t="n">
         <v>895.0</v>
       </c>
       <c r="B46" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="E46" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="G46" t="s">
-        <v>105</v>
+        <v>78</v>
       </c>
       <c r="H46" t="n">
-        <v>40221.0</v>
+        <v>40828.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" ht="75.0" customHeight="true">
       <c r="A47" t="n">
         <v>896.0</v>
       </c>
       <c r="B47" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="E47" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G47" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="H47" t="n">
-        <v>39741.0</v>
+        <v>44967.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="48" ht="96.2" customHeight="true">
+    <row r="48">
       <c r="A48" t="n">
         <v>897.0</v>
       </c>
       <c r="B48" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D48" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="E48" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="G48" t="s">
-        <v>170</v>
+        <v>78</v>
       </c>
       <c r="H48" t="n">
-        <v>39741.0</v>
+        <v>40899.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="49">
+    <row r="49" ht="75.0" customHeight="true">
       <c r="A49" t="n">
         <v>898.0</v>
       </c>
       <c r="B49" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="C49" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="E49" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="G49" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="H49" t="n">
-        <v>40319.0</v>
+        <v>41151.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="50">
+    <row r="50" ht="82.05" customHeight="true">
       <c r="A50" t="n">
         <v>899.0</v>
       </c>
       <c r="B50" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="C50" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D50" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="E50" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="G50" t="s">
-        <v>92</v>
+        <v>185</v>
       </c>
       <c r="H50" t="n">
-        <v>39846.0</v>
+        <v>41170.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="51">
+    <row r="51" ht="76.4" customHeight="true">
       <c r="A51" t="n">
         <v>900.0</v>
       </c>
       <c r="B51" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="C51" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D51" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="E51" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="G51" t="s">
-        <v>92</v>
+        <v>185</v>
       </c>
       <c r="H51" t="n">
-        <v>39818.0</v>
+        <v>41148.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>