--- v0 (2025-11-07)
+++ v1 (2026-03-27)
@@ -8,205 +8,205 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="184">
-[...4 lines deleted...]
-    <t>Trade mark</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="181">
+  <si>
+    <t>Eilės Nr</t>
+  </si>
+  <si>
+    <t>Prekių ženklas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Trademark type</t>
-[...17 lines deleted...]
-    <t>Legal status</t>
+    <t>Ženklo tipas</t>
+  </si>
+  <si>
+    <t>Paraiškos Nr</t>
+  </si>
+  <si>
+    <t>Registracijos Nr</t>
+  </si>
+  <si>
+    <t>Ženklo vaizdas</t>
+  </si>
+  <si>
+    <t>Nicos klasės Nr</t>
+  </si>
+  <si>
+    <t>Galioja iki</t>
+  </si>
+  <si>
+    <t>Statusas</t>
+  </si>
+  <si>
+    <t>Carlton</t>
+  </si>
+  <si>
+    <t>Combined</t>
+  </si>
+  <si>
+    <t>ZP 2332</t>
+  </si>
+  <si>
+    <t>20877</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Išregistruotas</t>
+  </si>
+  <si>
+    <t>SEIKO</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>ZP 2345</t>
+  </si>
+  <si>
+    <t>21227</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>RL 634</t>
+  </si>
+  <si>
+    <t>6130</t>
+  </si>
+  <si>
+    <t>Figurative</t>
+  </si>
+  <si>
+    <t>RL 640</t>
+  </si>
+  <si>
+    <t>6136</t>
+  </si>
+  <si>
+    <t>14</t>
   </si>
   <si>
     <t>LANDMASTER</t>
   </si>
   <si>
-    <t>Word</t>
-[...1 lines deleted...]
-  <si>
     <t>RL 771</t>
   </si>
   <si>
     <t>6260</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Išregistruotas</t>
-[...19 lines deleted...]
-  <si>
     <t>TIDE ULTRA</t>
   </si>
   <si>
     <t>ZP 2323</t>
   </si>
   <si>
     <t>20855</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>VIZIR ULTRA</t>
   </si>
   <si>
     <t>ZP 2324</t>
   </si>
   <si>
     <t>20856</t>
   </si>
   <si>
     <t>DAWN TO DUSK</t>
   </si>
   <si>
     <t>ZP 2331</t>
   </si>
   <si>
     <t>20875</t>
   </si>
   <si>
-    <t>Carlton</t>
-[...13 lines deleted...]
-  <si>
     <t>RAPPORT</t>
   </si>
   <si>
     <t>ZP 2339</t>
   </si>
   <si>
     <t>20884</t>
   </si>
   <si>
     <t>OSMIROID</t>
   </si>
   <si>
     <t>ZP 2340</t>
   </si>
   <si>
     <t>21226</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>YIKES!</t>
   </si>
   <si>
     <t>ZP 2343</t>
   </si>
   <si>
     <t>21534</t>
   </si>
   <si>
-    <t>SEIKO</t>
-[...10 lines deleted...]
-  <si>
     <t>CRISP</t>
   </si>
   <si>
     <t>ZP 2370</t>
   </si>
   <si>
     <t>20865</t>
   </si>
   <si>
     <t>9, 42</t>
   </si>
   <si>
     <t>MEDIAPOOL</t>
   </si>
   <si>
     <t>2000 2393</t>
   </si>
   <si>
     <t>43460</t>
   </si>
   <si>
     <t>Panaikinta registracija</t>
   </si>
   <si>
     <t>STEREOLITH</t>
@@ -217,68 +217,50 @@
   <si>
     <t>6175</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>BIO-STRATH</t>
   </si>
   <si>
     <t>RL 706</t>
   </si>
   <si>
     <t>6195</t>
   </si>
   <si>
     <t>FEBA</t>
   </si>
   <si>
     <t>RL 725</t>
   </si>
   <si>
     <t>6214</t>
   </si>
   <si>
-    <t>14</t>
-[...16 lines deleted...]
-  <si>
     <t>RL 775</t>
   </si>
   <si>
     <t>6264</t>
   </si>
   <si>
     <t>9, 12</t>
   </si>
   <si>
     <t>MCCALL PATTERNS</t>
   </si>
   <si>
     <t>RL 777</t>
   </si>
   <si>
     <t>6266</t>
   </si>
   <si>
     <t>MAKKOLL PATTERNS</t>
   </si>
   <si>
     <t>RL 778</t>
   </si>
   <si>
     <t>6267</t>
@@ -358,252 +340,261 @@
   <si>
     <t>RL 962</t>
   </si>
   <si>
     <t>6451</t>
   </si>
   <si>
     <t>Club-Kraeck</t>
   </si>
   <si>
     <t>RL 964</t>
   </si>
   <si>
     <t>6453</t>
   </si>
   <si>
     <t>Cortez</t>
   </si>
   <si>
     <t>RL 966</t>
   </si>
   <si>
     <t>6455</t>
   </si>
   <si>
-    <t>AMERICAN TOBACCO CO.</t>
-[...14 lines deleted...]
-    <t>6568</t>
+    <t>FERECHI</t>
+  </si>
+  <si>
+    <t>RL 968</t>
+  </si>
+  <si>
+    <t>6457</t>
+  </si>
+  <si>
+    <t>29, 30</t>
   </si>
   <si>
     <t>GRAFFITI</t>
   </si>
   <si>
     <t>RL 969</t>
   </si>
   <si>
     <t>6458</t>
   </si>
   <si>
-    <t>Haroldas</t>
-[...8 lines deleted...]
-    <t>25, 42</t>
+    <t>DUMOXIN</t>
+  </si>
+  <si>
+    <t>ZP 2401</t>
+  </si>
+  <si>
+    <t>20996</t>
+  </si>
+  <si>
+    <t>IMPUGAN</t>
+  </si>
+  <si>
+    <t>ZP 2403</t>
+  </si>
+  <si>
+    <t>20998</t>
+  </si>
+  <si>
+    <t>PERLI</t>
+  </si>
+  <si>
+    <t>RL 974</t>
+  </si>
+  <si>
+    <t>6463</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>STESOLID</t>
+  </si>
+  <si>
+    <t>ZP 2404</t>
+  </si>
+  <si>
+    <t>20999</t>
+  </si>
+  <si>
+    <t>Suesse Last</t>
+  </si>
+  <si>
+    <t>RL 975</t>
+  </si>
+  <si>
+    <t>6464</t>
   </si>
   <si>
     <t>DECUBAL</t>
   </si>
   <si>
     <t>ZP 2405</t>
   </si>
   <si>
     <t>21000</t>
   </si>
   <si>
     <t>3, 5</t>
   </si>
   <si>
     <t>DUMOVALE</t>
   </si>
   <si>
     <t>ZP 2406</t>
   </si>
   <si>
     <t>21001</t>
   </si>
   <si>
-    <t>The American Tobacco Company</t>
-[...14 lines deleted...]
-    <t>20903</t>
+    <t>Schokini</t>
+  </si>
+  <si>
+    <t>RL 976</t>
+  </si>
+  <si>
+    <t>6465</t>
+  </si>
+  <si>
+    <t>PALM BEACH</t>
+  </si>
+  <si>
+    <t>RL 1072</t>
+  </si>
+  <si>
+    <t>6563</t>
+  </si>
+  <si>
+    <t>CARLTON</t>
+  </si>
+  <si>
+    <t>ZP 2411</t>
+  </si>
+  <si>
+    <t>21044</t>
   </si>
   <si>
     <t>POSLINKIS</t>
   </si>
   <si>
     <t>ZP 2412</t>
   </si>
   <si>
     <t>21228</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Pinnacle</t>
   </si>
   <si>
     <t>RL 1073</t>
   </si>
   <si>
     <t>6564</t>
   </si>
   <si>
-    <t>MCCALL'S</t>
-[...7 lines deleted...]
-  <si>
     <t>CRISP Geografinė Informacinė Sistema</t>
   </si>
   <si>
     <t>ZP 2413</t>
   </si>
   <si>
     <t>21558</t>
   </si>
   <si>
+    <t>D-rek</t>
+  </si>
+  <si>
+    <t>ZP 2415</t>
+  </si>
+  <si>
+    <t>20934</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
     <t>VSVT</t>
   </si>
   <si>
     <t>ZP 2417</t>
   </si>
   <si>
     <t>21153</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>ZP 2462</t>
-[...71 lines deleted...]
-    <t>20998</t>
+    <t>PINNACLE</t>
+  </si>
+  <si>
+    <t>RL 1074</t>
+  </si>
+  <si>
+    <t>6565</t>
+  </si>
+  <si>
+    <t>INTA</t>
+  </si>
+  <si>
+    <t>ZP 2418</t>
+  </si>
+  <si>
+    <t>22028</t>
+  </si>
+  <si>
+    <t>9, 35, 37, 39, 42</t>
+  </si>
+  <si>
+    <t>MISTY</t>
+  </si>
+  <si>
+    <t>RL 1075</t>
+  </si>
+  <si>
+    <t>6566</t>
+  </si>
+  <si>
+    <t>LUSTA</t>
+  </si>
+  <si>
+    <t>ZP 2419</t>
+  </si>
+  <si>
+    <t>22527</t>
+  </si>
+  <si>
+    <t>35, 37</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -736,1302 +727,1302 @@
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="n">
         <v>37558.0</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>952.0</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="H3" t="n">
         <v>37558.0</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>953.0</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="n">
         <v>37558.0</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>954.0</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B5"/>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5" t="n">
         <v>37558.0</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>955.0</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H6" t="n">
         <v>37558.0</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>956.0</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H7" t="n">
         <v>37558.0</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>957.0</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H8" t="n">
         <v>37558.0</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>958.0</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G9" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H9" t="n">
         <v>37558.0</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>959.0</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="H10" t="n">
         <v>37558.0</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>960.0</v>
       </c>
       <c r="B11" t="s">
         <v>44</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="G11" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H11" t="n">
         <v>37558.0</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>961.0</v>
       </c>
       <c r="B12" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
       <c r="H12" t="n">
         <v>37558.0</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>962.0</v>
       </c>
       <c r="B13" t="s">
         <v>51</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>52</v>
       </c>
       <c r="E13" t="s">
         <v>53</v>
       </c>
       <c r="G13" t="s">
         <v>54</v>
       </c>
       <c r="H13" t="n">
         <v>37558.0</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" ht="75.0" customHeight="true">
       <c r="A14" t="n">
         <v>963.0</v>
       </c>
       <c r="B14" t="s">
         <v>55</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>56</v>
       </c>
       <c r="E14" t="s">
         <v>57</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="n">
         <v>37558.0</v>
       </c>
       <c r="I14" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>964.0</v>
       </c>
       <c r="B15" t="s">
         <v>59</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>60</v>
       </c>
       <c r="E15" t="s">
         <v>61</v>
       </c>
       <c r="G15" t="s">
         <v>62</v>
       </c>
       <c r="H15" t="n">
         <v>37559.0</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>965.0</v>
       </c>
       <c r="B16" t="s">
         <v>63</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>64</v>
       </c>
       <c r="E16" t="s">
         <v>65</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H16" t="n">
         <v>37559.0</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>966.0</v>
       </c>
       <c r="B17" t="s">
         <v>66</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>67</v>
       </c>
       <c r="E17" t="s">
         <v>68</v>
       </c>
       <c r="G17" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
       <c r="H17" t="n">
         <v>37559.0</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>967.0</v>
       </c>
-      <c r="B18" t="s">
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>23</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
         <v>70</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="G18" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="H18" t="n">
         <v>37559.0</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>968.0</v>
       </c>
-      <c r="B19"/>
+      <c r="B19" t="s">
+        <v>72</v>
+      </c>
       <c r="C19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" t="s">
+        <v>73</v>
+      </c>
+      <c r="E19" t="s">
         <v>74</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G19" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="H19" t="n">
         <v>37559.0</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>969.0</v>
       </c>
       <c r="B20" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="E20" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G20" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H20" t="n">
         <v>37559.0</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>970.0</v>
       </c>
       <c r="B21" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C21" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E21" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G21" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H21" t="n">
         <v>37559.0</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>971.0</v>
       </c>
       <c r="B22" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="E22" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G22" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H22" t="n">
         <v>37559.0</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>972.0</v>
       </c>
       <c r="B23" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C23" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="E23" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="G23" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H23" t="n">
         <v>37559.0</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>973.0</v>
       </c>
       <c r="B24" t="s">
+        <v>87</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>88</v>
+      </c>
+      <c r="E24" t="s">
+        <v>89</v>
+      </c>
+      <c r="G24" t="s">
         <v>90</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H24" t="n">
         <v>37559.0</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>974.0</v>
       </c>
       <c r="B25" t="s">
+        <v>91</v>
+      </c>
+      <c r="C25" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" t="s">
+        <v>92</v>
+      </c>
+      <c r="E25" t="s">
         <v>93</v>
       </c>
-      <c r="C25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="H25" t="n">
         <v>37559.0</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>975.0</v>
       </c>
       <c r="B26" t="s">
+        <v>94</v>
+      </c>
+      <c r="C26" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" t="s">
+        <v>95</v>
+      </c>
+      <c r="E26" t="s">
+        <v>96</v>
+      </c>
+      <c r="G26" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H26" t="n">
         <v>37559.0</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>976.0</v>
       </c>
       <c r="B27" t="s">
+        <v>98</v>
+      </c>
+      <c r="C27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" t="s">
+        <v>99</v>
+      </c>
+      <c r="E27" t="s">
         <v>100</v>
       </c>
-      <c r="C27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>103</v>
+        <v>30</v>
       </c>
       <c r="H27" t="n">
         <v>37559.0</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>977.0</v>
       </c>
       <c r="B28" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D28" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="E28" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G28" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="H28" t="n">
         <v>37559.0</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>978.0</v>
       </c>
       <c r="B29" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="E29" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G29" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="H29" t="n">
         <v>37559.0</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>979.0</v>
       </c>
       <c r="B30" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C30" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D30" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="E30" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G30" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="H30" t="n">
         <v>37559.0</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>980.0</v>
       </c>
       <c r="B31" t="s">
+        <v>110</v>
+      </c>
+      <c r="C31" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" t="s">
+        <v>111</v>
+      </c>
+      <c r="E31" t="s">
+        <v>112</v>
+      </c>
+      <c r="G31" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>103</v>
       </c>
       <c r="H31" t="n">
         <v>37559.0</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>981.0</v>
       </c>
       <c r="B32" t="s">
+        <v>114</v>
+      </c>
+      <c r="C32" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" t="s">
+        <v>115</v>
+      </c>
+      <c r="E32" t="s">
         <v>116</v>
       </c>
-      <c r="C32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G32" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="H32" t="n">
         <v>37559.0</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>982.0</v>
       </c>
       <c r="B33" t="s">
+        <v>117</v>
+      </c>
+      <c r="C33" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" t="s">
+        <v>118</v>
+      </c>
+      <c r="E33" t="s">
         <v>119</v>
       </c>
-      <c r="C33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H33" t="n">
         <v>37559.0</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>983.0</v>
       </c>
       <c r="B34" t="s">
+        <v>120</v>
+      </c>
+      <c r="C34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" t="s">
+        <v>121</v>
+      </c>
+      <c r="E34" t="s">
         <v>122</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G34" t="s">
-        <v>103</v>
+        <v>30</v>
       </c>
       <c r="H34" t="n">
         <v>37559.0</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>984.0</v>
       </c>
       <c r="B35" t="s">
+        <v>123</v>
+      </c>
+      <c r="C35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" t="s">
+        <v>124</v>
+      </c>
+      <c r="E35" t="s">
         <v>125</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="G35" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
       <c r="H35" t="n">
         <v>37559.0</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>985.0</v>
       </c>
       <c r="B36" t="s">
+        <v>127</v>
+      </c>
+      <c r="C36" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" t="s">
+        <v>128</v>
+      </c>
+      <c r="E36" t="s">
         <v>129</v>
       </c>
-      <c r="C36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G36" t="s">
-        <v>132</v>
+        <v>30</v>
       </c>
       <c r="H36" t="n">
         <v>37559.0</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>986.0</v>
       </c>
       <c r="B37" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="E37" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="G37" t="s">
-        <v>132</v>
+        <v>97</v>
       </c>
       <c r="H37" t="n">
         <v>37559.0</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>987.0</v>
       </c>
       <c r="B38" t="s">
+        <v>133</v>
+      </c>
+      <c r="C38" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" t="s">
+        <v>134</v>
+      </c>
+      <c r="E38" t="s">
+        <v>135</v>
+      </c>
+      <c r="G38" t="s">
         <v>136</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H38" t="n">
         <v>37559.0</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>988.0</v>
       </c>
       <c r="B39" t="s">
+        <v>137</v>
+      </c>
+      <c r="C39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" t="s">
+        <v>138</v>
+      </c>
+      <c r="E39" t="s">
         <v>139</v>
       </c>
-      <c r="C39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G39" t="s">
-        <v>103</v>
+        <v>136</v>
       </c>
       <c r="H39" t="n">
         <v>37559.0</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>989.0</v>
       </c>
       <c r="B40" t="s">
+        <v>140</v>
+      </c>
+      <c r="C40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" t="s">
+        <v>141</v>
+      </c>
+      <c r="E40" t="s">
         <v>142</v>
       </c>
-      <c r="C40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G40" t="s">
-        <v>145</v>
+        <v>97</v>
       </c>
       <c r="H40" t="n">
         <v>37559.0</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>990.0</v>
       </c>
       <c r="B41" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C41" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D41" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E41" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G41" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="H41" t="n">
         <v>37559.0</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>991.0</v>
       </c>
       <c r="B42" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D42" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="E42" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="G42" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H42" t="n">
         <v>37559.0</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>992.0</v>
       </c>
       <c r="B43" t="s">
+        <v>149</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
+        <v>150</v>
+      </c>
+      <c r="E43" t="s">
+        <v>151</v>
+      </c>
+      <c r="G43" t="s">
         <v>152</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H43" t="n">
         <v>37559.0</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>993.0</v>
       </c>
       <c r="B44" t="s">
+        <v>153</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
+        <v>154</v>
+      </c>
+      <c r="E44" t="s">
         <v>155</v>
       </c>
-      <c r="C44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G44" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="H44" t="n">
         <v>37559.0</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>994.0</v>
       </c>
-      <c r="B45"/>
+      <c r="B45" t="s">
+        <v>156</v>
+      </c>
       <c r="C45" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="E45" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="G45" t="s">
-        <v>161</v>
+        <v>54</v>
       </c>
       <c r="H45" t="n">
         <v>37559.0</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>995.0</v>
       </c>
       <c r="B46" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E46" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="G46" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="H46" t="n">
         <v>37559.0</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>996.0</v>
       </c>
       <c r="B47" t="s">
+        <v>163</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
+        <v>164</v>
+      </c>
+      <c r="E47" t="s">
+        <v>165</v>
+      </c>
+      <c r="G47" t="s">
         <v>166</v>
-      </c>
-[...10 lines deleted...]
-        <v>169</v>
       </c>
       <c r="H47" t="n">
         <v>37559.0</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>997.0</v>
       </c>
       <c r="B48" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D48" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E48" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="G48" t="s">
-        <v>173</v>
+        <v>14</v>
       </c>
       <c r="H48" t="n">
         <v>37559.0</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>998.0</v>
       </c>
       <c r="B49" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C49" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="E49" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="G49" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="H49" t="n">
         <v>37559.0</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>999.0</v>
       </c>
       <c r="B50" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C50" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D50" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="E50" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="n">
         <v>37559.0</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>1000.0</v>
       </c>
       <c r="B51" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="E51" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="G51" t="s">
-        <v>14</v>
+        <v>180</v>
       </c>
       <c r="H51" t="n">
         <v>37559.0</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>